--- v0 (2025-11-22)
+++ v1 (2026-02-13)
@@ -1,12560 +1,12237 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="1AFBB7D5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="197DF873" wp14:editId="23DF6064">
             <wp:extent cx="5278120" cy="8444992"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="An introduction to digital simulation in healthcare"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="An introduction to digital simulation in healthcare"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="An introduction to digital simulation in healthcare"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278120" cy="8444992"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="6A06ABB0" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="28D9B521" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
-        <w:divId w:val="50272726"/>
+        <w:divId w:val="1110973315"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>DSH_1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="43067633" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="384" w:beforeAutospacing="0" w:after="144" w:afterAutospacing="0" w:line="216" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="50272726"/>
+        <w:divId w:val="1110973315"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>An introduction to digital simulation in healthcare</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="107A60FF" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="6B0CB858" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>About this free course</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="6208FE81" w14:textId="1891AB7C" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This free course is related to the Open University qualification </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">R39 </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:color w:val="143748"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>BSc (Honours) Nursing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> . </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="0E18827E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This version of the content may include video, images and interactive content that may not be optimised for your device. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="5D52D744" w14:textId="04B83243" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You can experience this free course as it was originally designed on OpenLearn, the home of free learning from The Open University –</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.open.edu/openlearn/health-sports-psychology/an-introduction-digital-simulation-healthcare/content-section-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="4E192E15" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>There you’ll also be able to track your progress via your activity record, which you can use to demonstrate your learning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="3709C86D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>First published 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="0D5ACD8D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unless otherwise stated, copyright © 2025 The Open University, all rights reserved.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="6F8C466E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Intellectual property</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="7376CA3E" w14:textId="61065FB6" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Unless otherwise stated, this resource is released under the terms of the Creative Commons Licence v4.0 </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Within that The Open University interprets this licence in the following way: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.open.edu/openlearn/about-openlearn/frequently-asked-questions-on-openlearn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copyright and rights falling outside the terms of the Creative Commons Licence are retained or controlled by The Open University. Please read the full text before using any of the content. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="2F399619" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We believe the primary barrier to accessing high-quality educational experiences is cost, which is why we aim to publish as much free content as possible under an open licence. If it proves difficult to release content under our preferred Creative Commons licence (e.g. because we can’t afford or gain the clearances or find suitable alternatives), we will still release the materials for free under a personal end-user licence. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="4F40145F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is because the learning experience will always be the same high quality offering and that should always be seen as positive – even if at times the licensing is different to Creative Commons. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="685A71CD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When using the content you must attribute us (The Open University) (the OU) and any identified author in accordance with the terms of the Creative Commons Licence. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="70CCB7E3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Acknowledgements section is used to list, amongst other things, third party (Proprietary), licensed content which is not subject to Creative Commons licensing. Proprietary content must be used (retained) intact and in context to the content at all times. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="78B76750" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Acknowledgements section is also used to bring to your attention any other Special Restrictions which may apply to the content. For example there may be times when the Creative Commons Non-Commercial Sharealike licence does not apply to any of the content even if owned by us (The Open University). In these instances, unless stated otherwise, the content may be used for personal and non-commercial use. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="2F035EFA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">We have also identified as Proprietary other material included in the content which is not subject to Creative Commons Licence. These are OU logos, trading names and may extend to certain photographic and video images and sound recordings and any other material as may be brought to your attention. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="2F5F5A7D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Unauthorised use of any of the content may constitute a breach of the terms and conditions and/or intellectual property laws.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="781F33B1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We reserve the right to alter, amend or bring to an end any terms and conditions provided here without notice.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="600EF5AD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All rights falling outside the terms of the Creative Commons licence are retained or controlled by The Open University.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="803894095"/>
+    <w:p w14:paraId="38F3C8BD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2111200850"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Head of Intellectual Property, The Open University</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="74474BF2" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="7BD31087" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="260532988"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="238175129"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="6B2E04F3" w14:textId="355961F1" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="5F80CC7F" w14:textId="7C34D635" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session2" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Learning outcomes</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="6B320577" w14:textId="3F5BA8DB" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>1 What is digital simulation?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="7908A48E" w14:textId="014E21AD" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session4" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>2 Benefits of digital simulation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="5B9DE561" w14:textId="04D60A84" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session5" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>3 Limitations of digital simulation in healthcare education</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="53759593" w14:textId="0D58A0B2" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session6" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>4 How does digital simulation help to increase awareness, knowledge and skills in healthcare?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="60F81259" w14:textId="1A1A9DE5" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session7" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>5 How does digital simulation reduce risk to patient care?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="1F385F02" w14:textId="3E605231" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session8" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>6 Guidance for digital simulation in healthcare</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="02F71269" w14:textId="36E6ED63" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
-        <w:ind w:left="2040"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="3480"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session8_Section1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>6.1 All Wales simulation-based education and training strategy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="5B89F5A6" w14:textId="7B215CA5" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session9" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>7 Different modalities in simulation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="60444746" w14:textId="00331137" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session10" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>8 Debriefing to support simulated learning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="71963141" w14:textId="16B8309B" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
-        <w:ind w:left="2040"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="3480"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session10_Section1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>8.1 Principles of debriefing</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="65032EE0" w14:textId="6E7C594D" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session11" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>9 Modalities of debriefing</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="1251F6BE" w14:textId="09E50923" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
-        <w:ind w:left="2040"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="3480"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session11_Section1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>9.1 Debriefing approaches</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="6D7391B1" w14:textId="300C2CCF" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session12" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Conclusion</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="05A915C3" w14:textId="0348ECAB" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session13" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>References</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="42B48107" w14:textId="25EADD40" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session14" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Acknowledgements</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="21C6C34F" w14:textId="52EFE8A6" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Solutions1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Solutions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="613F7867" w14:textId="68A8B8D9" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1320"/>
-        <w:divId w:val="260532988"/>
+        <w:ind w:left="2040"/>
+        <w:divId w:val="238175129"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Descriptions1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Descriptions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="2E1A76A6" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662D4C4F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="1788963503"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="Session1"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D56855" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1788963503"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Simulation offers a safe learning environment for healthcare professionals, leading to better preparation and safer patient care. This course explores digital simulation’s role in enhancing learning and clinical practice, including debriefing. It examines the principles behind digital simulation, its beneficiaries, and its impact on patients and healthcare professionals. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00108BD4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1788963503"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Figure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D0FCBD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="1323317018"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="Session1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="Session1_Figure1"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...37 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76E26712" wp14:editId="0142096E">
             <wp:extent cx="5278326" cy="7921201"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="2" name="Picture 2" descr="Photograph of a healthcare practice student not in scrubs engaging with aspects of digital simulation."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="Photograph of a healthcare practice student not in scrubs engaging with aspects of digital simulation."/>
+                    <pic:cNvPr id="2" name="Picture 2" descr="Photograph of a healthcare practice student not in scrubs engaging with aspects of digital simulation."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278326" cy="7921201"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="3" w:name="View_Session1_Description1"/>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:bookmarkStart w:id="2" w:name="View_Session1_Description1"/>
+    <w:p w14:paraId="0D7CA566" w14:textId="3FCB7DC5" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2046176146"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1838839215"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session1_Description1" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session1_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View description - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:bookmarkStart w:id="3" w:name="View_Session1_Alternative1"/>
+    <w:p w14:paraId="01E1E6CF" w14:textId="357F6264" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1838839215"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session1_Alternative1"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View alternative description - Uncaptioned Figure</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:bookmarkStart w:id="4" w:name="View_Session1_Alternative1"/>
-[...27 lines deleted...]
-        <w:divId w:val="593592041"/>
+    <w:p w14:paraId="52604FAF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1788963503"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="593592041"/>
+    <w:p w14:paraId="53DDD4F8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1788963503"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Throughout the course, you will read and explore the embedded resources and complete reflection tasks to explore your thoughts, feelings and experiences with digital simulation. These activities will help you consider how to incorporate digital simulation into your hands-on clinical work as well as your academic work. There are quizzes to evaluate your learning as you progress through the course. Many of the resources are from sources from across the globe, reflecting the significance of simulation and digital simulation within healthcare practice education. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="593592041"/>
+    <w:p w14:paraId="0040180C" w14:textId="3071569A" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1788963503"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This free course is related to the Open University qualification </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">R39 </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:color w:val="143748"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>BSc (Honours) Nursing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="552B2D6D" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="016A2906" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="343165447"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1202520341"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="Session2"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:t>Learning outcomes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="343165447"/>
+    <w:p w14:paraId="60B4853F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1202520341"/>
       </w:pPr>
       <w:r>
         <w:t>After studying this course, you should be able to:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="0868B954" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="343165447"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1202520341"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>understand the principles behind digital simulation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="349A78A0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="343165447"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1202520341"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>identify the benefits of digital simulation for participants</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="251252F1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="343165447"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1202520341"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>evaluate the potential impact of digital simulation on patients and healthcare professionals</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="4B049F99" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="343165447"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1202520341"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>develop an understanding of the principles of debriefing.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="1CDF3635" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="36E6ABB4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1291783447"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1246500475"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="Session3"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:t>1 What is digital simulation?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1291783447"/>
+    <w:p w14:paraId="4A55D71B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1246500475"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Healthcare digital simulation uses advanced technologies to create realistic scenarios for training, evaluation, and improving healthcare practices. Here are some key applications: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="5A2A01EC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1291783447"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1246500475"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Healthcare professional training: simulation-based training allows healthcare professionals to practice procedures and decision-making in a risk-free environment. This includes using mannequins, virtual reality (VR), and augmented reality (AR) to simulate real-life clinical situations such as surgeries, emergency responses, and routine healthcare procedures. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="18988FC8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1291783447"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1246500475"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Patient care improvement: simulations can be used to model patient care processes and identify potential improvements. Simulations can be developed from incident reporting to increase awareness and understanding of how to manage situations accordingly. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="2FD0A55A" w14:textId="181ECBE9" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1291783447"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1246500475"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Regulatory frameworks: simulation is also used to evaluate digital health technologies from a regulatory perspective. For example, </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t xml:space="preserve">the Simulation for Regulation of SaMD (SIROS) framework </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">helps assess clinical simulation methods to ensure they meet </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">regulatory standards, while the full ASPiH Standards can be viewed </w:t>
+        <w:t xml:space="preserve">helps assess clinical simulation methods to ensure they meet regulatory standards, while the full ASPiH Standards can be viewed </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1291783447"/>
+    <w:p w14:paraId="72644249" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1246500475"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">These applications highlight how digital simulation is transforming healthcare by enhancing education, improving patient care, and supporting the evaluation of innovative technologies. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1291783447"/>
+    <w:p w14:paraId="0B4FED7F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1246500475"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">While simulation and digital simulation is transforming healthcare education, the simulated learning experience provides a ‘what’ aspect to the learning experience. However, a further process such as debriefing can provide additional learning opportunities to explore wider and deeper learning in respect of ‘why’ and ‘how’ learning from a virtual experience can translate to tangible improvements in healthcare practice. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="417ED8D9" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6512BB15" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="863517058"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="Session4"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>2 Benefits of digital simulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9FF0B8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="863517058"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Digital simulation in healthcare offers numerous benefits that enhance both the healthcare professionals training and patient care. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E27F64" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="863517058"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Figure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="003DC9D1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="139350780"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="Session4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="Session4_Figure1"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r>
-[...37 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17EC383E" wp14:editId="7BEC9289">
             <wp:extent cx="1563624" cy="1042416"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="3" name="Picture 3" descr="Photograph of healthcare practice education students engaging in/with forms of digital simulation."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="Photograph of healthcare practice education students engaging in/with forms of digital simulation."/>
+                    <pic:cNvPr id="3" name="Picture 3" descr="Photograph of healthcare practice education students engaging in/with forms of digital simulation."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1563624" cy="1042416"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="9" w:name="View_Session4_Description1"/>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:bookmarkStart w:id="8" w:name="View_Session4_Description1"/>
+    <w:p w14:paraId="5D740A07" w14:textId="312B59EA" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1280180839"/>
+        <w:divId w:val="565846440"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session4_Description1" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session4_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View description - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:bookmarkStart w:id="9" w:name="View_Session4_Alternative1"/>
+    <w:p w14:paraId="47B183BD" w14:textId="330DFDAF" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="565846440"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session4_Alternative1"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View alternative description - Uncaptioned Figure</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:bookmarkStart w:id="10" w:name="View_Session4_Alternative1"/>
-[...27 lines deleted...]
-        <w:divId w:val="2133934359"/>
+    <w:p w14:paraId="0017BFAF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="863517058"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="2133934359"/>
+    <w:p w14:paraId="2A213DC5" w14:textId="0647891D" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="863517058"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Take a look at the </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>healthcare reader</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> for an overview of simulation in healthcare. Here are some key advantages: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="584B73F3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="2133934359"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="863517058"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Enhanced patient safety: by allowing healthcare professionals to practice complex procedures in a simulated environment, the risk of errors during real patient care is significantly reduced. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="61AC2065" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="863517058"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Improved skill acquisition: repeated practice in a safe, controlled setting helps learners refine their techniques, develop muscle memory, and build confidence. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2363AAD8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="2133934359"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="863517058"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Simulation-based training offers long-term cost-effectiveness by reducing consumable material use and enabling the reuse of equipment, which offsets the initial investment. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="419DE661" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="2133934359"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="863517058"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Teamwork and communication: simulations often involve team-based scenarios, which help improve communication and collaboration among healthcare professionals. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="619BDCC5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="2133934359"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="863517058"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Standardised training: Digital simulations provide a consistent training experience for all learners, ensuring that everyone meets the same high standards of competency. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="337160FC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="2133934359"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="863517058"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Immediate feedback: Learners receive instant feedback on their performance, allowing them to quickly identify and correct mistakes. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="1FA28136" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="2133934359"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="863517058"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Accessibility: digital simulations can be accessed remotely, making training more accessible to healthcare professionals regardless of their location. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="2133934359"/>
+    <w:p w14:paraId="3843AA0B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="863517058"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">These benefits highlight how digital simulation is transforming healthcare by improving the quality of training and enhancing patient outcomes. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="70AB15E5" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="0B1C00E1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="828520147"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1933732470"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="Session5"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:t>3 Limitations of digital simulation in healthcare education</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="4C5A6957" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="828520147"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1933732470"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Lack of real-world experience: simulations cannot fully replicate the unpredictability and complexity of real-life clinical situations. This can limit students’ ability to develop critical thinking and decision-making skills in a real-world context. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="438811E3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="828520147"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1933732470"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical issues: simulations rely heavily on technology, which can sometimes fail or be difficult to use. Technical glitches can disrupt learning and cause frustration. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="5622FECA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="828520147"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1933732470"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">High costs: developing and maintaining high-quality simulation programs can be expensive. This includes the cost of software, hardware, and training for educators. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="1795769C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="828520147"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1933732470"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Limited interpersonal skills training: while simulations can teach procedural skills, they may not effectively teach interpersonal skills such as communication, empathy, and teamwork, which are crucial in healthcare. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="5BF3EF60" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="828520147"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1933732470"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Accessibility: not all students may have access to the necessary technology or high-speed internet required for effective digital simulation, leading to disparities in learning opportunities. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="38331243" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="828520147"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1933732470"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Over-reliance on simulation: there is a risk that students may become too reliant on simulations and not gain enough hands-on experience with actual patients. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="828520147"/>
+    <w:p w14:paraId="1A506CC2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1933732470"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Despite these limitations, digital simulations remain a valuable tool in healthcare education, especially when used in conjunction with other teaching methods. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="828520147"/>
+    <w:p w14:paraId="1A690ED8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1933732470"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:ind w:left="240" w:right="240"/>
+    <w:p w14:paraId="4B6B2911" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1712194640"/>
+        <w:divId w:val="344989295"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="Session5_Activity1"/>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkStart w:id="11" w:name="Session5_Activity1"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="69135EA5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="timing"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1768697800"/>
+        <w:divId w:val="1349941168"/>
       </w:pPr>
       <w:r>
         <w:t>20 minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="2722C83E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="2087723408"/>
+        <w:divId w:val="1188256368"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="Session5_Part1"/>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkStart w:id="12" w:name="Session5_Part1"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 1: Reflection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="2087723408"/>
+    <w:p w14:paraId="7C68C65D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1188256368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="5A8EE7CD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="817454396"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="Session5_Question1"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>Make your own notes in response to the following questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1251542866"/>
+    <w:p w14:paraId="375F93CB" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="817454396"/>
       </w:pPr>
       <w:r>
         <w:t>How do you feel about the use of digital simulations in healthcare education?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="68B590EF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1251542866"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="817454396"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Think about the possible opportunities and limitations of using digital simulation within your own practice setting.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="188617E3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1251542866"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="817454396"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>If possible, discuss this with a colleague and make some notes on your conclusions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="2087723408"/>
+    <w:p w14:paraId="6B4F2AFE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1188256368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:divId w:val="1634940758"/>
+    <w:p w14:paraId="57312FB5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="2064670321"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="Session5_FreeResponse1"/>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkStart w:id="14" w:name="Session5_FreeResponse1"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="15002014" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="204607281"/>
+        <w:divId w:val="1077630147"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="Session5_Part2"/>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkStart w:id="15" w:name="Session5_Part2"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 2: Quiz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="204607281"/>
+    <w:p w14:paraId="40DB5344" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1077630147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="Session5_Question2"/>
+    <w:p w14:paraId="391633CA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="503398379"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="Session5_Question2"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>Question 1: Which of the following is a primary benefit of digital simulation in healthcare regarding patient outcomes?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CDAF4A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1077630147"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CA7ABC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="931202751"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) It directly reduces the need for all hands-on patient experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D33167" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1691102878"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) It significantly enhances patient safety by reducing errors during real-world procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1AEB3F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1764523990"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) It replaces the need for continuous professional development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76BFBDE1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1543713924"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) It limits access to training for remote healthcare professionals.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="17" w:name="View_Session5_Interaction2"/>
+    <w:p w14:paraId="34E45374" w14:textId="6B620843" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1077630147"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session5_Interaction2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="17"/>
-      <w:r>
-[...6 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36626694" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1820614992"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="Session5_Part3"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780602A5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1359700063"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="Session5_Question3"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>Question 2: Digital simulations contribute to skill acquisition primarily by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A06DB4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1820614992"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="3A9D4C50" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1346250165"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Requiring minimal practice time due to advanced technology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F855C33" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="724597719"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Providing a chaotic and unpredictable learning environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2EE0C6" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="492720657"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Offering repeated practice in a safe, controlled setting to refine techniques and build confidence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7371FA5F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1983656586"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Focusing solely on theoretical knowledge without practical application.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="20" w:name="View_Session5_Interaction3"/>
+    <w:p w14:paraId="769F04D2" w14:textId="3A0DD618" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="204607281"/>
+        <w:divId w:val="1820614992"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session5_Interaction2" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session5_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>View answer - Part 2: Quiz</w:t>
+        <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="4D88E54C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="669215186"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="Session5_Part4"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...11 lines deleted...]
-        <w:divId w:val="1800949339"/>
+    <w:p w14:paraId="17D17BF0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1526751684"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="Session5_Question4"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t>Question 3: A key advantage of digital simulation in fostering collaborative skills among healthcare professionals is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8C6C2B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="669215186"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="581EA07C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="947085616"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) It encourages individual, isolated practice without group interaction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FFA059" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="122235872"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) It often incorporates team-based scenarios to improve communication and collaboration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB72E01" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1018118190"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) It eliminates the need for any in-person team meetings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646CB4A0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1294602489"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) It provides a rigid, unadaptable training structure.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="23" w:name="View_Session5_Interaction4"/>
+    <w:p w14:paraId="395A5D47" w14:textId="06176F3F" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1800949339"/>
+        <w:divId w:val="669215186"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session5_Interaction3" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session5_Interaction4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="5AB94FFF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1933732470"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:t>Start of Question</w:t>
-[...92 lines deleted...]
-        </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="6FD96D70" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="0FB25068" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1053779"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
+        <w:divId w:val="199319520"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="Session6"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>4 How does digital simulation help to increase awareness, knowledge and skills in healthcare?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1053779"/>
+    <w:p w14:paraId="46C3561C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="199319520"/>
       </w:pPr>
       <w:r>
         <w:t>Digital simulation in healthcare significantly increases awareness in several ways (Healthcare Readers, 2025):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="4ECB5014" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1053779"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="199319520"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Realistic scenarios: by creating life-like healthcare scenarios, digital simulations help healthcare professionals understand the complexities of real-world situations. This heightened awareness can lead to better preparedness and response in actual clinical settings. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="68CBFC49" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1053779"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="199319520"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Highlighting systemic issues: simulations can reveal systemic issues within healthcare processes, such as demonstrating bottlenecks in patient flow or communication breakdowns. Identifying these issues helps in developing strategies to address them, thereby improving overall healthcare delivery. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="749A615F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1053779"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="199319520"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Patient education: digital simulations can also be used to educate patients about their conditions and treatments. By visualising healthcare condition using simulated scenarios, patients gain a better understanding of their health, which can lead to more informed decisions and better adherence to treatment plans. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="61966615" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1053779"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="199319520"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Training and competency: for healthcare professionals, simulations provide a platform to practice and refine their skills. This continuous practice increases their awareness of best practices and potential pitfalls, leading to higher competency levels. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="61D7151C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1053779"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="199319520"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Interdisciplinary collaboration: simulations often involve multiple healthcare disciplines working together.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1053779"/>
+    <w:p w14:paraId="1351B914" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="199319520"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">By leveraging digital simulations, healthcare systems can enhance the awareness and preparedness of both professionals and patients, leading to improved clinical outcomes and patient safety. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="08C3D1E4" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="4C3633A0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="86076070"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="26"/>
+        <w:divId w:val="1938828945"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="Session7"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>5 How does digital simulation reduce risk to patient care?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="86076070"/>
+    <w:p w14:paraId="5667654E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1938828945"/>
       </w:pPr>
       <w:r>
         <w:t>Digital simulation reduces risk to patient care in several impactful ways – consider the following points.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="57A6358E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="86076070"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1938828945"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Identification of latent safety threats: simulations can uncover hidden risks within healthcare systems, such as design flaws or procedural inefficiencies before they cause harm. By conducting simulations in real clinical environments (in situ simulation), healthcare teams can identify and address these latent safety threats. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="1E6168B9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="86076070"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1938828945"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Enhanced training and skill development: healthcare professionals can practice complex procedures and emergency responses in a controlled, risk-free environment. This repeated practice helps build proficiency and confidence, reducing the likelihood of errors during actual patient care. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="19FB3669" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="86076070"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1938828945"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Improved teamwork, leadership skills and communication skills: simulations often involve interdisciplinary teams, promoting better communication and collaboration. This teamwork is crucial in high-stress situations, ensuring that all team members are aware of their roles and can work together effectively. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="55630C45" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="86076070"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1938828945"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Human factors consideration: simulations account for human factors, such as stress and fatigue, which can impact performance. By training in realistic scenarios, healthcare professionals can develop strategies to manage these factors and maintain high standards of care. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="53DAA0C3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="86076070"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1938828945"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Standardised training: digital simulations provide a consistent training experience for all learners, ensuring that everyone meets the same standards of practice. This standardisation helps reduce variability in care and improves overall patient safety. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="86076070"/>
+    <w:p w14:paraId="05562FB0" w14:textId="35DADFD8" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1938828945"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Source: </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:color w:val="143748"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>5 Reasons Why You Should Consider Simulation to Mitigate Risk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. While it must be acknowledged that they have an ‘interest’ in promoting simulation, many of the five points presented above also appeared in other healthcare practice publications, such as Knight et al, 2018 and Ordu et al, 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="86076070"/>
+    <w:p w14:paraId="5670140E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1938828945"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">By integrating digital simulation into healthcare training and practice, the risk to patient care can be significantly minimised, leading to safer and more effective healthcare delivery. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="86076070"/>
+    <w:p w14:paraId="24BE41DE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1938828945"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:ind w:left="240" w:right="240"/>
+    <w:p w14:paraId="31F1A0E4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="622149446"/>
+        <w:divId w:val="1472987595"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="Session7_Activity1"/>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkStart w:id="26" w:name="Session7_Activity1"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="1DB609FF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="timing"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="794828856"/>
+        <w:divId w:val="1737897992"/>
       </w:pPr>
       <w:r>
         <w:t>20 minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="6BAA33D5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="1913853085"/>
+        <w:divId w:val="797259378"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="Session7_Part1"/>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkStart w:id="27" w:name="Session7_Part1"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 1: Reflection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1913853085"/>
+    <w:p w14:paraId="7B93550E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="797259378"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
+    <w:p w14:paraId="5E3302D4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1222213241"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="Session7_Question1"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>Make your own notes in response to the following questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1538078561"/>
+    <w:p w14:paraId="66006BE2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1222213241"/>
       </w:pPr>
       <w:r>
         <w:t>What value could digital simulation bring to you and your area of work?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="3937BA62" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1538078561"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1222213241"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Consider the possible opportunities and limitations of using digital simulation within your own practice setting.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="29F6100E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1538078561"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1222213241"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>If possible, discuss this with a colleague and make some notes on your conclusions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1913853085"/>
+    <w:p w14:paraId="5FD2A361" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="797259378"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:divId w:val="542595418"/>
+    <w:p w14:paraId="2ED2A638" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="158158628"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="Session7_FreeResponse1"/>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkStart w:id="29" w:name="Session7_FreeResponse1"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="623F6DFC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="1731801453"/>
+        <w:divId w:val="1802066588"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="Session7_Part2"/>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkStart w:id="30" w:name="Session7_Part2"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 2: Quiz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1731801453"/>
+    <w:p w14:paraId="366B4CDE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1802066588"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="Session7_Question2"/>
+    <w:p w14:paraId="4D709ED7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1081025462"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="Session7_Question2"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t>Question 1: How does digital simulation help identify ‘latent safety threats’?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748A6ECD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1802066588"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC9A05C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="269239119"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) By strictly limiting training to theoretical knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B19ED39" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1411535611"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) By eliminating the need for any physical training equipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAE6AA9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="324944142"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) By allowing for simulations in real clinical environments (in situ), uncovering hidden risks before harm occurs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3ED61E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1318920200"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) By focusing only on individual performance, not system flaws.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="32" w:name="View_Session7_Interaction2"/>
+    <w:p w14:paraId="57A93F7F" w14:textId="71DC1129" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1802066588"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session7_Interaction2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="32"/>
-      <w:r>
-[...6 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F5DC0F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="639847845"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="Session7_Part3"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D07D4A8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="894850072"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="Session7_Question3"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>Question 2: Digital simulation enhances patient safety by improving skill development primarily through:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30762D7D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="639847845"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="40BBE303" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1072124792"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Requiring only one-time exposure to new procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0300B253" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="933588814"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Providing a risk-free environment for repeated practice of complex procedures and emergency responses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC5D186" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="723991511"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Automatically correcting all errors without learner intervention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C03E470" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1069890759"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Focusing solely on theoretical knowledge that does not require practical application.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="35" w:name="View_Session7_Interaction3"/>
+    <w:p w14:paraId="1C5F769B" w14:textId="52FE5A94" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1731801453"/>
+        <w:divId w:val="639847845"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session7_Interaction2" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session7_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>View answer - Part 2: Quiz</w:t>
+        <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="1555CA97" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="745683915"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="Session7_Part4"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...11 lines deleted...]
-        <w:divId w:val="2099446454"/>
+    <w:p w14:paraId="1749B1C3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1471049144"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="Session7_Question4"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t>Question 3: Which aspect of teamwork and communication is highlighted as crucial for patient safety in digital simulations?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01355472" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="745683915"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="75F53B47" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1111701165"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Minimising interaction between interdisciplinary teams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF016E4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="456485893"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Promoting better communication and collaboration within interdisciplinary teams during high-stress situations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AB1733" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="727921346"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Encouraging individual decision-making without team input.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A5C85B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1321277159"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Limiting awareness of roles among team members.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="38" w:name="View_Session7_Interaction4"/>
+    <w:p w14:paraId="3D043A2E" w14:textId="20817D61" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2099446454"/>
+        <w:divId w:val="745683915"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session7_Interaction3" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session7_Interaction4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="6638B87F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1938828945"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:t>Start of Question</w:t>
-[...92 lines deleted...]
-        </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="5438DFD1" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="1E509DAE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1531843075"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="40"/>
+        <w:divId w:val="966666118"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="Session8"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>6 Guidance for digital simulation in healthcare</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1531843075"/>
+    <w:p w14:paraId="15BDE545" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="966666118"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Guidance for implementing digital simulation in healthcare can be found in several comprehensive frameworks and toolkits. This list summarises several of these sources and their approaches: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="31113F5D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1531843075"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="966666118"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">National strategic vision for simulation in health and care: this document outlines a vision for integrating simulation and immersive learning technologies into healthcare education and practice. It emphasises the importance of strategic leadership, collaboration among stakeholders, and the use of technology to enhance patient care and staff wellbeing. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="7DB8AE92" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1531843075"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="966666118"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">National framework for Simulation-Based Education (SBE): this was developed by Health Education England (2018) and provides guiding principles for the development, delivery, and commissioning of simulation-based education. It focuses on quality outcomes, leadership and governance, strategic resource allocation, multi-professional faculty development, and quality assurance. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="310E0470" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1531843075"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="966666118"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">National toolkit for simulation in health and care: This toolkit supports the implementation of simulation-based education by providing practical guidance on faculty development, resource allocation, and quality assurance. It aims to ensure high standards in the development and delivery of simulation training. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="01CCF7A9" w14:textId="27344B4B" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1531843075"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="966666118"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>The Nursing and Midwifery Council (</w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>NMC, 2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">) defines simulation in education as: ‘An educational method which uses a variety of modalities to support students in developing their knowledge, behaviours, and skills, with the opportunity for repetition, feedback, evaluation, and reflection to achieve their program outcomes and be confirmed as capable of safe and effective practice’. This definition emphasises the use of diverse simulation techniques to enhance learning, ensuring that students can practice and refine their skills in a controlled environment before applying them in real-world settings. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1531843075"/>
+    <w:p w14:paraId="2F45C000" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="966666118"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The following resources collectively offer a robust foundation for integrating digital simulation into healthcare, ensuring that it is used effectively to improve training, patient safety, and overall care quality. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="21E37CEC" w14:textId="5A754C08" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1531843075"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="966666118"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Enhancing education, clinical practice and staff wellbeing. A national vision for the role of simulation and immersive learning technologies in health and care</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HEE, 2020). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="2F3C27B4" w14:textId="5931EE32" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1531843075"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="966666118"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>National framework for simulation based education</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HEE, 2018). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="31CBE02F" w14:textId="6D37105C" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1531843075"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="966666118"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>ASPiH Standards 2023 – ASPiH</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ASPiH, 2023). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="756442F6" w14:textId="444E660B" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1531843075"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="966666118"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Healthcare Simulation Standards of Best Practice</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (INACSL, 2021). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="2269DA0B" w14:textId="35D8FD60" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1531843075"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="966666118"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="0004211E">
-[...28 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>National toolkit to support the use of simulation in health and care</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HEE, 2021). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="51DEA971" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1480031607"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
+        <w:divId w:val="462384314"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="Session8_Section1"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>6.1 All Wales simulation-based education and training strategy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1480031607"/>
+    <w:p w14:paraId="66173EE6" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="462384314"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The all Wales simulation-based education and training strategy is a comprehensive plan developed to enhance simulation-based education and training (SBET) across the healthcare workforce in Wales (HEIW, 2022). Here are some key points: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="24D4D825" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Collaborative and coordinated approach: the strategy emphasises a collaborative and coordinated approach to ensure high-quality, interprofessional, and accessible SBET. This involves engaging various stakeholders, including healthcare professionals, educators, and lay representatives. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="1474CE13" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic aims and objectives: the strategy outlines several strategic aims, including improving patient and service user safety, enhancing learning experiences, and ensuring cost-effectiveness. It also focuses on promoting quality, faculty development, and the use of digital platforms. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="60125F14" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Implementation and evaluation: the strategy includes detailed plans for implementation and evaluation, ensuring that the initiatives are effectively integrated into the healthcare system. This involves continuous professional development, performance reviews, and the use of immersive technologies. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="3BD67A9A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Supporting simulation delivery: the strategy provides guidance on supporting simulation delivery, including accessibility, interprofessional development, and research. It aims to create a sustainable and high-quality simulation-based education framework. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1480031607"/>
+    <w:p w14:paraId="2E2A34D9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="462384314"/>
       </w:pPr>
       <w:r>
         <w:t>The all Wales simulation-based education and training strategy supports simulation in several ways:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="243A2693" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Collaborative learning: the strategy promotes a collaborative and coordinated approach to simulation-based education and training (SBET), engaging various stakeholders, including healthcare professionals, educators, and lay representatives. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="65E6A2A7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Quality and safety: it emphasises improving patient and service user safety, experiences, and outcomes through high-quality SBET. This includes implementing best practices and quality improvement principles. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="5BFAC4EC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Accessibility and inclusivity: The strategy ensures that SBET is accessible and inclusive, providing opportunities for interprofessional development and continuous professional development. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="3E616CEC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Digital platforms and immersive technologies: it encourages the use of digital platforms and immersive technologies to enhance learning experiences and make simulation more effective and engaging. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="3A9C75BF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty development: the strategy supports the development of a skilled faculty to deliver high-quality simulation training. This includes providing resources and guidance for faculty development and performance reviews. Including Ongoing Learning: The strategy emphasises the importance of CPD to ensure healthcare professionals continuously update their skills and knowledge. This includes regular training sessions, workshops, and access to the latest simulation technologies and methodologies. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="1F5DFC53" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Inter-professional (IP) development: the strategy promotes inter-professional development by encouraging collaborative training sessions where healthcare professionals from different disciplines can learn and practice together. This helps to improve teamwork and communication skills, which are crucial for patient care. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="73A5D11E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Shared learning experiences: it supports shared learning experiences through simulation scenarios that involve multiple healthcare roles, fostering a better understanding of each other’s responsibilities and enhancing overall care coordination. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="3B546B5A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1480031607"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="462384314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Research and evidence-based practice: it promotes research and evidence-based practice to continuously improve SBET and ensure it meets the evolving needs of the healthcare workforce. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1480031607"/>
+    <w:p w14:paraId="30A7347D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="462384314"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">These elements collectively ensure that simulation is effectively integrated into healthcare education and training in Wales, ultimately benefiting both healthcare professionals and patients. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1480031607"/>
+    <w:p w14:paraId="19955C41" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="462384314"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:ind w:left="240" w:right="240"/>
+    <w:p w14:paraId="1200EFF9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="758720575"/>
+        <w:divId w:val="1629505824"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="Session8_Activity1"/>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkStart w:id="41" w:name="Session8_Activity1"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="4902EC70" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="timing"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1218004671"/>
+        <w:divId w:val="1238859641"/>
       </w:pPr>
       <w:r>
         <w:t>20 minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="10355B62" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="4"/>
-        <w:divId w:val="1648246873"/>
+        <w:divId w:val="747115595"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="Session8_Part1"/>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkStart w:id="42" w:name="Session8_Part1"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 1: Reflection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1648246873"/>
+    <w:p w14:paraId="69FF7825" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="747115595"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="44"/>
+    <w:p w14:paraId="08B11077" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="631519861"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="Session8_Question1"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t>Make your own notes in response to the following questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="8073118"/>
+    <w:p w14:paraId="0BD163B9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="631519861"/>
       </w:pPr>
       <w:r>
         <w:t>How could/would you make digital simulation accessible for all?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="7AEB7669" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="8073118"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="631519861"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Think about the possible opportunities and limitations of using digital simulation within your own practice setting.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="362AA1EA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="8073118"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="631519861"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>If possible, discuss this with a colleague and make some notes on your conclusions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1648246873"/>
+    <w:p w14:paraId="1C926CF2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="747115595"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:divId w:val="1418089527"/>
+    <w:p w14:paraId="386A38B6" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="758021710"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="Session8_FreeResponse1"/>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkStart w:id="44" w:name="Session8_FreeResponse1"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="5E0E6BD1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="4"/>
-        <w:divId w:val="482237073"/>
+        <w:divId w:val="2041585973"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="Session8_Part2"/>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkStart w:id="45" w:name="Session8_Part2"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 2: Quiz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="482237073"/>
+    <w:p w14:paraId="6A4B18A0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2041585973"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="Session8_Question2"/>
+    <w:p w14:paraId="5DFC9AF3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="101075205"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="Session8_Question2"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t>Question 1: What is a core emphasis of the all Wales simulation-based education and training strategy regarding its approach?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED13A8A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2041585973"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBF86F0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1738897719"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) An isolated, top-down implementation by a single authority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA897F9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1602958466"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) A collaborative and coordinated approach involving various stakeholders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DB3626" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1815758089"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Exclusive focus on medical doctors’ training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB93209" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="348221808"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Limiting access to SBET based on professional seniority.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="47" w:name="View_Session8_Interaction2"/>
+    <w:p w14:paraId="3EC16221" w14:textId="3D4D6172" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="2041585973"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="47"/>
-      <w:r>
-[...6 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BDE642E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="3822833"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="Session8_Part3"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB60A88" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2074084585"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="Session8_Question3"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:t>Question 2: Which of the following is not explicitly listed as a strategic aim or objective of the all Wales strategy?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BBEEABC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="3822833"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="363FF448" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1807428852"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Improving patient and service user safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8B3AA8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="680663254"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Enhancing learning experiences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E562A54" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1581910176"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Completely eliminating the need for traditional clinical placements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA2B68D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1748989537"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Ensuring cost-effectiveness and promoting quality.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="50" w:name="View_Session8_Interaction3"/>
+    <w:p w14:paraId="2F42177D" w14:textId="295AF77E" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="482237073"/>
+        <w:divId w:val="3822833"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session8_Interaction2" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>View answer - Part 2: Quiz</w:t>
+        <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="158BEF34" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2130539773"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="Session8_Part4"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...11 lines deleted...]
-        <w:divId w:val="952709646"/>
+    <w:p w14:paraId="34645ABC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1204517511"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="Session8_Question4"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:t>Question 3: What role do ‘Digital platforms and immersive technologies’ play in the all Wales strategy?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F9A4A9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2130539773"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="6C2E8A02" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1145589397"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) They are seen as a minor, optional addition to traditional training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50716BC8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1195923268"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) They are encouraged to enhance learning experiences and make simulation more effective and engaging.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A40B7A4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1978139885"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) They are primarily used for administrative tasks, not direct learning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD1DC35" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="131800540"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Their use is limited to theoretical instruction only.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="53" w:name="View_Session8_Interaction4"/>
+    <w:p w14:paraId="00F997A1" w14:textId="7FFE976D" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="952709646"/>
+        <w:divId w:val="2130539773"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session8_Interaction3" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="023A9BB6" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="462384314"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:t>Start of Question</w:t>
-[...92 lines deleted...]
-        </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="0868D54A" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AD0569" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="854728287"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="Session9"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>7 Different modalities in simulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B53F76" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="854728287"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Digital simulation in healthcare is a dynamic and integrated approach that combines various technological and human-based modalities to create immersive learning environments, with the purpose of advancing education, enhancing patient care, and supporting the evaluation of new technologies. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05505771" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="854728287"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Figure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76374371" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="1687244574"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="55" w:name="Session9"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="Session9_Figure1"/>
       <w:bookmarkEnd w:id="55"/>
-      <w:r>
-[...36 lines deleted...]
-      <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E375106" wp14:editId="79277E1A">
             <wp:extent cx="1563624" cy="1042416"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="4" name="Picture 4" descr="Photograph of a group of people engaging in debriefing following computer-simulated digital simulation education."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="Photograph of a group of people engaging in debriefing following computer-simulated digital simulation education."/>
+                    <pic:cNvPr id="4" name="Picture 4" descr="Photograph of a group of people engaging in debriefing following computer-simulated digital simulation education."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1563624" cy="1042416"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="56" w:name="View_Session9_Description1"/>
+    <w:p w14:paraId="41234B80" w14:textId="3DD74AFF" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1290621843"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session9_Description1"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View description - Uncaptioned Figure</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:bookmarkStart w:id="57" w:name="View_Session9_Alternative1"/>
+    <w:p w14:paraId="02143450" w14:textId="07282633" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1290621843"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session9_Alternative1"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View alternative description - Uncaptioned Figure</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w14:paraId="5C278720" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="854728287"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Figure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7377BAF4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="854728287"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Here are some of the key modalities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534C1BCC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="854728287"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standardised Patients (SPs): these are trained actors who simulate real patient cases, allowing healthcare professionals to practice clinical and communication skills in a realistic scenario. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D35660" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="854728287"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part-task trainers: these are physical models or devices that replicate specific parts of the human body or healthcare procedures. They are used to practice skills such as suturing, injections, or intubation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA55E9E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="854728287"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Virtual Reality (VR): VR creates immersive, computer-generated environments where learners can interact with 3D models and scenarios. This modality is particularly useful for complex procedures and surgical training. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022BA0A7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="854728287"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Augmented Reality (AR): AR overlays digital information onto the real world, enhancing the learning experience by providing additional context and guidance during procedures. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EBEE48F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="854728287"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Computer-based simulations: these are software programs that simulate clinical scenarios and decision-making processes. They often include interactive elements and feedback to help learners improve their skills. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C531D23" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="854728287"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Simulated clinical immersion: this involves creating a realistic clinical environment where learners can practice managing patient care in a controlled, risk-free setting. It often includes the use of high-fidelity mannequins that can mimic real patient responses. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B91BABA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="854728287"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hybrid simulations: these combine different modalities, such as using part-task trainers with standardised patients, to create more comprehensive and realistic training scenarios. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B56ACE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="854728287"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">These modalities offer diverse and effective ways to enhance learning and improve patient care outcomes. (Conelius et al, 2023; CISL, N.D.). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACF36C7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="854728287"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A75573F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="378939845"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="Session9_Activity1"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Activity 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A0D58A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="timing"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:divId w:val="1403985410"/>
+      </w:pPr>
+      <w:r>
+        <w:t>10 minutes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2CFE2E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:divId w:val="2053117659"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="Session9_Part1"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Reflection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1FE5AF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2053117659"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EBB1C2E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="736561853"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="Session9_Question1"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:t>Make your own notes in response to the following questions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B34CDA1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="736561853"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Which modalities would work in you area of practice the best and why?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C166D0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="736561853"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Think about the possible opportunities and limitations of using digital simulation modalities within your own practice setting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9224C9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="736561853"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>If possible, discuss this with a colleague and make some notes on your conclusions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A9A0A29" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2053117659"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1284AA41" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="1885019785"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="Session9_FreeResponse1"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide your answer... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06842D8C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="854728287"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6778E101" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E270906" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="1460032960"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="Session10"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>8 Debriefing to support simulated learning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A92040B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1460032960"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">What is the significance of debriefing to support simulated learning? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB2042B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1460032960"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Debriefing can be viewed as a post-training discussion that guides participants to reflect on their performance, reinforce key takeaways, and apply them to real-world situations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E56CE4C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1460032960"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Figure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033509F0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="841356654"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="Session10_Figure1"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="061329A9" wp14:editId="0576E311">
+            <wp:extent cx="1563624" cy="1042416"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+            <wp:docPr id="5" name="Picture 5" descr="Photograph of a group of people discussing round a table."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="Picture 5" descr="Photograph of a group of people discussing round a table."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1563624" cy="1042416"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="57" w:name="View_Session9_Description1"/>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:bookmarkStart w:id="64" w:name="View_Session10_Description1"/>
+    <w:p w14:paraId="24CAE4E0" w14:textId="711A21B8" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1594588662"/>
+        <w:divId w:val="840320596"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session9_Description1" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session10_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View description - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:bookmarkStart w:id="65" w:name="View_Session10_Alternative1"/>
+    <w:p w14:paraId="16BB310F" w14:textId="05A65142" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1594588662"/>
+        <w:divId w:val="840320596"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session9_Alternative1" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session10_Alternative1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View alternative description - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
-[...3 lines deleted...]
-        <w:divId w:val="70087451"/>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w14:paraId="2655C21A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1460032960"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...544 lines deleted...]
-        <w:divId w:val="831483038"/>
+    <w:p w14:paraId="43041505" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1460032960"/>
       </w:pPr>
       <w:r>
         <w:t>Debriefing is a crucial part of the learning process for several reasons:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="0EA735CA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="831483038"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1460032960"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Reflection and insight: debriefing allows learners to reflect on their experiences, analyse their actions, and understand the outcomes. This reflection helps identify what went well and what could be improved. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="3FC7391C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="831483038"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1460032960"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Reinforcement of learning: by discussing and reviewing what was learned, debriefing reinforces key concepts and skills, making them more likely to be retained. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="58E6BFE3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="831483038"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1460032960"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Identification of gaps: it helps in identifying gaps in knowledge or skills, providing an opportunity to address these areas before moving on to new material. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="275C43B4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="831483038"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1460032960"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Encouragement of critical thinking: debriefing encourages critical thinking and problem-solving as learners evaluate their performance and consider alternative approaches. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="199E1ADF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="831483038"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1460032960"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Emotional processing: it provides a space for learners to process their emotions, especially after challenging or stressful experiences, which can enhance their overall well-being and readiness to learn. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="6179A59E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="831483038"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1460032960"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Continuous improvement: regular debriefing fosters a culture of continuous improvement, where learners are constantly seeking ways to enhance their performance and outcomes. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="831483038"/>
+    <w:p w14:paraId="12D3789D" w14:textId="65E1A4E2" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1460032960"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">By incorporating debriefing into the learning process, individuals and teams can achieve a deeper understanding and more effective application of their knowledge and skills. The significance of the value of debriefing as part of the learning process has been chosen by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Pearse (2015)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">,while research by Secheresse et al (2021) suggests there is value in the utilisation of debriefing as part of simulation training because there is evidence that it leads to greater knowledge improvement. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="55C6ED2F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1293753858"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="67"/>
+        <w:divId w:val="2047441714"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="Session10_Section1"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>8.1 Principles of debriefing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1293753858"/>
+    <w:p w14:paraId="4B860F39" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2047441714"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Debriefing, as for all forms of learning, can be improved for all concerned by considering some key principles for inclusion during the debriefing process: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="7102CDCD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1293753858"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="2047441714"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Leveraging Simulation Data: Digital simulations are a game-changer! They allow us to capture and replay our performance, so we can review screen recordings, performance metrics, and decision logs for objective feedback. This shifts the conversation from ‘what I think I did’ to ‘what the data shows’, making it more evidence-based and constructive. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="139E3859" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1293753858"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="2047441714"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Establishing Psychological Safety in a Virtual Room: Creating a safe space is even more important in a virtual environment where non-verbal cues can be tricky. The facilitator should set the tone by establishing ground rules for the video call, like ‘no judgment’ or ‘all cameras on if possible’. This helps participants feel comfortable sharing mistakes, even if we’re not in the same room. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="37E46003" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1293753858"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="2047441714"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Structured Facilitation: Digital tools can help us stay on track with the debriefing. The facilitator can use screen-sharing to guide the group through the different phases of the debrief, like displaying a slide for the ‘Reactions’ phase and then another for the ‘Analysis’. This keeps the conversation focused and ensures we cover all the learning objectives, even if we’re not in the same room. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="4F4416F9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1293753858"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="2047441714"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Encouraging Reflection Through Prompts: It can be tough to get everyone involved in a digital debrief, so the facilitator should use specific, open-ended questions to encourage deeper reflection. For example, ‘Looking at the data, what decision would you change and why?’ can help us think more critically. Using features like a shared digital whiteboard or chat can also allow for wider, anonymous participation. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="02323E08" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1293753858"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="2047441714"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Connecting Virtual Experience to Real-World Practice: The debriefing is the bridge between the digital world and the clinical one. We should explicitly link the skills we learned in the simulation, like using a virtual interface or managing a remote team, to their real-world applications. This makes sure the training’s value is clear and actionable. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1293753858"/>
+    <w:p w14:paraId="5C8257C6" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2047441714"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Overall, debriefing is a valuable tool for both personal and professional growth, helping to ensure that experiences are used constructively to improve future outcomes (Toews, Martin, and Chernomas, 2021). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1293753858"/>
+    <w:p w14:paraId="0F6E40D8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2047441714"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:ind w:left="240" w:right="240"/>
+    <w:p w14:paraId="13BA56E5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="2054695013"/>
+        <w:divId w:val="751774986"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="Session10_Activity1"/>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkStart w:id="67" w:name="Session10_Activity1"/>
+      <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="6EA43A0C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="timing"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="340553177"/>
+        <w:divId w:val="1130050754"/>
       </w:pPr>
       <w:r>
         <w:t>20 minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="2D53DAAB" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="4"/>
-        <w:divId w:val="1473407026"/>
+        <w:divId w:val="131406250"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="Session10_Part1"/>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkStart w:id="68" w:name="Session10_Part1"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 1: Reflection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1473407026"/>
+    <w:p w14:paraId="04F892CA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="131406250"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="70"/>
+    <w:p w14:paraId="4F23F97E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1220751541"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="Session10_Question1"/>
+      <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:t>Make your own notes in response to the following questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1756511856"/>
+    <w:p w14:paraId="322733C3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1220751541"/>
       </w:pPr>
       <w:r>
         <w:t>What are your thoughts on being in or facilitating a debriefing session?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="24F98347" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1756511856"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1220751541"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Think about the possible opportunities and limitations of using debriefing as a stage of digital simulation within the context of your own practice setting. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="132E008E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1756511856"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="1220751541"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>If possible, discuss this with a colleague and make some notes on your conclusions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1473407026"/>
+    <w:p w14:paraId="66D7FF2E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="131406250"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:divId w:val="2028755613"/>
+    <w:p w14:paraId="07657F60" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="750742002"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="Session10_FreeResponse1"/>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkStart w:id="70" w:name="Session10_FreeResponse1"/>
+      <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="5BD43C6C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="4"/>
-        <w:divId w:val="1113671674"/>
+        <w:divId w:val="2095080197"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="Session10_Part2"/>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkStart w:id="71" w:name="Session10_Part2"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 2: Quiz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1113671674"/>
+    <w:p w14:paraId="781EDE10" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2095080197"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="73" w:name="Session10_Question2"/>
+    <w:p w14:paraId="5339FC0E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="625506671"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="Session10_Question2"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:t xml:space="preserve">Question 1: A facilitator is leading a debriefing session after a team completes a simulated emergency scenario. The facilitator wants to use the data captured during the simulation to guide the conversation. Which of the following principles is the facilitator applying? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="728782D2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2095080197"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B2950B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1219393084"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Establishing psychological safety in a virtual room</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050CB06D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="242952806"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">b) Leveraging simulation data </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D8E883" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="309142067"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Encouraging reflection through prompts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665CDC27" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="122046776"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Connecting virtual experience to real-world practice</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="73" w:name="View_Session10_Interaction2"/>
+    <w:p w14:paraId="1376B9F5" w14:textId="5CC494E0" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="2095080197"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session10_Interaction2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="73"/>
-      <w:r>
-[...6 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CC8B429" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="432436271"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="Session10_Part3"/>
+      <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB45FA9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1284967322"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="Session10_Question3"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:t xml:space="preserve">Question 2: During a digital debrief, a facilitator notices that a participant seems hesitant to speak. To address this, the facilitator reminds the group that the session is a safe space for learning and that mistakes are an essential part of the process. Which two principles is the facilitator focusing on? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C6BD46" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="432436271"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...20 lines deleted...]
-        <w:divId w:val="532112071"/>
+    <w:p w14:paraId="5757E8F7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="357704604"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Structured facilitation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629130F5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="455831133"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Establishing psychological safety in a virtual room</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7710100D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="190148357"/>
       </w:pPr>
       <w:r>
         <w:t>c) Encouraging reflection through prompts</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...9 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="3E44B5E3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="949627434"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">d) Learner-centered approach </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="76" w:name="View_Session10_Interaction3"/>
+    <w:p w14:paraId="6D02A658" w14:textId="1E0D610F" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1113671674"/>
+        <w:divId w:val="432436271"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session10_Interaction2" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session10_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>View answer - Part 2: Quiz</w:t>
+        <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p w14:paraId="19B478DB" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1580212401"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="Session10_Part4"/>
+      <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...11 lines deleted...]
-        <w:divId w:val="877281551"/>
+    <w:p w14:paraId="3B8D18D7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1293444316"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="Session10_Question4"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:t xml:space="preserve">Question 3: A debriefing session ends with the facilitator asking each participant to state one thing they will do differently in their next real-world clinical shift based on what they learned. This action is most closely related to which debriefing principle? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFEBB2F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1580212401"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:divId w:val="1778989650"/>
+    <w:p w14:paraId="7D5FD40F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1861316437"/>
       </w:pPr>
       <w:r>
         <w:t>a) Structured facilitation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...27 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="6057496B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="910122774"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Connecting virtual experience to real-world practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA88563" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1948653523"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Leveraging simulation data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F11CF93" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="401872763"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Encouraging reflection through prompts</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="79" w:name="View_Session10_Interaction4"/>
+    <w:p w14:paraId="79552579" w14:textId="130D321C" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="877281551"/>
+        <w:divId w:val="1580212401"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session10_Interaction3" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session10_Interaction4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w14:paraId="528B8273" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2047441714"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:t>Start of Question</w:t>
-[...92 lines deleted...]
-        </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="38ADBBBC" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="3A511F73" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1409882083"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="81"/>
+        <w:divId w:val="924993626"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="Session11"/>
+      <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>9 Modalities of debriefing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1409882083"/>
+    <w:p w14:paraId="5530462F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="924993626"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In healthcare simulation, various debriefing modalities are used to enhance learning and improve clinical practice. Here are some key modalities: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="380156E3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1409882083"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="924993626"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Self-reflection: this involves individuals reflecting on their own performance and experiences after a simulation. It encourages personal insight and self-assessment, helping learners identify their strengths and areas for improvement. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="266F05D4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1409882083"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="924993626"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Self-debriefing: similar to self-reflection, self-debriefing involves a more structured approach where individuals use guided questions or frameworks to analyse their performance. This can be done through written reflections or recorded video reviews. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="0C3F54CF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1409882083"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="924993626"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Facilitated debriefing: this is a structured debriefing led by a facilitator, often an experienced educator or clinician. The facilitator guides the discussion, helping participants reflect on their actions, understand the rationale behind decisions, and identify learning points. Facilitated debriefing can be done in groups or one-on-one. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="74A544EA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="1409882083"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="924993626"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Tele-debriefing: with advancements in technology, tele-debriefing allows for remote debriefing sessions. Participants and facilitators can connect via video conferencing tools to conduct debriefings, making it accessible even when in-person sessions are not possible. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1409882083"/>
+    <w:p w14:paraId="0351BC4C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="924993626"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Each modality has its own benefits and can be chosen based on the specific needs and context of the simulation. Combining different modalities can also provide a comprehensive debriefing experience. Secheresse et al (2021) found in their research that people had a greater knowledge improvement when debriefing is structured and facilitated. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="71B169AD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1142037458"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="82"/>
+        <w:divId w:val="67461412"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="Session11_Section1"/>
+      <w:bookmarkEnd w:id="81"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>9.1 Debriefing approaches</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1142037458"/>
+    <w:p w14:paraId="3E300949" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="67461412"/>
       </w:pPr>
       <w:r>
         <w:t>There are many different approaches to debriefing, below are the most common.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1142037458"/>
+    <w:p w14:paraId="53E1149A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="67461412"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="7CE0450A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1082870476"/>
+        <w:divId w:val="29693051"/>
       </w:pPr>
       <w:r>
         <w:t>Table 1</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="480"/>
-        <w:gridCol w:w="480"/>
+        <w:gridCol w:w="2561"/>
+        <w:gridCol w:w="5751"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A17BC3">
+      <w:tr w:rsidR="00A402E2" w14:paraId="31BDA082" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1082870476"/>
+          <w:divId w:val="29693051"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="42C57C74" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="83" w:name="Session11_Table1"/>
-            <w:bookmarkEnd w:id="83"/>
+            <w:bookmarkStart w:id="82" w:name="Session11_Table1"/>
+            <w:bookmarkEnd w:id="82"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Debriefing Approach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="2D4456AB" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17BC3">
+      <w:tr w:rsidR="00A402E2" w14:paraId="260DF3F1" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1082870476"/>
+          <w:divId w:val="29693051"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="52C37284" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SHARP </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="2F0D233F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SHARP contains the absolute basic principles of what to cover when conducting a debriefing. SHARP is an acronym that comprises five ‘prompts’ to guide trainers and trainees in providing/receiving a structured debrief. SHARP stands for Set learning objectives, How did it go, Address concerns, Review learning points, and Plan ahead. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17BC3">
+      <w:tr w:rsidR="00A402E2" w14:paraId="40ABF696" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1082870476"/>
+          <w:divId w:val="29693051"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="0054260B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Triangular approach to debriefing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="37441E08" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Health Education Improvement Wales’s simulation team have proposed a triangular approach to debriefing which includes Principles, Structure and Strategies. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+          <w:p w14:paraId="4B40EEED" w14:textId="19CA7FB7" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:left="780" w:right="780"/>
+              <w:ind w:left="1500" w:right="780"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-              <w:r w:rsidR="0004211E">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidR="004C7305">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                 </w:rPr>
                 <w:t>A66 Standardizing debriefing in Wales: the Triangular Approach</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0004211E">
+            <w:r w:rsidR="004C7305">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Diaz-Navarro et al, 2023) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+          <w:p w14:paraId="151AD00B" w14:textId="72AE8E2B" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:left="780" w:right="780"/>
+              <w:ind w:left="1500" w:right="780"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
-              <w:r w:rsidR="0004211E">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidR="004C7305">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                 </w:rPr>
                 <w:t>Debriefing approach - HEIW</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0004211E">
+            <w:r w:rsidR="004C7305">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> (HEIW, N.D.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17BC3">
+      <w:tr w:rsidR="00A402E2" w14:paraId="6330D321" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1082870476"/>
+          <w:divId w:val="29693051"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="201FA200" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Diamond debriefing method </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="789694BE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Diamond debrief method is based on the debrief framework technique which is made up of: description, analysis and application. Diamond debrief also consists of aspects of the advocacy-inquiry approach and of debrief with good judgement. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+          <w:p w14:paraId="43D52673" w14:textId="2C4E24C9" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
-              <w:r w:rsidR="0004211E">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidR="004C7305">
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:color w:val="143748"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>‘The Diamond’: a structure for simulation debrief</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0004211E">
+            <w:r w:rsidR="004C7305">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Jaye et al, 2015). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17BC3">
+      <w:tr w:rsidR="00A402E2" w14:paraId="27599F83" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1082870476"/>
+          <w:divId w:val="29693051"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="63209285" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objective Structured Assessment of Debriefing (OSAD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="73A1E9FB" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">OSAD is a tool which can be used to facilitate debriefings in both real clinical and simulated settings. It identifies eight core components/categories of effective debriefing i.e. best practice guidelines. These include the approach of the trainer, establishing a learning environment, learner engagement, gauging learner reaction, descriptive reflection, analysis of performance, diagnosis of performance gaps and application to future clinical practice. Each category describes poor, average and good practices. If desirable, each category may also be rated on a scale of 1 (minimum) to 5 (maximum) regarding how well that element of the debriefing is conducted by the trainer. Descriptive anchors at the lowest point, mid-point, and highest point of the scale are used to guide ratings. The global score for OSAD, therefore, ranges from a minimum of 8 to a maximum of 40 with higher scores indicating higher quality </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+          <w:p w14:paraId="259A3114" w14:textId="2DEA63BA" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
-              <w:r w:rsidR="0004211E">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidR="004C7305">
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:color w:val="143748"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Briefing and debriefing during simulation-based training and beyond: Content, structure, attitude and setting</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0004211E">
+            <w:r w:rsidR="004C7305">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Kolbe et al, 2015). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17BC3">
+      <w:tr w:rsidR="00A402E2" w14:paraId="74A597E9" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1082870476"/>
+          <w:divId w:val="29693051"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="344936DD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SHARE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="77CA80B1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The SHARE debrief tool supports health and social care teams to engage teams and staff who may be affected by the outcome (ie safety actions) of a learning response. Consists of 5 stages: 1. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="2EB80049" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:left="780" w:right="780"/>
+              <w:ind w:left="1500" w:right="780"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Scene</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="63EFBF44" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:left="780" w:right="780"/>
+              <w:ind w:left="1500" w:right="780"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Hear</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="7F89903B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:left="780" w:right="780"/>
+              <w:ind w:left="1500" w:right="780"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Articulate</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="5B6F234A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:left="780" w:right="780"/>
+              <w:ind w:left="1500" w:right="780"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="51A9B176" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:left="780" w:right="780"/>
+              <w:ind w:left="1500" w:right="780"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Embed</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+          <w:p w14:paraId="7609E510" w14:textId="79965CA6" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
-              <w:r w:rsidR="0004211E">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidR="004C7305">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SHARE debrief tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17BC3">
+      <w:tr w:rsidR="00A402E2" w14:paraId="7EE4077B" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1082870476"/>
+          <w:divId w:val="29693051"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="0FC1C4A7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TALK (NHS tool)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+          <w:p w14:paraId="17A1E9A7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">TALK has four steps: Target, Analysis, Learning points, Key actions and promotes guided reflection within teams as a way to improve and maintain patient safety, increase efficiency and contribute to a supportive culture of dialogue and learning in any clinical environment. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+          <w:p w14:paraId="398D5AE0" w14:textId="343C87A0" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-              <w:r w:rsidR="0004211E">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidR="004C7305">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>TALK materials</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0004211E">
+            <w:r w:rsidR="004C7305">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Diaz-Navarro et al, 2014). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1142037458"/>
+    <w:p w14:paraId="0CFFFE29" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="67461412"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1142037458"/>
+    <w:p w14:paraId="53C623C4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="67461412"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:ind w:left="240" w:right="240"/>
+    <w:p w14:paraId="7356EADF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="576941985"/>
+        <w:divId w:val="1074402149"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="84" w:name="Session11_Activity1"/>
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkStart w:id="83" w:name="Session11_Activity1"/>
+      <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="687D5097" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="timing"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="2032298023"/>
+        <w:divId w:val="61148121"/>
       </w:pPr>
       <w:r>
         <w:t>20 minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="2A899A22" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="4"/>
-        <w:divId w:val="1267691420"/>
+        <w:divId w:val="666902503"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="Session11_Part1"/>
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkStart w:id="84" w:name="Session11_Part1"/>
+      <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 1: Reflection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1267691420"/>
+    <w:p w14:paraId="7BEAC5B1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="666902503"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="86"/>
+    <w:p w14:paraId="78AF121B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="713123030"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="Session11_Question1"/>
+      <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:t>Make your own notes in response to the following questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="537549647"/>
+    <w:p w14:paraId="6F568AEB" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="713123030"/>
       </w:pPr>
       <w:r>
         <w:t>Is there a debriefing approach you prefer? Explain your rationale.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="661C55FA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="537549647"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="713123030"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Think about the possible opportunities and limitations of using your chosen debriefing as a stage of digital simulation within the context of your own practice setting. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="681B345B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-        <w:divId w:val="537549647"/>
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="713123030"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>If possible, discuss this with a colleague and make some notes on your conclusions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="1267691420"/>
+    <w:p w14:paraId="76B46D68" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="666902503"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...2 lines deleted...]
-        <w:divId w:val="308022645"/>
+    <w:p w14:paraId="02D633A2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="2112968684"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="Session11_FreeResponse1"/>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkStart w:id="86" w:name="Session11_FreeResponse1"/>
+      <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="6E878346" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="4"/>
-        <w:divId w:val="2058551457"/>
+        <w:divId w:val="33115160"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="Session11_Part2"/>
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkStart w:id="87" w:name="Session11_Part2"/>
+      <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part 2: Quiz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="2058551457"/>
+    <w:p w14:paraId="5FC401D3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="33115160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="89" w:name="Session11_Question2"/>
+    <w:p w14:paraId="7D86F40F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="26637069"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="Session11_Question2"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:t xml:space="preserve">Question 1: Which of the following are recognised debriefing modalities that encourage individual reflection and self-assessment after a simulation? (Select all that apply.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4DDFAE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="33115160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8AF657" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1653095530"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Facilitated debriefing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41196988" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="909117131"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Self-reflection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F25F0D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="837617212"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Self-debriefing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3524A1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="654995397"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Tele-debriefing</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="89" w:name="View_Session11_Interaction2"/>
+    <w:p w14:paraId="60CB0316" w14:textId="5C0F9026" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="33115160"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session11_Interaction2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="89"/>
-      <w:r>
-[...6 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67425196" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="93869149"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="Session11_Part3"/>
+      <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7640C539" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1366759837"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="Session11_Question3"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:t>Question 2: According to the text, which characteristics are true of facilitated debriefing? (Select all that apply.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDB24D4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="93869149"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="4B209C13" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="944315050"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) It is always conducted without a guide or leader.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D10748C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1781335331"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) It is led by an experienced educator or clinician.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B53EB10" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="737243518"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) It can be done in groups or one-on-one.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6D943D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="437263732"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) It primarily involves individuals reflecting on their own without external guidance.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="92" w:name="View_Session11_Interaction3"/>
+    <w:p w14:paraId="0FDCB052" w14:textId="7CA4CBCD" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2058551457"/>
+        <w:divId w:val="93869149"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session11_Interaction2" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session11_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>View answer - Part 2: Quiz</w:t>
+        <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="90"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
+    </w:p>
+    <w:p w14:paraId="2064EA32" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="422411684"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="Session11_Part4"/>
+      <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...11 lines deleted...]
-        <w:divId w:val="1938519543"/>
+    <w:p w14:paraId="5A7940AD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="619722979"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="Session11_Question4"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:t>Question 3: Which of the following statements accurately describe tele-debriefing? (Select all that apply.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B315BE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="422411684"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="0956259E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2144960443"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) It requires all participants and facilitators to be in the same physical room.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48EDE129" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1270703043"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) It utilises video conferencing tools for remote sessions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E3B5AA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1601138639"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) It makes debriefing accessible even when in-person sessions are not possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BD1773" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1994290405"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) It is a very outdated debriefing modality.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="95" w:name="View_Session11_Interaction4"/>
+    <w:p w14:paraId="2B393E57" w14:textId="02CB649A" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1938519543"/>
+        <w:divId w:val="422411684"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session11_Interaction3" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session11_Interaction4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="93"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
+    </w:p>
+    <w:p w14:paraId="4E1965DA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="141118254"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="Session11_Part5"/>
+      <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...11 lines deleted...]
-        <w:divId w:val="1439910290"/>
+    <w:p w14:paraId="3F65294C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="767123085"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="Session11_Question5"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:t xml:space="preserve">Question 4: The SHARP debriefing approach provides prompts to guide trainers and trainees. Which of the following are components of the SHARP acronym? (Select all that apply.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26EE1EEE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="141118254"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="18254D88" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1836073177"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Set learning objectives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1C0F4E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1788084628"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) How did it go</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51840651" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="392430093"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Address concerns</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F3293E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1209604145"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Review learning points</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8204DF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="349140220"/>
+      </w:pPr>
+      <w:r>
+        <w:t>e) Share feelings</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="98" w:name="View_Session11_Interaction5"/>
+    <w:p w14:paraId="66018E37" w14:textId="34A41D93" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1439910290"/>
+        <w:divId w:val="141118254"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session11_Interaction4" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session11_Interaction5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="96"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
+    </w:p>
+    <w:p w14:paraId="64B9BE74" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="303509509"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="Session11_Part6"/>
+      <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...11 lines deleted...]
-        <w:divId w:val="72821356"/>
+    <w:p w14:paraId="44CC4640" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1080562869"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="Session11_Question6"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:t xml:space="preserve">Question 5: The Objective Structured Assessment of Debriefing (OSAD) tool identifies core components of effective debriefing. Which of these are listed as categories within OSAD? (Select all that apply.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAFE47B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="303509509"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...45 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="55DD3DB7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1953509265"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Establishing a learning environment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23957936" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1588074252"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Learner engagement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3857DD64" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1201478831"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Diagnosis of performance gaps</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD517D4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2122917219"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Providing immediate grades on simulation performance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FFD2F8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1351906366"/>
+      </w:pPr>
+      <w:r>
+        <w:t>e) Approach of the trainer</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="101" w:name="View_Session11_Interaction6"/>
+    <w:p w14:paraId="7B4D3B59" w14:textId="24D16EFC" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="72821356"/>
+        <w:divId w:val="303509509"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session11_Interaction5" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session11_Interaction6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
+    </w:p>
+    <w:p w14:paraId="5CEABB91" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="412509131"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="Session11_Part7"/>
+      <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...11 lines deleted...]
-        <w:divId w:val="1701465683"/>
+    <w:p w14:paraId="342A9BCB" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="989600272"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="Session11_Question7"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:t xml:space="preserve">Question 6: Which of the following debriefing approaches or tools mentioned in the text consist of five distinct stages or steps? (Select all that apply.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A786B9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="412509131"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...45 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="72E84816" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1617711291"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Diamond debriefing method</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54226EE0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="778068806"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) SHARP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48045D05" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="145514931"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) SHARE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7153E4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="761682414"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) TALK</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="104" w:name="View_Session11_Interaction7"/>
+    <w:p w14:paraId="18AC522F" w14:textId="3F7A7F02" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1701465683"/>
+        <w:divId w:val="412509131"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session11_Interaction6" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session11_Interaction7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="102"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="104"/>
+    </w:p>
+    <w:p w14:paraId="25D98E52" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="67461412"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:t>Start of Question</w:t>
-[...92 lines deleted...]
-        </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="57515D06" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="74D1B629" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="661350724"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="106"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="Session12"/>
+      <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="661350724"/>
+    <w:p w14:paraId="2C462DF8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="296183401"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Now that you have completed the course, you will have had an opportunity to explore and to understand the role that digital simulation can play in supporting the training and education of healthcare practitioners. As well as having reflected on key points within the course that is relevant to your own sphere of healthcare, you will have also had opportunity to think about the benefits and opportunities as well as some of the drawbacks of digital simulation. Technology in support of learning will continue to be a changing landscape, not only as new technologies emerge but as the integration of machine learning/artificial intelligence (AI) provide additional scope to learners and instructors as they seek to enhance and improve the safety and quality of patient and client care. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="661350724"/>
+    <w:p w14:paraId="1B5E4C4D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="296183401"/>
       </w:pPr>
       <w:r>
         <w:t>Further resources:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="0BA1EB36" w14:textId="184A160D" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Event recordings</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HEIW, N.D.) – explore this curation of Wales-based simulation related events and publications. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="5DC923CC" w14:textId="4C9631A0" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Virtual Reality work experience videos</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – if you are an NHS employee you may find this resource useful with examples of different case scenarios (HEE, 2022). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="086F3742" w14:textId="0550CF20" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>The best podcasts on healthcare simulation – SIMZINE</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Marhar (2024) presents a summary of podcasts in healthcare simulation. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="2DA792E7" w14:textId="50A51471" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>CoDHcast | Council of Deans of Health</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Podcasts by the CoDH (2025) on contemporary topics. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="10BB7D0A" w14:textId="00B7B9FC" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Simulation Debrief by CAE Healthcare</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – a podcast about the future of healthcare simulation (Patel, 2022). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="03B8A94D" w14:textId="32CB8BE9" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>TALK: A tool for structured clinical debriefing</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0004211E">
+      <w:r w:rsidR="004C7305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Diaz-Navarro et al, 2022). You will need to sign up to an account to access this one. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="661350724"/>
+    <w:p w14:paraId="5E439915" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="296183401"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Want to explore more? You may be interested in the following OpenLearn resources: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="6254979D" w14:textId="6ACC3E26" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Introducing Health Sciences: Paramedics: Track 1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="62494BD5" w14:textId="1BC5A94E" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Life or Death Decisions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="30EF1680" w14:textId="64464A04" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>So, you want to be a nurse? A brief introduction to nursing</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="5F3F0A75" w14:textId="49681029" w:rsidR="004C7305" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="780" w:right="780"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="0004211E">
+        <w:ind w:left="1500" w:right="780"/>
+        <w:divId w:val="296183401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Practice supervision and assessment in nursing</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="661350724"/>
+    <w:p w14:paraId="1081222B" w14:textId="2975D1E7" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="296183401"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This free course is related to the Open University qualification </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">R39 </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:color w:val="143748"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>BSc (Honours) Nursing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="00DD2B0A" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72768E73" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="45228862"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="Session13"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4943C205" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Artino, A.R., Durning, S.J., Schuwirth, L., van der Vleuten, C.P.M. (2013) ‘A clinical reasoning tool for virtual patients: Design-based research study’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>JMIR Medical Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.jmir.org/2013/2/e18/ (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4777178D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Association for Simulated Practice in Healthcare (ASPiH) (2023) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>The ASPiH Standards – 2023: guiding simulation-based practice in health and care</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://aspih.org.uk/wp-content/uploads/2023/11/ASPiH-Standards-2023-CDN-Final.pdf (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECF5EFB" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Bjørn, K.A., Alinier, G., and Morrow, S. (2020) ‘Comparison of virtual patient simulation with mannequin-based simulation for improving clinical performances in assessing and managing clinical deterioration: Randomized controlled trial’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Journal of Medical Internet Research</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.jmir.org/2020/4/e15857/ (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347B8618" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Bodnar, J., Czuba, D., Różycki, M., et al. (2019) ‘The utility of virtual patient simulations for clinical reasoning education’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Medical Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 53(3), pp. 275-283. Available at: https://onlinelibrary.wiley.com/doi/full/10.1111/medu.13739 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D4286E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Center for Immersive and Simulation-based Learning (CISL), Stanford University (no date) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Simulation Modalities Available</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Available at: https://cisl.stanford.edu/explore-simulation-based-education/simulation-modalities-available.html (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431FB20B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Cervantes, R., Perez, P., Ganem, L., et al. (2019) ‘The use of virtual reality and simulators for emergency management training increases employees' role awareness, commitment, and information retention, while helping companies to stay compliant’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Offshore Mediterranean Conference and Exhibition | OnePetro</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.onepetro.org (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FE1EAD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Conelius, J., Owen, N.S., Reynolds, S. (2023) ‘Simulation Modalities’ in: Kutzin, J.M., Waxman, K., Lopez, C.M., Kiegaldie, D. (eds) ‘Comprehensive Healthcare Simulation: Nursing’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Springer Nature Link, Comprehensive Healthcare Simulation: Nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. [online]. Available at: https://doi-org.libezproxy.open.ac.uk/10.1007/978-3-031-31090-4_2 (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CEB92AF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Council of Deans of Health (2025) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Podcast</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Available at: https://www.councilofdeans.org.uk/news-and-policy/podcast/ (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74673A7C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">De Angeli, A., McCaffery, M., Stone, E. (2019) ‘Healthcare education with virtual-world simulations’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Health Informatics Journal</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://journals.sagepub.com/doi/full/10.1177/1460458218805009 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373B8B14" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Diaz-Navarro, C., Hadfield, A. and Pierce, S. (2014) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>TALK for clinical debriefing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Available at: https://www.talkdebrief.org/startingtotalk (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025344A1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Diaz-Navarro, C., Hadfield, A. and Pierce, S. (2022) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>TALK: A Tool for Structured Clinical Debriefing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Available at: https://learninghub.nhs.uk/Resource/8094/Item (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F7C771B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Diaz-Navarro, C., Jones, B., Stafford, J., Mitra, S., Cook, S. C. and Hawker, C. (2023) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>A66 Standardizing debriefing in Wales: the Triangular Approach</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Volume: 3, Issue: 1, Pages: A46-A47 https://doi.org/10.54531/KZWG5509 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F21D80" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Digital Health Education Collaboration (2019) ‘Health professions’ digital education: Review of learning theories in randomized controlled trials’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Journal of Medical Internet Research</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.jmir.org/2021/7/e17398/ (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0762AE6A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education and Improvement Wales (HEIW) (no date) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Event recordings</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://heiw.nhs.wales/education-and-training/simulation-based-education/event-recordings/ (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC9D62C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education and Improvement Wales (HEIW) (2022) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>All Wales Simulation-Based Education and Training Strategy for the Healthcare Workforce: The vision for the next five years: 2022 – 2027</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://heiw.nhs.wales/files/all-wales-simulation-strategy-mg-draft-6pdf/ (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2A42A2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education England (HEE) (2018) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>National Framework for Simulation Based Education (SBE)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.hee.nhs.uk/sites/default/files/documents/National%20framework%20for%20simulation%20based%20education.pdf (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494B0303" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education England (HEE) (2020) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>A national vision for the role of simulation and immersive learning technologies in health and care</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.hee.nhs.uk/sites/default/files/documents/National%20Strategic%20Vision%20of%20Sim%20in%20Health%20and%20Care.pdf (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DBF72D7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education England (HEE) (2022) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>M-Care: Mixed Realities for Health and Social Care Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://learninghub.nhs.uk/catalogue/m-care?nodeId=9235 (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A57966" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Healthcare Readers (2025) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Simulation in Healthcare: A Medical Training Revolution</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://healthcarereaders.com/insights/simulation-in-healthcare (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2F08FC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education and Improvement Wales (HEIW) (no date) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Event recordings</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://heiw.nhs.wales/education-and-training/simulation-based-education/event-recordings/ (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46787799" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education and Improvement Wales (HEIW) (2022) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>All Wales Simulation-Based Education and Training Strategy for the Healthcare Workforce: The vision for the next five years: 2022 – 2027</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://heiw.nhs.wales/files/all-wales-simulation-strategy-mg-draft-6pdf/ (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1691106F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education England (HEE) (2018) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>National Framework for Simulation Based Education (SBE)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.hee.nhs.uk/sites/default/files/documents/National%20framework%20for%20simulation%20based%20education.pdf (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563042B9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education England (HEE) (2020) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>A national vision for the role of simulation and immersive learning technologies in health and care</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.hee.nhs.uk/sites/default/files/documents/National%20Strategic%20Vision%20of%20Sim%20in%20Health%20and%20Care.pdf (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147C893A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Health Education England (HEE) (2022) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>M-Care: Mixed Realities for Health and Social Care Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://learninghub.nhs.uk/catalogue/m-care?nodeId=9235 (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A93DA1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Healthcare Readers (2025) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Simulation in Healthcare: A Medical Training Revolution</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://healthcarereaders.com/insights/simulation-in-healthcare (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FAE0EDF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Henderson, A., Win, S., Barr, M., et al. (2020) ‘The effectiveness of virtual simulation in improving student nurses' knowledge and performance during patient deterioration: A pre and post-test design’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ScienceDirect</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.sciencedirect.com/science/article/pii/S0738399119302954 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337D627F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Heselgrave, S., Cook, L., Roberts, J., and Bilgin, A. (2021) ‘Advancing clinical reasoning in virtual patients – development and application of a conceptual framework’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>PMC Journal of Medical Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.ncbi.nlm.nih.gov/pmc/articles/PMC7840205/ (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C3861AC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">International Nursing Association for Clinical Simulation and Learning (INACSL) (2021) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Healthcare Simulation Standards of Best Practice®</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.inacsl.org/healthcare-simulation-standards (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0804E3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Jaye, P., Thomas, L. and Reedy, G. (2015) ‘“The Diamond”: a structure for simulation debrief’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>The clinical teacher</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 12(3), pp. 171–175 [online]. Available at: https://doi.org/10.1111/tct.12300 (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B0469E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Knight, P. et al. (2018) ‘Mitigating Latent Threats Identified through an Embedded </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>In Situ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Simulation Program and Their Comparison to Patient Safety Incidents: A Retrospective Review’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Frontiers in pediatrics</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 5, pp. 281–281 [online]. Available at: https://doi.org/10.3389/fped.2017.00281 (Accessed: 24 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7591E02E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Kolbe, M., Grande, B. and Spahn, D.R. (2015) ‘Briefing and debriefing during simulation-based training and beyond: Content, structure, attitude and setting’, Best practice &amp; research. Clinical anaesthesiology, 29(1), pp. 87–96 [online]. Available at: https://doi.org/10.1016/j.bpa.2015.01.002 (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78523B2B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Krishnamurthy, K., Selvaraj, N., Gupta, P., Cyriac, B., et al. (2022) ‘Benefits of gamification in medical education’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Clinical Anatomy</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://onlinelibrary.wiley.com/doi/abs/10.1002/ca.23916 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B4E792" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Kyaw Tun, J., Alinier, G., Tang, J., Kneebone, R. (2015) ‘Redefining simulation fidelity for healthcare education’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Medical Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 49(12), pp. 1185–1197 [online]. Available at: https://onlinelibrary.wiley.com/doi/abs/10.1111/medu.12806 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082484C3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Lee, J., Leech, M., Jacobson, K. (2020) ‘Effective virtual patient simulators for medical communication training: A systematic review’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Medical Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://onlinelibrary.wiley.com/doi/abs/10.1111/medu.14187 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C05F392" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Marhar, F. (2024) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>The best podcasts on healthcare simulation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://simzine.news/sim-in-short-en/the-best-podcasts-on-healthcare-simulation/ (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5E13DD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Miller, J.E., Jeng, D.Y., Shearman, M.S., et al. (2020) ‘Digital simulation improves, maintains, and helps transfer health-care providers' neonatal resuscitation knowledge’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Frontiers in Pediatrics</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.frontiersin.org/articles/10.3389/fped.2020.00393/full (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332CC773" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Morgenstern, J., McManus, D., Cabañas, J.G., et al. (2019) ‘Cognitive transfer of spatial awareness states from immersive virtual environments to reality’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ACM Transactions on Applied Perception</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 16(3), pp. 1–15 [online]. Available at: https://dl.acm.org/doi/10.1145/3302529 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57EC492A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">NHS England (2022) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>SHARE debrief tool</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> [online]. Available at: https://www.england.nhs.uk/wp-content/uploads/2022/08/B1465-SHARE-Debrief-v1-FINAL.pdf (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBFA78D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Nursing and Midwifery Council (NMC) (2024) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Simulated practice learning</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> [online]. Available at: https://www.nmc.org.uk/standards/guidance/supporting-information-for-our-education-and-training-standards/simulated-practice-learning/ (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398B9727" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>O’Driscoll, F. (2024) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Clinical simulation an opportunity to evaluate digital health technologies</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> [online]. Available at: https://www.imperial.ac.uk/news/254575/clinical-simulation-opportunity-evaluate-digital-health/ (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B327F39" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ordu, M. et al. (2021) ‘A novel healthcare resource allocation decision support tool: A forecasting-simulation-optimization approach’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>The Journal of the Operational Research Society</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 72(3), pp. 485–500 [online]. Available at: https://doi.org/10.1080/01605682.2019.1700186 (Accessed: 24 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B476F32" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patel &amp; CAE Healthcare (2020) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Simulation Debrief by CAE Healthcare</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Podcast, Available at: https://podcasts.apple.com/us/podcast/simulation-debrief-by-cae-healthcare/id1508164682 (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E81A191" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pearse, M. (2015) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>The Importance of Debriefing in Learning and What That Might Look Like in the Classroom</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://corwin-connect.com/2015/11/the-importance-of-debriefing-in-learning-and-what-that-might-look-like-in-the-classroom/ (Accessed: 30 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1FE754" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Plackett, R., Kassianos, A., Kambouri, M., et al. (2020) ‘Online patient simulation training to improve clinical reasoning: A feasibility randomised controlled trial’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>BMC Medical Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 20(1), 1–11 [online]. Available at: https://bmchealthservres.biomedcentral.com/articles/10.1186/s12913-020-05685-3 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58FA6F6F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Secheresse, T., Lima, L. and Pansu, P. (2021) ‘Focusing on explicit debriefing for novice learners in healthcare simulations: A randomized prospective study’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Nurse education in practice</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 51 [online]. Available at: https://doi.org/10.1016/j.nepr.2020.102914 (Accessed: 1 July 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A91E126" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Verkuyl, M., Betts, L., Sivaramalingam, S. (2019) ‘Nursing students’ perceptions using an interactive digital simulation table: A usability study’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Journal of Medical Internet Research</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.jmir.org/2019/3/e11529/ (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697730E4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">THE Campus (2025) ‘How to use digital simulations to prepare students for future careers’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>THE Campus</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.timeshighereducation.com/campus/how-use-digital-simulations-prepare-students-future-careers (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9B7C9D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Limitations of digital simulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14084816" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A Literature Review of Barriers and Opportunities Presented by Digitally Enhanced Practical Skill Teaching and Learning in Health Science Education (2022) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Journal of Health Science Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.tandfonline.com/doi/full/10.1080/10872981.2022.2068210 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC23E8C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Breaking Barriers with Simulation-Enhanced Interprofessional Education (2021) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Nursing Clinics</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 56(3), pp. 389-397. Available at: https://www.nursingclinics.com/article/S0029-6465(21)00010-1/fulltext (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E6506E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Lambert, K.E., Leeson, B.G., Nilsson, S.M. and Oliver, N.G. (2025) ‘Risk assessment processes within healthcare simulation centers: A scoping review’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Teaching and Learning in Nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, doi: 10.1016/j.teln.2025.04.023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A8886B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Potential Barriers to the Implementation of Computer-Based Simulation in Pharmacy Education: A Systematic Review (2020) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Journal of Pharmacy Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 84(2), pp. 138-145. Available at: https://www.jphied.org/doi/10.5688/ajpe7564 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34863F66" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Innovation in Medical Education: Advantages and Limitations (2021) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Journal of Medical Education Innovations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3AED52" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Debriefing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AF1E47" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">‘Gamification can be a useful learning methodology for achieving all levels of Bloom’s Taxonomy’. (2021) Excerpt from </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Learning in the Digital Era</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Daryl John Powell. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71299289" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">‘Serious Games are practical instructional educational tools useful for people to learn Lean that allowed them to reach higher order Bloom Taxonomy levels. Lean learning is guided by practical and objective elements, often instructed by active learning methods’. (2021) Excerpt from </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Learning in the Digital Era</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Daryl John Powell. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E77EA3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Debriefing the Interprofessional Team in Medical Simulation (2019) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Europe PMC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://europepmc.org/article/med/29974207 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F23091" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Debriefing Virtual Simulation Using an Online Conferencing Platform: Lessons Learned (2020) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Libre PDF</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: [Insert link if available] (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173E2676" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Effectiveness of Debriefing Methods for Virtual Simulation: A Systematic Review (2020) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ScienceDirect</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.sciencedirect.com/science/article/pii/S1876139917303602 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4656330A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Exploring Debriefing Combinations After a Virtual Simulation (2020) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ScienceDirect</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.sciencedirect.com/science/article/pii/S1876139920303701 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F0ECFB" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Healthcare Simulation Standards of Best PracticeTM The Debriefing Process (2016) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Clinical Simulation in Nursing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 12(6), pp. 1-7. Available at: https://www.clinicalsimulation.com (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC05E07" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Journal of Medical Internet Research (2020) ‘Virtual Patient Simulations in Health Professions Education: Systematic Review and Meta-Analysis by the Digital Health Education Collaboration’, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Journal of Medical Internet Research</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 22(1), e14962. Available at: https://www.jmir.org/2020/1/e14962/ (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE434B1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Systematic Review of Clinical Debriefing Tools: Attributes and Evidence for Use (2019) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>BMJ Quality &amp; Safety</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 28(9), pp. 811–820. Available at: https://qualitysafety.bmj.com/content/28/9/811 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC657C6" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Toews, A.J., Martin, D.E. and Chernomas, W.M. (2021) ‘Clinical debriefing: A concept analysis’, Journal of clinical nursing, 30(11–12), pp. 1491–1501. Available at: https://doi.org/10.1111/jocn.15636 (Accessed: 24 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="172208F2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Virtual Gaming Simulation: Exploring Self-Debriefing, Virtual Debriefing, and In-person Debriefing (2018) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ScienceDirect</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, [online]. Available at: https://www.sciencedirect.com/science/article/pii/S1876139917303602 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBDE05E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Witeck, G.R., Searle, M., and Powell, D.J. (2021) ‘Bloom Taxonomy, Serious Games and Lean Learning: What Do These Topics Have in Common?’, in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Learning in the Digital Era</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Switzerland: Springer International Publishing AG, pp. 308–316. Available at: https://doi.org/10.1007/978-3-030-92934-3_31 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02552F53" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Langan, L. et al. (2025) ‘Inclusive pedagogy in online simulation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>‐</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">based learning in undergraduate nursing education: A scoping review’, Journal of advanced nursing, 81(2), pp. 591–606. Available at: https://doi.org/10.1111/jan.16284 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="190526F9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="45228862"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fischer, F. et al. (2022) ‘Representational scaffolding in digital simulations – learning professional practices in higher education’, Information and learning science, 123(11/12), pp. 645–665. Available at: https://doi.org/10.1108/ILS-06-2022-0076 (Accessed: 3 June 2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159614D5" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="33E3F224" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="115488185"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="107" w:name="Session13"/>
+        <w:divId w:val="326784524"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="Session14"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>References</w:t>
-[...1176 lines deleted...]
-        </w:rPr>
         <w:t>Acknowledgements</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="4ACD12BD" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t>This free course was written by David Allsup with funding support from Coleg Cymraeg Cenedlaethol.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="3854B753" w14:textId="4F5997A1" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Except for third party materials and otherwise stated (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>terms and conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), this content is made available under a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Creative Commons Attribution-NonCommercial-ShareAlike 4.0 Licence</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="2509BCC0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The material acknowledged below is Proprietary and used under licence (not subject to Creative Commons Licence). Grateful acknowledgement is made to the following sources for permission to reproduce material in this free course: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="019AE42D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t>Course image: photo by Tima Miroshnichenko: https://www.pexels.com/photo/ipad-held-by-dentists-5355865/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="2E303E55" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t>Introduction: photo by MART PRODUCTION: https://www.pexels.com/photo/woman-holding-an-ipad-8076067/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="0BD40E43" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t>Section 2 Benefits of digital simulation: photo by undefined undefined / Getty Images</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="6133D4FA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t>Section 7 Different modalities in simulation: photo by Koto / Getty Images</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="1C7E5898" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t>Section 8 Debriefing to support simulated learning: photo by Miniseries / Getty Images</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="3619923D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Every effort has been made to contact copyright owners. If any have been inadvertently overlooked, the publishers will be pleased to make the necessary arrangements at the first opportunity. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="0E0C11E5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Don't miss out</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
-[...1 lines deleted...]
-        <w:divId w:val="481390961"/>
+    <w:p w14:paraId="0017289B" w14:textId="104E5F7E" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="326784524"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If reading this text has inspired you to learn more, you may be interested in joining the millions of people who discover our free learning resources and qualifications by visiting The Open University – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.open.edu/openlearn/free-courses</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="45F21769" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E02BE5E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="Solutions1"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Solutions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A4DF10F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Activity 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B25BD10" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part 2: Quiz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D30F3D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="246117974"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="Session5_Interaction2"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FC7DE3" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="246117974"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19764881" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="721253991"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) It significantly enhances patient safety by reducing errors during real-world procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C84AF0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="246117974"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43EFBD5E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="92406485"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) It directly reduces the need for all hands-on patient experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F40935E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="485240803"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) It replaces the need for continuous professional development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B625D48" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1031417876"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) It limits access to training for remote healthcare professionals.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="110" w:name="Back_To_Session5_Part2"/>
+    <w:p w14:paraId="17A16EB9" w14:textId="2FF48573" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="246117974"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session5_Part2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="110"/>
+    </w:p>
+    <w:p w14:paraId="27216156" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469FE793" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="109710115"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="Session5_Interaction3"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F83C93E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="109710115"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCC3D5D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1665543766"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Offering repeated practice in a safe, controlled setting to refine techniques and build confidence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5B2414" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="109710115"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0683E085" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="633605373"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Requiring minimal practice time due to advanced technology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C490C36" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1592424646"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Providing a chaotic and unpredictable learning environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69662870" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="36512837"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Focusing solely on theoretical knowledge without practical application.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="112" w:name="Back_To_Session5_Part3"/>
+    <w:p w14:paraId="0F2A5311" w14:textId="37552117" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="109710115"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session5_Part3"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="112"/>
+    </w:p>
+    <w:p w14:paraId="65C168BF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DC62B8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="753168169"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="Session5_Interaction4"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC405EE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="753168169"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37247A8A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1181968491"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) It often incorporates team-based scenarios to improve communication and collaboration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7DDC5F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="753168169"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307BF2FE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1941642114"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) It encourages individual, isolated practice without group interaction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E25C2E2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1557624903"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) It eliminates the need for any in-person team meetings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B20BF4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1902787819"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) It provides a rigid, unadaptable training structure.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="114" w:name="Back_To_Session5_Part4"/>
+    <w:p w14:paraId="2E815DCB" w14:textId="46B6367F" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="753168169"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session5_Part4"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="114"/>
+    </w:p>
+    <w:p w14:paraId="33F7F988" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Activity 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2CA681" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part 2: Quiz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFC8360" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="1768310455"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="Session7_Interaction2"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1448AB8E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1768310455"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42EA2A79" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="793401127"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) By allowing for simulations in real clinical environments (in situ), uncovering hidden risks before harm occurs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6C2D2A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1768310455"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0D697E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="220210247"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) By strictly limiting training to theoretical knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1694DA52" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1267271424"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) By eliminating the need for any physical training equipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67884391" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="92937264"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) By focusing only on individual performance, not system flaws.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="116" w:name="Back_To_Session7_Part2"/>
+    <w:p w14:paraId="71951253" w14:textId="65946806" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1768310455"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session7_Part2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="116"/>
+    </w:p>
+    <w:p w14:paraId="7EECF5A1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63982EE0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="461340363"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="Session7_Interaction3"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604B3E49" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="461340363"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A15A79" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1801875458"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Providing a risk-free environment for repeated practice of complex procedures and emergency responses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6618B9A2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="461340363"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D966859" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="366414972"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Requiring only one-time exposure to new procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2DF8C5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1940021526"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Automatically correcting all errors without learner intervention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74AD809E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="520244056"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Focusing solely on theoretical knowledge that does not require practical application.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="118" w:name="Back_To_Session7_Part3"/>
+    <w:p w14:paraId="3F2C32B2" w14:textId="3C8F39A2" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="461340363"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session7_Part3"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
+    </w:p>
+    <w:p w14:paraId="1DA1B5E6" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCC0D39" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="411243664"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="Session7_Interaction4"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3224274A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="411243664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300404B8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1412390559"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Promoting better communication and collaboration within interdisciplinary teams during high-stress situations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2535E195" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="411243664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1BE9B2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="602806911"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Minimising interaction between interdisciplinary teams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE11FF8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="218366034"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Encouraging individual decision-making without team input.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33941974" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1320772442"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Limiting awareness of roles among team members.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="120" w:name="Back_To_Session7_Part4"/>
+    <w:p w14:paraId="53A13EFF" w14:textId="581FFA76" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="411243664"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session7_Part4"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="120"/>
+    </w:p>
+    <w:p w14:paraId="6BFA9DE4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Activity 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08882B31" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part 2: Quiz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEDB7E9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="2145156814"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="Session8_Interaction2"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB55FEE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="2145156814"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152DF1B9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1654481843"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) A collaborative and coordinated approach involving various stakeholders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9F0BE5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="2145156814"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569800D2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1710914702"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) An isolated, top-down implementation by a single authority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20644DB6" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="296684474"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Exclusive focus on medical doctors’ training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4305F54A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1495993792"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Limiting access to SBET based on professional seniority.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="122" w:name="Back_To_Session8_Part2"/>
+    <w:p w14:paraId="569FFE3C" w14:textId="7896CE3F" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="2145156814"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Part2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="122"/>
+    </w:p>
+    <w:p w14:paraId="52E92248" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D4FFDE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="1909881072"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="Session8_Interaction3"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A68CE14" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1909881072"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B6945A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1423144652"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Completely eliminating the need for traditional clinical placements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04663EA7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1909881072"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617E4D2E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="322054798"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Improving patient and service user safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4563C69C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="589629525"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Enhancing learning experiences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC733E7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="519583941"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Ensuring cost-effectiveness and promoting quality.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="124" w:name="Back_To_Session8_Part3"/>
+    <w:p w14:paraId="381EE79B" w14:textId="280A8BC9" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1909881072"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Part3"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="124"/>
+    </w:p>
+    <w:p w14:paraId="14A7F21D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09FFFCFC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="591277157"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="Session8_Interaction4"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C98F6BC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="591277157"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533E640F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1175001077"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) They are encouraged to enhance learning experiences and make simulation more effective and engaging.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B918485" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="591277157"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38959977" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="284392226"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) They are seen as a minor, optional addition to traditional training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2D3814" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="33237191"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) They are primarily used for administrative tasks, not direct learning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CD4CE8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1912695069"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Their use is limited to theoretical instruction only.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="126" w:name="Back_To_Session8_Part4"/>
+    <w:p w14:paraId="6A0C1A80" w14:textId="1E0005CF" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="591277157"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Part4"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="126"/>
+    </w:p>
+    <w:p w14:paraId="6D617F82" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Activity 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5065845A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part 2: Quiz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619360B6" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="1518278289"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="Session10_Interaction2"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF21529" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1518278289"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B22A713" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="895313130"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">b) Leveraging simulation data </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B70745E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1518278289"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="242D2CB7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="371227619"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Establishing psychological safety in a virtual room</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741937FA" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1588155298"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Encouraging reflection through prompts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06856750" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="137572104"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Connecting virtual experience to real-world practice</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="128" w:name="Back_To_Session10_Part2"/>
+    <w:p w14:paraId="46D91458" w14:textId="2E690A87" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1518278289"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session10_Part2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="128"/>
+    </w:p>
+    <w:p w14:paraId="10EE5B39" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232E58B9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="1479571773"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="Session10_Interaction3"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440E81D4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1479571773"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B978CEF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1464273055"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Establishing psychological safety in a virtual room</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0006B4C0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1479571773"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C50CA0C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1426538052"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Structured facilitation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6263ECD9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1437796605"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Encouraging reflection through prompts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E823B0B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1588077276"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">d) Learner-centered approach </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="130" w:name="Back_To_Session10_Part3"/>
+    <w:p w14:paraId="551FD249" w14:textId="6CD7188C" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1479571773"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session10_Part3"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="130"/>
+    </w:p>
+    <w:p w14:paraId="40D32AB0" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0019788F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="551036959"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="Session10_Interaction4"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C32B886" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="551036959"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DDDDD2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1284965629"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Connecting virtual experience to real-world practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A93B38F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="551036959"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5C2893" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1883516241"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Structured facilitation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8D6F02" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="441192357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Leveraging simulation data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E8973C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="757485588"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Encouraging reflection through prompts</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="132" w:name="Back_To_Session10_Part4"/>
+    <w:p w14:paraId="26FECE36" w14:textId="46BA86F1" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="551036959"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session10_Part4"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="132"/>
+    </w:p>
+    <w:p w14:paraId="1839B94C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Activity 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79865D9D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part 2: Quiz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C25B67" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="696588401"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="Session11_Interaction2"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6539528F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="696588401"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6321377A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1370565853"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Self-reflection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5A2302" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="653722916"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Self-debriefing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78FDB57A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="696588401"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3827FA8A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1170440052"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Facilitated debriefing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C3454A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="581372286"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Tele-debriefing</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="134" w:name="Back_To_Session11_Part2"/>
+    <w:p w14:paraId="0E461AD4" w14:textId="5D4ACAD9" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="696588401"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session11_Part2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part 2: Quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="134"/>
+    </w:p>
+    <w:p w14:paraId="327FDCB5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E42CD3D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="1166507956"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="Session11_Interaction3"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C893ED" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1166507956"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DF9AD5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="940189500"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) It is led by an experienced educator or clinician.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D43858A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1162358555"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) It can be done in groups or one-on-one.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5266E6C2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1166507956"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AF8268" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="962736384"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) It is always conducted without a guide or leader.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782AB921" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1802993077"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) It primarily involves individuals reflecting on their own without external guidance.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="136" w:name="Back_To_Session11_Part3"/>
+    <w:p w14:paraId="1A0D0FAA" w14:textId="4EDB52B8" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1166507956"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session11_Part3"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="136"/>
+    </w:p>
+    <w:p w14:paraId="021EBD29" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704B7D8C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="1672488154"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="Session11_Interaction4"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1C51C9" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1672488154"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287A420B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1244412769"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) It utilises video conferencing tools for remote sessions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75447869" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="558982686"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) It makes debriefing accessible even when in-person sessions are not possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ECC3ADF" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1672488154"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFB580C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1165894565"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) It requires all participants and facilitators to be in the same physical room.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546DB8CC" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="74787929"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) It is a very outdated debriefing modality.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="138" w:name="Back_To_Session11_Part4"/>
+    <w:p w14:paraId="10574E4B" w14:textId="7ABA06D2" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1672488154"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session11_Part4"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="138"/>
+    </w:p>
+    <w:p w14:paraId="0063411B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC56293" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="268389249"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="Session11_Interaction5"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0163A355" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="268389249"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667DB464" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1269393973"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Set learning objectives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7E493A" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="156768461"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) How did it go</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACC26C4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="262107344"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Address concerns</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F7E7DE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1986008945"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Review learning points</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65873877" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="268389249"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8E2126" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1436099824"/>
+      </w:pPr>
+      <w:r>
+        <w:t>e) Share feelings</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="140" w:name="Back_To_Session11_Part5"/>
+    <w:p w14:paraId="5A9A6234" w14:textId="1C18626A" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="268389249"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session11_Part5"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="140"/>
+    </w:p>
+    <w:p w14:paraId="6FB655F4" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410C7584" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="648629409"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="Session11_Interaction6"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160516CE" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="648629409"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C48AC1C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="705712146"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Establishing a learning environment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AFF8EC1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1702002670"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) Learner engagement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6914611F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="2085180272"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) Diagnosis of performance gaps</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDEC863" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="135997165"/>
+      </w:pPr>
+      <w:r>
+        <w:t>e) Approach of the trainer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76BA6DE8" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="648629409"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6917455B" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1735203452"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) Providing immediate grades on simulation performance</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="142" w:name="Back_To_Session11_Part6"/>
+    <w:p w14:paraId="3CCC9970" w14:textId="0C19B68F" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="648629409"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session11_Part6"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="142"/>
+    </w:p>
+    <w:p w14:paraId="10272E50" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="1471284166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A28779F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:divId w:val="662051574"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="Session11_Interaction7"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Answer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D81F052" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="662051574"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Right:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CED404C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="1740323438"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) SHARP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C87A87" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="380902185"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) SHARE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A115B7E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="662051574"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66EFD16E" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="225384524"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a) Diamond debriefing method</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19424EF1" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:divId w:val="786314291"/>
+      </w:pPr>
+      <w:r>
+        <w:t>d) TALK</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="144" w:name="Back_To_Session11_Part7"/>
+    <w:p w14:paraId="1FDB2F32" w14:textId="1ABFDD40" w:rsidR="004C7305" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="662051574"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session11_Part7"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Part</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="144"/>
+    </w:p>
+    <w:p w14:paraId="02A4DB02" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="59EA7273" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="2111729430"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+        <w:divId w:val="1682466147"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="Descriptions1"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Descriptions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12359CD7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="2111729430"/>
-[...2198 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="000B5E2F">
+        <w:divId w:val="1461536293"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="Session1_Alternative1"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Uncaptioned Figure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCEAFA2" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="1461536293"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+        <w:t xml:space="preserve">Photograph of a healthcare practice student not in scrubs engaging with aspects of digital simulation. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="147" w:name="Back_To_Session1_Figure1"/>
+    <w:p w14:paraId="5E877041" w14:textId="0EC0422A" w:rsidR="00EE5C2F" w:rsidRDefault="004C7305">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1461536293"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session1_Figure1"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Uncaptioned Figure</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30222AC0" w14:textId="462A4435" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1330525461"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="147"/>
+        <w:divId w:val="448669606"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="Session1_Description1"/>
+      <w:bookmarkEnd w:id="148"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Uncaptioned Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="29CECF88" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1330525461"/>
+        <w:divId w:val="448669606"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Photograph of a healthcare practice student not in scrubs engaging with aspects of digital simulation. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="148" w:name="Back_To_Session1_Figure1"/>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="5D5A7EBF" w14:textId="0748AC46" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1330525461"/>
-[...59 lines deleted...]
-        <w:divId w:val="1892380621"/>
+        <w:divId w:val="448669606"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session1_Figure1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Uncaptioned Figure</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="148"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+      <w:bookmarkEnd w:id="147"/>
+    </w:p>
+    <w:p w14:paraId="30131AAF" w14:textId="5FAF263B" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1065183988"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="150"/>
+        <w:divId w:val="649792854"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="Session4_Alternative1"/>
+      <w:bookmarkEnd w:id="149"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Uncaptioned Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="67F37C0C" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1065183988"/>
+        <w:divId w:val="649792854"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Photograph of healthcare practice education students engaging in/with forms of digital simulation. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="151" w:name="Back_To_Session4_Figure1"/>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="0004211E">
+    <w:bookmarkStart w:id="150" w:name="Back_To_Session4_Figure1"/>
+    <w:p w14:paraId="4126439A" w14:textId="3ACC755A" w:rsidR="00EE5C2F" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1065183988"/>
+        <w:divId w:val="649792854"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session4_Figure1" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session4_Figure1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="70447D53" w14:textId="73BD5301" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="959843689"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="152"/>
+        <w:divId w:val="800075381"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="Session4_Description1"/>
+      <w:bookmarkEnd w:id="151"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Uncaptioned Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="0E88CE1D" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="959843689"/>
+        <w:divId w:val="800075381"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Photograph of healthcare practice education students engaging in/with forms of digital simulation. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="25040035" w14:textId="44037894" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="959843689"/>
+        <w:divId w:val="800075381"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session4_Figure1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Uncaptioned Figure</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="151"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+      <w:bookmarkEnd w:id="150"/>
+    </w:p>
+    <w:p w14:paraId="1EFB51D4" w14:textId="617D7525" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="162087038"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="153"/>
+        <w:divId w:val="1286815129"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="Session9_Alternative1"/>
+      <w:bookmarkEnd w:id="152"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Uncaptioned Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="2A7EE21F" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="162087038"/>
+        <w:divId w:val="1286815129"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Photograph of a group of people engaging in debriefing following computer-simulated digital simulation education. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="154" w:name="Back_To_Session9_Figure1"/>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="0004211E">
+    <w:bookmarkStart w:id="153" w:name="Back_To_Session9_Figure1"/>
+    <w:p w14:paraId="09CAA194" w14:textId="612A5FAE" w:rsidR="00EE5C2F" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="162087038"/>
+        <w:divId w:val="1286815129"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session9_Figure1" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session9_Figure1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="48620DF0" w14:textId="2588BD15" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1175535690"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="155"/>
+        <w:divId w:val="1022827939"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="Session9_Description1"/>
+      <w:bookmarkEnd w:id="154"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Uncaptioned Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="74BD80F5" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1175535690"/>
+        <w:divId w:val="1022827939"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Photograph of a group of people engaging in debriefing following computer-simulated digital simulation education. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="368200B5" w14:textId="35F30FED" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1175535690"/>
+        <w:divId w:val="1022827939"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session9_Figure1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Uncaptioned Figure</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="154"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+      <w:bookmarkEnd w:id="153"/>
+    </w:p>
+    <w:p w14:paraId="3A6C5D13" w14:textId="51C2BAB8" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="2133816581"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="156"/>
+        <w:divId w:val="104618514"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="Session10_Alternative1"/>
+      <w:bookmarkEnd w:id="155"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Uncaptioned Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="6A3B6DA7" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="2133816581"/>
+        <w:divId w:val="104618514"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Photograph of a group of people discussing round a table. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="157" w:name="Back_To_Session10_Figure1"/>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="0004211E">
+    <w:bookmarkStart w:id="156" w:name="Back_To_Session10_Figure1"/>
+    <w:p w14:paraId="2BEAE253" w14:textId="17A23513" w:rsidR="00EE5C2F" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2133816581"/>
+        <w:divId w:val="104618514"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "" \l "Session10_Figure1" </w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session10_Figure1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="5B923031" w14:textId="3461EDC1" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1661501363"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="158"/>
+        <w:divId w:val="127477502"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="Session10_Description1"/>
+      <w:bookmarkEnd w:id="157"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Uncaptioned Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="0004211E">
+    <w:p w14:paraId="124F9D72" w14:textId="77777777" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1661501363"/>
+        <w:divId w:val="127477502"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Photograph of a group of people discussing round a table. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F">
+    <w:p w14:paraId="15E6239F" w14:textId="1B7B5797" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1661501363"/>
+        <w:divId w:val="127477502"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session10_Figure1" w:history="1">
-        <w:r w:rsidR="0004211E">
+        <w:r w:rsidR="004C7305">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Uncaptioned Figure</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="157"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00A17BC3" w:rsidRDefault="00A17BC3">
+      <w:bookmarkEnd w:id="156"/>
+    </w:p>
+    <w:p w14:paraId="2EA560C4" w14:textId="5D941B3F" w:rsidR="004C7305" w:rsidRDefault="004C7305">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="444083211"/>
+        <w:divId w:val="1682466147"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A17BC3" w:rsidSect="000B5E2F">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId50"/>
+    <w:sectPr w:rsidR="004C7305" w:rsidSect="00EE5C2F">
+      <w:headerReference w:type="default" r:id="rId48"/>
+      <w:footerReference w:type="default" r:id="rId49"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F" w:rsidP="000B5E2F">
+    <w:p w14:paraId="7F70C4B4" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F" w:rsidP="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F" w:rsidP="000B5E2F">
+    <w:p w14:paraId="4FDBB15A" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F" w:rsidP="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="inherit">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C750D7F9-1266-4E45-B8BC-36B92D2064D8}"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{108A19A0-EF5D-4B39-B63E-BD190A73C64E}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="000B5E2F" w:rsidRPr="000B5E2F" w:rsidRDefault="000B5E2F" w:rsidP="000B5E2F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2781DC6B" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRPr="00EE5C2F" w:rsidRDefault="00EE5C2F" w:rsidP="00EE5C2F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> Page \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>15</w:t>
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NumPages \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>16</w:t>
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
-      <w:t>12th August 2025</w:t>
+      <w:t>23rd January 2026</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="000B5E2F" w:rsidRPr="000B5E2F" w:rsidRDefault="000B5E2F" w:rsidP="000B5E2F">
+  <w:p w14:paraId="6306824A" w14:textId="7BA27E97" w:rsidR="00EE5C2F" w:rsidRPr="00EE5C2F" w:rsidRDefault="00EE5C2F" w:rsidP="00EE5C2F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidRPr="000B5E2F">
+      <w:r w:rsidRPr="00EE5C2F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>https://www.open.edu/openlearn/health-sports-psychology/an-introduction-digital-simulation-healthcare/content-section-0</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F" w:rsidP="000B5E2F">
+    <w:p w14:paraId="7635489E" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F" w:rsidP="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000B5E2F" w:rsidRDefault="000B5E2F" w:rsidP="000B5E2F">
+    <w:p w14:paraId="1510304E" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRDefault="00EE5C2F" w:rsidP="00EE5C2F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="000B5E2F" w:rsidRPr="000B5E2F" w:rsidRDefault="000B5E2F" w:rsidP="000B5E2F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="62248831" w14:textId="77777777" w:rsidR="00EE5C2F" w:rsidRPr="00EE5C2F" w:rsidRDefault="00EE5C2F" w:rsidP="00EE5C2F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                               </w:t>
     </w:r>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5EB49B53" wp14:editId="0D3585C6">
           <wp:extent cx="1638300" cy="533400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="6" name="Picture 6"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1638300" cy="533400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="000B5E2F" w:rsidRPr="000B5E2F" w:rsidRDefault="000B5E2F" w:rsidP="000B5E2F">
+  <w:p w14:paraId="012BF6E7" w14:textId="2E89A5A1" w:rsidR="00EE5C2F" w:rsidRPr="00EE5C2F" w:rsidRDefault="00EE5C2F" w:rsidP="00EE5C2F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000B5E2F">
+    <w:r w:rsidRPr="00EE5C2F">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">An introduction to digital simulation in healthcare </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="029A020E"/>
+    <w:nsid w:val="036619C4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F070A3B8"/>
+    <w:tmpl w:val="2FAC40A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12657,70 +12334,296 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E3823B5"/>
+    <w:nsid w:val="03EE5F87"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="13A4D5EC"/>
+    <w:tmpl w:val="2DF21878"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E521623"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CE867034"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="104B510F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DEBC7654"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
@@ -12805,54 +12708,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="179F6C5D"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="155F0BD5"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F2E876AC"/>
+    <w:tmpl w:val="20B63230"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12954,280 +12857,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1CED717E"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16016B8E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="76448034"/>
-[...225 lines deleted...]
-    <w:tmpl w:val="B36E30AA"/>
+    <w:tmpl w:val="0DEA1CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -13330,618 +13007,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="23896B21"/>
+    <w:nsid w:val="1AA14ED3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5D6ED93E"/>
-[...564 lines deleted...]
-    <w:tmpl w:val="89C61228"/>
+    <w:tmpl w:val="60DE7C0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14043,54 +13155,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="39274D20"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C8F556A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="148A57A0"/>
+    <w:tmpl w:val="27DA2B30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14192,54 +13304,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3E981BAD"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E706B40"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CD34FB18"/>
+    <w:tmpl w:val="81C604B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -14305,54 +13417,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="44192DC8"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CD65A48"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="12AA81A8"/>
+    <w:tmpl w:val="6F545A86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -14418,71 +13530,523 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="46765CA5"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E893D66"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="05B8B422"/>
+    <w:tmpl w:val="5E00B5D2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FAA2DAE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6762A9E0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49C60438"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FCD2976A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C6D2D65"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7E98EB2A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CC2725D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5DF624B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
@@ -14567,54 +14131,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4CF35317"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D207E48"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E342E99A"/>
+    <w:tmpl w:val="A6046966"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14716,167 +14280,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="54E7604D"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51E5765E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6EAE936C"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="AAC25500"/>
+    <w:tmpl w:val="A10E249C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -14978,54 +14429,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="68C63606"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C94523D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7DE6626A"/>
+    <w:tmpl w:val="721AC022"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -15127,54 +14578,167 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="700F4DA4"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D055FCB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C6508328"/>
+    <w:tmpl w:val="5E403B68"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F017215"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9D763B0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -15276,54 +14840,393 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6403136D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DB04A168"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="758720A3"/>
+    <w:nsid w:val="6B130A4A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7794C8C4"/>
+    <w:tmpl w:val="C188FE36"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77460014"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="67DCF100"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79406BBF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9B988EDE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -15425,54 +15328,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="76BB3342"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AE61217"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="41781324"/>
+    <w:tmpl w:val="70FE30B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -15574,426 +15477,202 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="12073370">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="864708699">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="338388963">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="596518264">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1502772369">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="373384933">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="95685635">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="531310793">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="27995060">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="10" w16cid:durableId="636187799">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1327249238">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="950357065">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1054889758">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="14" w16cid:durableId="948199791">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="15" w16cid:durableId="1345549753">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="16" w16cid:durableId="642738500">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="17" w16cid:durableId="175585652">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="18" w16cid:durableId="577524271">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="8">
-[...5 lines deleted...]
-  <w:num w:numId="10">
+  <w:num w:numId="19" w16cid:durableId="703555308">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="20" w16cid:durableId="898134986">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="138960474">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="819349592">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="691103955">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12">
-[...11 lines deleted...]
-  <w:num w:numId="16">
+  <w:num w:numId="24" w16cid:durableId="1563564467">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="17">
-[...24 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="25" w16cid:durableId="1629315392">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:saveSubsetFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0004211E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A17BC3"/>
+    <w:rsidRoot w:val="004C7305"/>
+    <w:rsid w:val="004C7305"/>
+    <w:rsid w:val="008E0AAD"/>
+    <w:rsid w:val="00A402E2"/>
+    <w:rsid w:val="00EE5C2F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="2C72522F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{FEB6579E-351A-42AC-BE9F-A81412EF5F6D}"/>
+  <w15:docId w15:val="{E92AEB5C-59B2-4293-8693-89BEF572DDF7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16325,50 +16004,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -16530,118 +16210,120 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="inherit" w:hAnsi="inherit" w:hint="default"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
@@ -17556,3653 +17238,3653 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="heading10">
     <w:name w:val="heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="chess1">
     <w:name w:val="chess1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="navbutton">
     <w:name w:val="nav_button"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000B5E2F"/>
+    <w:rsid w:val="00EE5C2F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000B5E2F"/>
+    <w:rsid w:val="00EE5C2F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000B5E2F"/>
+    <w:rsid w:val="00EE5C2F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000B5E2F"/>
+    <w:rsid w:val="00EE5C2F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000B5E2F"/>
+    <w:rsid w:val="00EE5C2F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1053779">
+    <w:div w:id="45228862">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="50272726">
+    <w:div w:id="199319520">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="70087451">
+    <w:div w:id="238175129">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="296183401">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="326784524">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="854728287">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1594588662">
+        <w:div w:id="1290621843">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2098746039">
+            <w:div w:id="1687244574">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2034187178">
+        <w:div w:id="1261375744">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1183714023">
+            <w:div w:id="378939845">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="854031061">
+            <w:div w:id="1403985410">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1721661600">
+                <w:div w:id="2053117659">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="804935556">
+                    <w:div w:id="736561853">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="127624749">
+                    <w:div w:id="1885019785">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="86076070">
+    <w:div w:id="863517058">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="275799574">
-[...471 lines deleted...]
-        <w:div w:id="2046176146">
+        <w:div w:id="565846440">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1615481881">
+            <w:div w:id="139350780">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="661350724">
-[...23 lines deleted...]
-    <w:div w:id="828520147">
+    <w:div w:id="924993626">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="337658929">
-[...339 lines deleted...]
-        <w:div w:id="1293753858">
+        <w:div w:id="67461412">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1348824427">
+            <w:div w:id="29693051">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="350574925">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2054695013">
+                <w:div w:id="1074402149">
                   <w:marLeft w:val="240"/>
                   <w:marRight w:val="240"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="340553177">
+                <w:div w:id="61148121">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1473407026">
+                    <w:div w:id="666902503">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1756511856">
+                        <w:div w:id="713123030">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="2028755613">
+                        <w:div w:id="2112968684">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1113671674">
+                    <w:div w:id="33115160">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1925914622">
+                        <w:div w:id="26637069">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1696809333">
+                        <w:div w:id="1653095530">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="885606536">
+                        <w:div w:id="909117131">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="532112071">
+                        <w:div w:id="837617212">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="367920717">
+                        <w:div w:id="654995397">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="877281551">
+                    <w:div w:id="93869149">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1688942599">
+                        <w:div w:id="1366759837">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1778989650">
+                        <w:div w:id="944315050">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1879001075">
+                        <w:div w:id="1781335331">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1489327106">
+                        <w:div w:id="737243518">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1849977775">
+                        <w:div w:id="437263732">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1465002671">
+                    <w:div w:id="422411684">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1846357002">
+                        <w:div w:id="619722979">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="128938488">
+                        <w:div w:id="2144960443">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1931237020">
+                        <w:div w:id="1270703043">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="937445932">
+                        <w:div w:id="1601138639">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="639501408">
+                        <w:div w:id="1994290405">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="141118254">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="767123085">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1836073177">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1788084628">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="392430093">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1209604145">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="349140220">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="303509509">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1080562869">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1953509265">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1588074252">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1201478831">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="2122917219">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1351906366">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="412509131">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="989600272">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1617711291">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="778068806">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="145514931">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="761682414">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1291783447">
-[...11 lines deleted...]
-    <w:div w:id="1409882083">
+    <w:div w:id="966666118">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1142037458">
+        <w:div w:id="462384314">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1082870476">
-[...11 lines deleted...]
-            <w:div w:id="1131940443">
+            <w:div w:id="1701861102">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="576941985">
+                <w:div w:id="1629505824">
                   <w:marLeft w:val="240"/>
                   <w:marRight w:val="240"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="2032298023">
+                <w:div w:id="1238859641">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1267691420">
+                    <w:div w:id="747115595">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="537549647">
+                        <w:div w:id="631519861">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="308022645">
+                        <w:div w:id="758021710">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="2058551457">
+                    <w:div w:id="2041585973">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1649820657">
+                        <w:div w:id="101075205">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="295336143">
+                        <w:div w:id="1738897719">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1414670453">
+                        <w:div w:id="1602958466">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="488327893">
+                        <w:div w:id="1815758089">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="2061515089">
+                        <w:div w:id="348221808">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1938519543">
+                    <w:div w:id="3822833">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="576355639">
+                        <w:div w:id="2074084585">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1632050338">
+                        <w:div w:id="1807428852">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="2035768847">
+                        <w:div w:id="680663254">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="40370879">
+                        <w:div w:id="1581910176">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1793328685">
+                        <w:div w:id="1748989537">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1439910290">
+                    <w:div w:id="2130539773">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1011837605">
+                        <w:div w:id="1204517511">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1555659121">
+                        <w:div w:id="1145589397">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="390346562">
+                        <w:div w:id="1195923268">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="53162475">
+                        <w:div w:id="1978139885">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="699549543">
-[...245 lines deleted...]
-                        <w:div w:id="888762330">
+                        <w:div w:id="131800540">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1531843075">
+    <w:div w:id="1110973315">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1202520341">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1246500475">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1460032960">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1480031607">
+        <w:div w:id="840320596">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="841356654">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2047441714">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="417487490">
+            <w:div w:id="457139694">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="758720575">
+                <w:div w:id="751774986">
                   <w:marLeft w:val="240"/>
                   <w:marRight w:val="240"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1218004671">
+                <w:div w:id="1130050754">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1648246873">
+                    <w:div w:id="131406250">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="8073118">
+                        <w:div w:id="1220751541">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1418089527">
+                        <w:div w:id="750742002">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="482237073">
+                    <w:div w:id="2095080197">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1051074686">
+                        <w:div w:id="625506671">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="230621725">
+                        <w:div w:id="1219393084">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="712968486">
+                        <w:div w:id="242952806">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="62915648">
+                        <w:div w:id="309142067">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="238366404">
+                        <w:div w:id="122046776">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="952709646">
+                    <w:div w:id="432436271">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="140929320">
+                        <w:div w:id="1284967322">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1329599914">
+                        <w:div w:id="357704604">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="494105697">
+                        <w:div w:id="455831133">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1531338250">
+                        <w:div w:id="190148357">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1131021574">
+                        <w:div w:id="949627434">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="793253701">
+                    <w:div w:id="1580212401">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1214005735">
+                        <w:div w:id="1293444316">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1769083338">
+                        <w:div w:id="1861316437">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="39519288">
+                        <w:div w:id="910122774">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1527795221">
+                        <w:div w:id="1948653523">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="543448882">
+                        <w:div w:id="401872763">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="2111729430">
+    <w:div w:id="1471284166">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1741707975">
+        <w:div w:id="246117974">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="496969410">
+            <w:div w:id="721253991">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1631545086">
+            <w:div w:id="92406485">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1207641494">
+            <w:div w:id="485240803">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1940527008">
+            <w:div w:id="1031417876">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1977300008">
+        <w:div w:id="109710115">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="440149222">
+            <w:div w:id="1665543766">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="353387269">
+            <w:div w:id="633605373">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="718282235">
+            <w:div w:id="1592424646">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="965089808">
+            <w:div w:id="36512837">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="794641271">
+        <w:div w:id="753168169">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1995182778">
+            <w:div w:id="1181968491">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="2056421290">
+            <w:div w:id="1941642114">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1495074622">
+            <w:div w:id="1557624903">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1861698456">
+            <w:div w:id="1902787819">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="127407175">
+        <w:div w:id="1768310455">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1063331622">
+            <w:div w:id="793401127">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1604074627">
+            <w:div w:id="220210247">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="361059614">
+            <w:div w:id="1267271424">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="2116055502">
+            <w:div w:id="92937264">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1795514810">
+        <w:div w:id="461340363">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="17439332">
+            <w:div w:id="1801875458">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="212815163">
+            <w:div w:id="366414972">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="12221145">
+            <w:div w:id="1940021526">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="295646912">
+            <w:div w:id="520244056">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="746804283">
+        <w:div w:id="411243664">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="859045976">
+            <w:div w:id="1412390559">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="673384858">
+            <w:div w:id="602806911">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1919484178">
+            <w:div w:id="218366034">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="227500390">
+            <w:div w:id="1320772442">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1735933241">
+        <w:div w:id="2145156814">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2005739173">
+            <w:div w:id="1654481843">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="448595126">
+            <w:div w:id="1710914702">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1413553154">
+            <w:div w:id="296684474">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="2090495103">
+            <w:div w:id="1495993792">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="787427336">
+        <w:div w:id="1909881072">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1207110489">
+            <w:div w:id="1423144652">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1558711198">
+            <w:div w:id="322054798">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="817919089">
+            <w:div w:id="589629525">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1026442172">
+            <w:div w:id="519583941">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="742028219">
+        <w:div w:id="591277157">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="733698537">
+            <w:div w:id="1175001077">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1402874112">
+            <w:div w:id="284392226">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="98726131">
+            <w:div w:id="33237191">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1107890939">
+            <w:div w:id="1912695069">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="819539557">
+        <w:div w:id="1518278289">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2087800059">
+            <w:div w:id="895313130">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1722905451">
+            <w:div w:id="371227619">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1937055667">
+            <w:div w:id="1588155298">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="612522675">
+            <w:div w:id="137572104">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="717776642">
+        <w:div w:id="1479571773">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1968900249">
+            <w:div w:id="1464273055">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1709790762">
+            <w:div w:id="1426538052">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="644043570">
+            <w:div w:id="1437796605">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1222403440">
+            <w:div w:id="1588077276">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="134565210">
+        <w:div w:id="551036959">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1577208117">
+            <w:div w:id="1284965629">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="98914004">
+            <w:div w:id="1883516241">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1038317245">
+            <w:div w:id="441192357">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1650281424">
+            <w:div w:id="757485588">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="734358374">
+        <w:div w:id="696588401">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="475923526">
+            <w:div w:id="1370565853">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1805850024">
+            <w:div w:id="653722916">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1485781015">
+            <w:div w:id="1170440052">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1440367381">
+            <w:div w:id="581372286">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="342246613">
+        <w:div w:id="1166507956">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1028793000">
+            <w:div w:id="940189500">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="330913110">
+            <w:div w:id="1162358555">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1645894990">
+            <w:div w:id="962736384">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="497421794">
+            <w:div w:id="1802993077">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2057047161">
+        <w:div w:id="1672488154">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1206603460">
+            <w:div w:id="1244412769">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1607690345">
+            <w:div w:id="558982686">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="815604251">
+            <w:div w:id="1165894565">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="49158876">
+            <w:div w:id="74787929">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2108187943">
+        <w:div w:id="268389249">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="303848797">
+            <w:div w:id="1269393973">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1370648811">
+            <w:div w:id="156768461">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="40444519">
+            <w:div w:id="262107344">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1696494632">
+            <w:div w:id="1986008945">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1328245921">
+            <w:div w:id="1436099824">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1742286633">
+        <w:div w:id="648629409">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="921067712">
+            <w:div w:id="705712146">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1239754839">
+            <w:div w:id="1702002670">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="920913152">
+            <w:div w:id="2085180272">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1822385220">
+            <w:div w:id="135997165">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1036389059">
+            <w:div w:id="1735203452">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1460418871">
+        <w:div w:id="662051574">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1509902176">
+            <w:div w:id="1740323438">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1043746648">
+            <w:div w:id="380902185">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
                 <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
                 <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1951929897">
+            <w:div w:id="225384524">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="809056159">
+            <w:div w:id="786314291">
               <w:marLeft w:val="120"/>
               <w:marRight w:val="120"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
                 <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="2133934359">
+    <w:div w:id="1682466147">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1280180839">
+        <w:div w:id="1461536293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="448669606">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="649792854">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="800075381">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1286815129">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1022827939">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="104618514">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="127477502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1788963503">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1838839215">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="913201330">
+            <w:div w:id="1323317018">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1933732470">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1389888005">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="344989295">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1349941168">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1188256368">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="817454396">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2064670321">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1077630147">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="503398379">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="931202751">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1691102878">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1764523990">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1543713924">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1820614992">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1359700063">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1346250165">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="724597719">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="492720657">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1983656586">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="669215186">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1526751684">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="947085616">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="122235872">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1018118190">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1294602489">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1938828945">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="580409617">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1472987595">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1737897992">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="797259378">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1222213241">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="158158628">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1802066588">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1081025462">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="269239119">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1411535611">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="324944142">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1318920200">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="639847845">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="894850072">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1072124792">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="933588814">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="723991511">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1069890759">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="745683915">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1471049144">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1111701165">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="456485893">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="727921346">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1321277159">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2111200850">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:encoding w:val="unicode"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/nursing-healthcare/degrees/bsc-nursing-r39" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laerdal.com/us/information/5-reasons-why-you-should-consider-simulation-to-mitigate-risk/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.spotify.com/show/7Idy8afuyCqVvkHFzAlmu7" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hee.nhs.uk/sites/default/files/documents/National%20framework%20for%20simulation%20based%20education.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.talkdebrief.org/startingtotalk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/life-and-death-decisions" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthcarereaders.com/insights/simulation-in-healthcare" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hee.nhs.uk/sites/default/files/documents/Faculty%20Development%20Guidance%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2022/08/B1465-SHARE-Debrief-v1-FINAL.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.councilofdeans.org.uk/category/news-and-blogs/codcast/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.ac.uk/conditions" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hee.nhs.uk/sites/default/files/documents/National%20Strategic%20Vision%20of%20Sim%20in%20Health%20and%20Care.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijohs.com/article/doi/10.54531/KZWG5509" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/health-sports-psychology/introducing-health-sciences-paramedics" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/about-openlearn/frequently-asked-questions-on-openlearn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hee.nhs.uk/sites/default/files/documents/Standards%20for%20organisations%20that%20deliver%20simulation.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/abs/pii/S1521689615000038" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://simzine.news/sim-in-short-en/the-best-podcasts-on-healthcare-simulation/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learninghub.nhs.uk/Resource/8094/Item" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/nursing-healthcare/degrees/bsc-nursing-r39" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aspih.org.uk/wp-content/uploads/2023/11/ASPiH-Standards-2023-CDN-Final.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inacsl.org/healthcare-simulation-standards" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corwin-connect.com/2015/11/the-importance-of-debriefing-in-learning-and-what-that-might-look-like-in-the-classroom/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learninghub.nhs.uk/catalogue/m-care?nodeId=9235" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nmc.org.uk/standards/guidance/supporting-information-for-our-education-and-training-standards/simulated-practice-learning/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asmepublications.onlinelibrary.wiley.com/doi/full/10.1111/tct.12300" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/health-sports-psychology/practice-supervision-and-assessment-nursing/content-section-0?active-tab=description-tab" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/health-sports-psychology/an-introduction-digital-simulation-healthcare/content-section-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/news/254575/clinical-simulation-opportunity-evaluate-digital-health/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aspih.org.uk/standards-2/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://heiw.nhs.wales/education-and-training/simulation-based-education/resources/debriefing-approach/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://heiw.nhs.wales/education-and-training/simulation-based-education/event-recordings/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/health-sports-psychology/so-you-want-be-nurse-a-brief-introduction-nursing/content-section-0?active-tab=description-tab" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/free-courses?LKCAMPAIGN=ebook_&amp;MEDIA=ol" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/nursing-healthcare/degrees/bsc-nursing-r39" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/nursing-healthcare/degrees/bsc-nursing-r39" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laerdal.com/us/information/5-reasons-why-you-should-consider-simulation-to-mitigate-risk/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learninghub.nhs.uk/Resource/8094/Item" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hee.nhs.uk/sites/default/files/documents/National%20framework%20for%20simulation%20based%20education.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://heiw.nhs.wales/education-and-training/simulation-based-education/event-recordings/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/health-sports-psychology/so-you-want-be-nurse-a-brief-introduction-nursing/content-section-0?active-tab=description-tab" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/free-courses?LKCAMPAIGN=ebook_&amp;MEDIA=ol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthcarereaders.com/insights/simulation-in-healthcare" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.talkdebrief.org/startingtotalk" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.spotify.com/show/7Idy8afuyCqVvkHFzAlmu7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hee.nhs.uk/sites/default/files/documents/National%20Strategic%20Vision%20of%20Sim%20in%20Health%20and%20Care.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://heiw.nhs.wales/education-and-training/simulation-based-education/resources/debriefing-approach/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/life-and-death-decisions" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/about-openlearn/frequently-asked-questions-on-openlearn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hee.nhs.uk/sites/default/files/documents/Faculty%20Development%20Guidance%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2022/08/B1465-SHARE-Debrief-v1-FINAL.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.councilofdeans.org.uk/category/news-and-blogs/codcast/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/health-sports-psychology/introducing-health-sciences-paramedics" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.ac.uk/conditions" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aspih.org.uk/wp-content/uploads/2023/11/ASPiH-Standards-2023-CDN-Final.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inacsl.org/healthcare-simulation-standards" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.johs.org.uk/article/doi/10.54531/KZWG5509?q=1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://simzine.news/sim-in-short-en/the-best-podcasts-on-healthcare-simulation/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nmc.org.uk/standards/guidance/supporting-information-for-our-education-and-training-standards/simulated-practice-learning/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/abs/pii/S1521689615000038" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/nursing-healthcare/degrees/bsc-nursing-r39" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/health-sports-psychology/an-introduction-digital-simulation-healthcare/content-section-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/news/254575/clinical-simulation-opportunity-evaluate-digital-health/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aspih.org.uk/standards-2/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corwin-connect.com/2015/11/the-importance-of-debriefing-in-learning-and-what-that-might-look-like-in-the-classroom/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asmepublications.onlinelibrary.wiley.com/doi/full/10.1111/tct.12300" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learninghub.nhs.uk/catalogue/m-care?nodeId=9235" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/health-sports-psychology/practice-supervision-and-assessment-nursing/content-section-0?active-tab=description-tab" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/nursing-healthcare/degrees/bsc-nursing-r39" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/health-sports-psychology/an-introduction-digital-simulation-healthcare/content-section-0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\AaaF\local_assets\global_docx.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -21210,51 +20892,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -21404,91 +21086,91 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>global_docx</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>65378</Characters>
+  <Pages>5</Pages>
+  <Words>9907</Words>
+  <Characters>64695</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2971</Lines>
-  <Paragraphs>846</Paragraphs>
+  <Lines>1748</Lines>
+  <Paragraphs>847</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>The Open University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>74528</CharactersWithSpaces>
+  <CharactersWithSpaces>73755</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>An introduction to digital simulation in healthcare</dc:title>
   <dc:subject/>
   <dc:creator>The Open University</dc:creator>
   <cp:keywords/>
   <dc:description>Comments</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="UnitURL">
     <vt:lpwstr>https://www.open.edu/openlearn/health-sports-psychology/an-introduction-digital-simulation-healthcare/content-section-0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DateProcessed">
-    <vt:lpwstr>12th August 2025</vt:lpwstr>
+    <vt:lpwstr>23rd January 2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ItemID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ItemTitle">
     <vt:lpwstr>An introduction to digital simulation in healthcare</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="OuLogo">
     <vt:lpwstr>\\stcn-file-live\system\other\oulogo.jpg</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="BrandLogo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Copyright">
     <vt:lpwstr>Unless otherwise stated, copyright © 2025 The Open University, all rights reserved.</vt:lpwstr>
   </property>
 </Properties>
 </file>