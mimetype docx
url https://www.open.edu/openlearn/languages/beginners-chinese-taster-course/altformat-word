--- v0 (2025-11-28)
+++ v1 (2026-01-22)
@@ -9,1579 +9,1499 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="42419ED9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0C5B47EE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C9D68E9" wp14:editId="4016755D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3096D91D" wp14:editId="1BCF639C">
             <wp:extent cx="5278120" cy="8444992"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="Beginners’ Chinese: a taster course"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Beginners’ Chinese: a taster course"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278120" cy="8444992"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31023B03" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="3A37E4BB" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF769B4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="39EB4DC2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
-        <w:divId w:val="1257128265"/>
+        <w:divId w:val="1067797547"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t>CHN_1   Beginners’ Chinese: a taster course</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="219ECFD8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1312CEB1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="384" w:beforeAutospacing="0" w:after="144" w:afterAutospacing="0" w:line="216" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1257128265"/>
+        <w:divId w:val="1067797547"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Beginners’ Chinese: a taster course</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B468609" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="1E3CB126" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45AD0F21" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="58557B7D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>About this free course</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2A4F77" w14:textId="3763F655" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="626F60F2" w14:textId="453EFDD7" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> course provides a sample of studying at beginner’s level for </w:t>
+        <w:t xml:space="preserve">This OpenLearn course provides a sample of studying at beginner’s level for </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>non-accredited language learning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41373FFA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="65E70B63" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This version of the content may include video, images and interactive content that may not be optimised for your device. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9E390D" w14:textId="12D513E6" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="6BACCF3F" w14:textId="4E8499E0" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">You can experience this free course as it was originally designed on </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, the home of free learning from The Open University </w:t>
+        <w:t xml:space="preserve">You can experience this free course as it was originally designed on OpenLearn, the home of free learning from The Open University </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.open.edu/openlearn/languages/beginners-chinese-taster-course/content-section-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="73FFA2C1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="5F978E82" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>There you’ll also be able to track your progress via your activity record, which you can use to demonstrate your learning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3113A9D8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="5442FD59" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>First published 2020.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A679451" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="28FE1D4B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unless otherwise stated, copyright © 2025 The Open University, all rights reserved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B1C0E4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="37B6978B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Intellectual property</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0841C006" w14:textId="7347A394" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="72E08C68" w14:textId="1FCDB321" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Unless otherwise stated, this resource is released under the terms of the Creative Commons Licence v4.0 </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Within that The Open University interprets this licence in the following way: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.open.edu/openlearn/about-openlearn/frequently-asked-questions-on-openlearn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copyright and rights falling outside the terms of the Creative Commons Licence are retained or controlled by The Open University. Please read the full text before using any of the content. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D706DCF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="2B77549D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We believe the primary barrier to accessing high-quality educational experiences is cost, which is why we aim to publish as much free content as possible under an open licence. If it proves difficult to release content under our preferred Creative Commons licence (e.g. because we can’t afford or gain the clearances or find suitable alternatives), we will still release the materials for free under a personal end-user licence. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D3190EA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="1BF5D4FE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is because the learning experience will always be the same high quality offering and that should always be seen as positive – even if at times the licensing is different to Creative Commons. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31913E5F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="40F8D277" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When using the content you must attribute us (The Open University) (the OU) and any identified author in accordance with the terms of the Creative Commons Licence. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C12826D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="24AEEFEE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Acknowledgements section is used to list, amongst other things, third party (Proprietary), licensed content which is not subject to Creative Commons licensing. Proprietary content must be used (retained) intact and in context to the content at all times. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D22671D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="559246041"/>
+    <w:p w14:paraId="663748FD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Acknowledgements section is also used to bring to your attention any other Special Restrictions which may apply to the content. For example there may be times when the Creative Commons Non-Commercial </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">The Acknowledgements section is also used to bring to your attention any other Special Restrictions which may apply to the content. For example there may be times when the Creative Commons Non-Commercial Sharealike licence does not apply to any of the content even if owned by us (The Open University). In these instances, unless stated otherwise, the content may be used for personal and non-commercial use. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F7EF58" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sharealike</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> licence does not apply to any of the content even if owned by us (The Open University). In these instances, unless stated otherwise, the content may be used for personal and non-commercial use. </w:t>
-[...4 lines deleted...]
-        <w:divId w:val="559246041"/>
+        <w:t xml:space="preserve">We have also identified as Proprietary other material included in the content which is not subject to Creative Commons Licence. These are OU logos, trading names and may extend to certain photographic and video images and sound recordings and any other material as may be brought to your attention. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA5F037" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">We have also identified as Proprietary other material included in the content which is not subject to Creative Commons Licence. These are OU logos, trading names and may extend to certain photographic and video images and sound recordings and any other material as may be brought to your attention. </w:t>
-[...4 lines deleted...]
-        <w:divId w:val="559246041"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Unauthorised use of any of the content may constitute a breach of the terms and conditions and/or intellectual property laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFD4187" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        <w:divId w:val="559246041"/>
+        <w:t>We reserve the right to alter, amend or bring to an end any terms and conditions provided here without notice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC79FD3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>We reserve the right to alter, amend or bring to an end any terms and conditions provided here without notice.</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="559246041"/>
+        <w:t>All rights falling outside the terms of the Creative Commons licence are retained or controlled by The Open University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4B3BF0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>All rights falling outside the terms of the Creative Commons licence are retained or controlled by The Open University.</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="559246041"/>
+        <w:t>Head of Intellectual Property, The Open University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074761AC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="621107888"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Head of Intellectual Property, The Open University</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="559246041"/>
+        <w:t xml:space="preserve">978-1-4730-3158-6 (.epub) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...27 lines deleted...]
-        </w:rPr>
         <w:br/>
-        <w:t>978-1-4730-3159-3 (.</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="6C41AD12" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+        <w:t xml:space="preserve">978-1-4730-3159-3 (.kdl) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49710ACC" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E55C021" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="78C3B646" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB88DA0" w14:textId="32969758" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="07349EC8" w14:textId="73BF0B1B" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session1" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="251E1296" w14:textId="5C3C3293" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="08BC222C" w14:textId="14AD3750" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session2" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Learning outcomes</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="490031A5" w14:textId="4E243D65" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="07B3D92F" w14:textId="43649ADA" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>1 The Chinese language</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44D4F3A2" w14:textId="391F905D" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="3BD531A8" w14:textId="51AE29D2" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
         <w:ind w:left="3480"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Section1" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>1.1 Varieties of Chinese</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38935E1A" w14:textId="05EA73FF" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="7CDED391" w14:textId="5C9130B1" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
         <w:ind w:left="3480"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Section2" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>1.2 Pinyin</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="088DD388" w14:textId="164FBFCD" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="0B676434" w14:textId="0147ED26" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
         <w:ind w:left="3480"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Section3" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>1.3 Tones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43F8B1D7" w14:textId="549B0DDE" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="187BE28E" w14:textId="18987474" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
         <w:ind w:left="3480"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Section4" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>1.4 Chinese characters</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36CB701B" w14:textId="6CC486EA" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="63AF15E2" w14:textId="59DFA205" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
         <w:ind w:left="3480"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Section5" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t xml:space="preserve">1.5 Simplified and traditional forms of Chinese characters </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35987DF9" w14:textId="156BEB05" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="4EE77710" w14:textId="7F610A27" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
         <w:ind w:left="3480"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Section6" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>1.6 Word formation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36257BD8" w14:textId="42416DAB" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="20CF733C" w14:textId="5B375904" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
         <w:ind w:left="3480"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Section7" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>1.7 How to memorise and combine characters</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="570CE4C2" w14:textId="51EB30B4" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="51849724" w14:textId="5119CCB3" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session4" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>2 Greetings</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E1C5FAC" w14:textId="29AF754D" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="1A0BF879" w14:textId="4BE25CF4" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session5" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>3 Introducing oneself</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="081DD141" w14:textId="1D9956DF" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="243D5882" w14:textId="2A076C40" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
         <w:ind w:left="3480"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session5_Section1" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>3.1 Nationalities</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AF154A5" w14:textId="70A408A8" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="607945DF" w14:textId="55426064" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0"/>
         <w:ind w:left="3480"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session5_Section2" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>3.2 Professional titles and basic professions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17493A53" w14:textId="21917BCC" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="277A6344" w14:textId="26AF6FC8" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session6" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>4 Basic numbers</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F4F49B5" w14:textId="6DFC91D8" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="1D3EE6B8" w14:textId="04EE0B7A" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session7" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Conclusion</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4FCB9080" w14:textId="34671FE5" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="1125F178" w14:textId="5EF989B2" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session8" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Further reading</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F736022" w14:textId="626D2616" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="77AD4D26" w14:textId="5C7F425B" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session9" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Acknowledgements</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="183BC5D5" w14:textId="0F739F96" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="4E75B2B9" w14:textId="3847B446" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Solutions1" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Solutions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="482128D0" w14:textId="4D11BFF1" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="1456503B" w14:textId="53BDADFB" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="1615676924"/>
+        <w:divId w:val="798454394"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Descriptions1" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Descriptions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52005BE0" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="03127163" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C1ED19" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="06FA3B4F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1123498223"/>
+        <w:divId w:val="1395858159"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Session1"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB1CFD2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="48C200BE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This free course, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>Beginners' Chinese: a taster course</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, is introductory material for absolute beginners in Chinese based on The Open University’s 30-credit module Beginners’ Chinese (L108). This course concentrates on Mandarin Chinese as a tool for communication, but also provides some insights into Chinese society and culture. It contains a brief introduction to the Chinese language, its scripts and sounds, and how words are formed. The language activities and audio extracts presented here are not meant for a complete course, but are samples to give you a taste of what it is like to learn Chinese online with The Open University. You will hear short conversations where people greet each other and introduce themselves, and learn how to count from one to ten. You’ll learn different ways of saying your name and greeting people, as well as give your telephone number. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7E68F4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="55A357F5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Before you continue with this course, make sure you have enabled the Chinese font on your computer. Video 1 gives step-by-step instructions on how to do this for both PC and Mac users. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8D454A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="76723129" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A7E9E5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="15D4E5F6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1702441410"/>
+        <w:divId w:val="1571887351"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="Session1_MediaContent1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>Video content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C4D100" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2386CFC8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1507285832"/>
+        <w:divId w:val="233249643"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Video 1</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="2" w:name="View_Session1_Transcript1"/>
-    <w:p w14:paraId="0E92F2E6" w14:textId="5D0BD0D0" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="05DDF517" w14:textId="585EE912" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1507285832"/>
+        <w:divId w:val="233249643"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session1_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Video 1</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="367D2BCF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1507285832"/>
+    <w:p w14:paraId="2F102722" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="233249643"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B067E42" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="19BA0A89" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="2036037207"/>
+        <w:divId w:val="1573195734"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="Session1_Figure1"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67270BC5" wp14:editId="75B41CF9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6771D64E" wp14:editId="4BF05D22">
             <wp:extent cx="5278120" cy="2834928"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="2" name="Picture 2" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278120" cy="2834928"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4326B6EB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1507285832"/>
+    <w:p w14:paraId="1132F2AE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="233249643"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F442279" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="6A94A692" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33EB5247" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="63C71311" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Now watch Video 2 which explains how to type words in Chinese on a computer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C02ADC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="67335FD2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18391530" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="38EFE3AA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="40132773"/>
+        <w:divId w:val="1510219267"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="Session1_MediaContent2"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>Video content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60EE8F0E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="65FDCB92" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="622735612"/>
+        <w:divId w:val="728264727"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Video 2</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="5" w:name="View_Session1_Transcript2"/>
-    <w:p w14:paraId="3AF2E3E7" w14:textId="1F6F67CE" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="54777F92" w14:textId="46D05D98" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="622735612"/>
+        <w:divId w:val="728264727"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session1_Transcript2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Video 2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="131DEA44" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="622735612"/>
+    <w:p w14:paraId="0765F496" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="728264727"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB0E1E8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...2 lines deleted...]
-        <w:divId w:val="1347248856"/>
+    <w:p w14:paraId="6D64CB39" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="1907718855"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="Session1_Figure2"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C4CEBD4" wp14:editId="7498AE52">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09FD3CCB" wp14:editId="09E7E522">
             <wp:extent cx="5278120" cy="3742105"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Picture 3" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Picture 3" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278120" cy="3742105"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D76BC2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="622735612"/>
+    <w:p w14:paraId="4ED53468" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="728264727"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344DA94D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="6448466E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2264AED0" w14:textId="4C4104B7" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="43C2E332" w14:textId="72237EC0" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You may wish to print out the </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Instructions on how to enable Chinese font and type characters</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> for your own reference. Note that Video 1 and the instructions about enabling Chinese fonts for PC were based on Windows 10. For Windows 11, see Video 3 below. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B93321D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="2692CAF5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please note, to revert back to an English (or your primary language) keyboard on a Windows PC you will need to click on the </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Chinese character </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2110C85A" wp14:editId="699B52E5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70434958" wp14:editId="28BC2F4B">
             <wp:extent cx="381000" cy="361950"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Picture 4" descr="Inline image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4" descr="Inline image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -1593,51 +1513,51 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="381000" cy="361950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, which appears in the bottom right hand corner of your computer screen next to the date and time and where you will have originally switched from an English to Chinese keyboard. Once you have clicked on this character you will then be given the option to select the English keyboard. The same rules apply for reverting back to English on a Mac, however the character </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CF2AEF5" wp14:editId="413663BA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D1485E4" wp14:editId="6D008CED">
             <wp:extent cx="333375" cy="371475"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="5" name="Picture 5" descr="Inline image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 5" descr="Inline image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -1645,315 +1565,315 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="333375" cy="371475"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> will be found in the top right hand corner or your computer screen, again in the position where you originally switched your keyboard to Chinese. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F64021" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="6880F204" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:t>Watch the video below for adding Chinese keyboard and typing on Windows 11, MacOS, Android and iOS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A06F14E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="35D17B90" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47640378" w14:textId="4BF3E66C" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="407E23AC" w14:textId="7C38B2BB" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1312178631"/>
+        <w:divId w:val="1272977708"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="Session1_MediaContent3"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t xml:space="preserve">Watch the video at </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>YouTube.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E5ED08" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="422B4797" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="120149910"/>
+        <w:divId w:val="947008985"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Video 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C32EF7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="116637FC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FED7227" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1123498223"/>
+    <w:p w14:paraId="197E8701" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395858159"/>
       </w:pPr>
       <w:r>
         <w:t>You can also consult Windows Support page for adding the Chinese keyboard for both Windows 10 and Windows 11.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7DF3D0" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="62EE811C" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4291B945" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="01C852F9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="485167186"/>
+        <w:divId w:val="1225487810"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="Session2"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Learning outcomes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B7D7304" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="485167186"/>
+    <w:p w14:paraId="7D23DE7D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1225487810"/>
       </w:pPr>
       <w:r>
         <w:t>After studying this course, you should be able to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B25052" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="641B5EEA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="485167186"/>
+        <w:divId w:val="1225487810"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>understand how to enable the Chinese keyboard and type characters on a western keyboard</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C03AF9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0915315F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="485167186"/>
+        <w:divId w:val="1225487810"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>demonstrate an awareness of the varieties of the Chinese language</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A32C7D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0D13AE61" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="485167186"/>
+        <w:divId w:val="1225487810"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>understand how the sound system of Mandarin Chinese (pinyin and tones) works</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CEE7C92" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="471580CD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="485167186"/>
+        <w:divId w:val="1225487810"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">understand that there are simplified and traditional forms of Chinese characters and have an awareness of how they are combined together to form new meanings </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="242DB99E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1EFB0FD7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="485167186"/>
+        <w:divId w:val="1225487810"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>demonstrate basic vocabulary and pronunciation related to greetings, numbers, names and nationalities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0936AE4E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="209B7D01" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="485167186"/>
+        <w:divId w:val="1225487810"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">demonstrate a cultural understanding of how professional titles are used to address people. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BFCFC3D" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="7975AA89" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E21721A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="027CC07A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1433816864"/>
+        <w:divId w:val="1962415806"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="Session3"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>1 The Chinese language</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64234B13" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1433816864"/>
+    <w:p w14:paraId="06F0AED6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1962415806"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Chinese language, in its various forms, is spoken by the Han Chinese and is known in China as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>汉语</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
@@ -1963,1588 +1883,1431 @@
         <w:t>à</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>n y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ŭ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">(literally, Han language). The Han Chinese constitutes about 94 percent of China’s population. About 70 percent of the Han people speak Mandarin Chinese; the remaining 30 percent speak other related Chinese languages or dialects. Speakers of </w:t>
-[...12 lines deleted...]
-        <w:divId w:val="1433816864"/>
+        <w:t xml:space="preserve">(literally, Han language). The Han Chinese constitutes about 94 percent of China’s population. About 70 percent of the Han people speak Mandarin Chinese; the remaining 30 percent speak other related Chinese languages or dialects. Speakers of non-Chinese languages (e.g. Mongolian, Tibetan) make up about 6 percent of China’s population. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A700928" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1962415806"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mandarin Chinese is the official language of the People’s Republic of China and Taiwan, and one of the official languages of Singapore. It is also one of the six official languages of the United Nations. Mandarin and other forms of Chinese are spoken by many expatriate Chinese communities, both in Southeast Asia and overseas. The map below shows how the Chinese language has spread around the world. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B74289E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1433816864"/>
+    <w:p w14:paraId="171C23F5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1962415806"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62473141" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2D9C2FCB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="469590326"/>
+        <w:divId w:val="1168248911"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="Session3_Figure1"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="639CA404" wp14:editId="7723C8B6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A90C4C5" wp14:editId="69856098">
             <wp:extent cx="5278120" cy="3269757"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:docPr id="6" name="Picture 6" descr="Map of the world colour-coded to show Chinese-speaking areas."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Picture 6" descr="Map of the world colour-coded to show Chinese-speaking areas."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278120" cy="3269757"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60396E31" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5BE244A7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="sourcereference"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="2381" w:right="0"/>
-        <w:divId w:val="1904876617"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="16453701" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+        <w:divId w:val="558130876"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(Adapted from ASDFGHJ, ‘A map of the Sinophone world’, 24 January 2009, en.wikipedia.org/wiki/File:New-Map-Sinophone_World.PNG, last accessed 29 May 2009) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1270A691" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1904876617"/>
+        <w:divId w:val="558130876"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The Chinese-speaking world </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="11" w:name="View_Session3_Description1"/>
-    <w:p w14:paraId="785BD5BC" w14:textId="0FA757F1" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="06B2D1BC" w14:textId="43660E0B" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1904876617"/>
+        <w:divId w:val="558130876"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View description - Figure 1 The Chinese-speaking world</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:bookmarkStart w:id="12" w:name="View_Session3_Alternative1"/>
-    <w:p w14:paraId="76238C39" w14:textId="7D63831C" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1524D099" w14:textId="3CF88790" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1904876617"/>
+        <w:divId w:val="558130876"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Alternative1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View alternative description - Figure 1 The Chinese-speaking world</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="4CC75B85" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1433816864"/>
+    <w:p w14:paraId="40633302" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1962415806"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170EDE0D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="38A89AC2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="981233841"/>
+        <w:divId w:val="1153982867"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="Session3_Section1"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>1.1 Varieties of Chinese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30695F4E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...21 lines deleted...]
-        <w:divId w:val="981233841"/>
+    <w:p w14:paraId="3745E5CF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1153982867"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Apart from Mandarin, the other six major varieties of spoken Chinese are Cantonese, Gan, Hakka, Min, Wu and Xiang. The map below shows the areas of China in which they are spoken and by approximately how many people, as well as the parts of China where non-Chinese languages are predominantly spoken. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8E0E2B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1153982867"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F38209" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="57C24489" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="743842273"/>
+        <w:divId w:val="1603101031"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="Session3_Figure2"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29E342F5" wp14:editId="5C4C1784">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B82F3C1" wp14:editId="20FBF990">
             <wp:extent cx="5278120" cy="4646965"/>
             <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:docPr id="7" name="Picture 7" descr="Map of China showing where the different varieties of spoken Chinese are predominantly spoken."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Picture 7" descr="Map of China showing where the different varieties of spoken Chinese are predominantly spoken."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278120" cy="4646965"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D0744E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="52CC2F75" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="sourcereference"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="2381" w:right="0"/>
-        <w:divId w:val="884560855"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="060A906F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+        <w:divId w:val="1297251742"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(Adapted from ‘Chinese dialects in China’, 1987, www.rcl.cityu.edu.hk/atlas/20/A2_20.jpg, last accessed 29 May 2009, and Wu Yue, ‘Map of the Sinitic languages’, 2004, en.wikipedia.org/wiki/File:Map_of_sinitic_languages-en.svg, last accessed 29 May 2009) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4586B9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="884560855"/>
+        <w:divId w:val="1297251742"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Figure 2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Varieties of Chinese </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="15" w:name="View_Session3_Description2"/>
-    <w:p w14:paraId="5E53995C" w14:textId="3C0DB426" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4C4E64A3" w14:textId="25A68FCB" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="884560855"/>
+        <w:divId w:val="1297251742"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Description2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View description - Figure 2 Varieties of Chinese</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:bookmarkStart w:id="16" w:name="View_Session3_Alternative2"/>
-    <w:p w14:paraId="482F509D" w14:textId="5EC9CC46" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="76779DC0" w14:textId="3D4FB3EF" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="884560855"/>
+        <w:divId w:val="1297251742"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Alternative2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View alternative description - Figure 2 Varieties of Chinese</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="5A3469FB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="981233841"/>
+    <w:p w14:paraId="65EBB51A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1153982867"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D29EF2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="981233841"/>
+    <w:p w14:paraId="1E8F8515" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1153982867"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There is some debate among linguists about whether the different varieties of Chinese should be regarded as dialects or as languages in their own right. Interpretations depend on how ‘language’ and ‘dialect’ are defined. Furthermore, each dialect group consists of many sub-dialects, several of which are spoken widely enough to be categorised by some linguists as major dialects (or languages) that could justifiably be added to the list above. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56287ECF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="981233841"/>
+    <w:p w14:paraId="02F139EB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1153982867"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The samples presented here teach Mandarin Chinese in its standardised modern form. Standard Mandarin Chinese is commonly referred to as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>普通</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>话</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>pŭ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>pŭ tōng huà</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(common speech) in the People’s Republic of China, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>国</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>语</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>guó yŭ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t xml:space="preserve">(national language) in Taiwan and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>华语</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>tōng</w:t>
-[...4 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+        <w:t>huá yŭ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...111 lines deleted...]
-      </w:r>
       <w:r>
         <w:t xml:space="preserve">(Chinese language) in Singapore. In this course, Mandarin Chinese will simply be referred to as ‘Chinese’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A959D51" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="7B47A430" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1153982867"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Chinese is often perceived in the West as a difficult language, mainly because of its different character script and the fact that it is a tonal language – i.e. it uses tones to distinguish meanings. Chinese grammar, on the other hand, is quite simple compared to that of many European languages. There is no conjugation, number agreement or case change, so you only ever have to learn a word in one form. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C12FA1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="981233841"/>
+    <w:p w14:paraId="0672D202" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1153982867"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To start, test your knowledge of the Chinese language with a quiz in Activity 1. You will then move on to learn about it in more depth by exploring pinyin, tones and word formation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764CE8FC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="981233841"/>
+    <w:p w14:paraId="7DEF57FC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1153982867"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F92FFE8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="620F66C4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="240" w:right="240"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="2077388502"/>
+        <w:divId w:val="1323243566"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="Session3_Activity1"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Activity 1 Chinese language general knowledge quiz </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45706AEE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="516576812"/>
+    <w:p w14:paraId="03E64FBD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1980382084"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="Session3_Part1"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C30BD9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="800537324"/>
+    <w:p w14:paraId="358DB3AB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="669337479"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="Session3_Question1"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>Answer true or false.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49AA4013" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="800537324"/>
+    <w:p w14:paraId="18326ED5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="669337479"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1. Mandarin Chinese is the official language of the People’s Republic of China and Taiwan, and one of the official languages of Singapore and the United Nations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2368F43E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="516576812"/>
+    <w:p w14:paraId="61D28E56" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1980382084"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6EB21D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="221718309"/>
+    <w:p w14:paraId="65AB527B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="592789060"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB3AFDF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="78881F55" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1283339557"/>
+      </w:pPr>
+      <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="20" w:name="View_Session3_Interaction1"/>
-    <w:p w14:paraId="416EAD5E" w14:textId="56709827" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1926FA3D" w14:textId="5E343266" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="516576812"/>
+        <w:divId w:val="1980382084"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:bookmarkStart w:id="21" w:name="View_Session3_Discussion1"/>
-    <w:p w14:paraId="4DFDC132" w14:textId="4CF8DC0B" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="075AC178" w14:textId="11EF87EF" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="516576812"/>
+        <w:divId w:val="1980382084"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Discussion1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View discussion - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="1AE97109" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1379672490"/>
+    <w:p w14:paraId="3FBCBAC3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2035419054"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="Session3_Part2"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A21FE5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="104160224"/>
+    <w:p w14:paraId="46559E16" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1295016769"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="Session3_Question2"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t xml:space="preserve">2. The Han Chinese (who speak </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>汉语</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>hàn</w:t>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>hàn yŭ</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">) constitute about 70 percent of China’s population. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAE3B74" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1379672490"/>
+    <w:p w14:paraId="5D9E8443" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2035419054"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2BB1E0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1050305937"/>
+    <w:p w14:paraId="2544E91D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1288850769"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6053A4F5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2143424472"/>
+    <w:p w14:paraId="5FAFD127" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="955677664"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="24" w:name="View_Session3_Interaction2"/>
-    <w:p w14:paraId="03EC28E5" w14:textId="1C33F3AC" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="76F7BA47" w14:textId="2506A607" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1379672490"/>
+        <w:divId w:val="2035419054"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:bookmarkStart w:id="25" w:name="View_Session3_Discussion2"/>
-    <w:p w14:paraId="15E97D29" w14:textId="03544933" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="18B23254" w14:textId="0D9B7EFB" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1379672490"/>
+        <w:divId w:val="2035419054"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Discussion2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View discussion - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="39734890" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1798061768"/>
+    <w:p w14:paraId="07416FCD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="580136921"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="Session3_Part3"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B39EC5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="304700619"/>
+    <w:p w14:paraId="746AB02F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="483621949"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="Session3_Question3"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">3. Apart from Mandarin, there is only one more variety of spoken Chinese called Cantonese. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DEB8F9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1798061768"/>
+    <w:p w14:paraId="3BF5FB6D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="580136921"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126ACDED" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2038700914"/>
+    <w:p w14:paraId="66BB6447" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1644583994"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266AA9AF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1730884114"/>
+    <w:p w14:paraId="3E02F646" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1183667590"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="28" w:name="View_Session3_Interaction3"/>
-    <w:p w14:paraId="64FC54F8" w14:textId="32D74855" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="12AEA649" w14:textId="7013BABD" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1798061768"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="580136921"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:bookmarkStart w:id="29" w:name="View_Session3_Discussion3"/>
-    <w:p w14:paraId="3F54A95A" w14:textId="40CF1721" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="512E039A" w14:textId="0BDCE036" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1798061768"/>
+        <w:divId w:val="580136921"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Discussion3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View discussion - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="2DF1B3D1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="821656776"/>
+    <w:p w14:paraId="6D4D16EA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="462121713"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Session3_Part4"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8C35C3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="617109055"/>
+    <w:p w14:paraId="41750565" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1065370757"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="Session3_Question4"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t xml:space="preserve">4. Chinese is a non-alphabetic script and is a tonal language. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F755B4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="821656776"/>
+    <w:p w14:paraId="415CCD3B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="462121713"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409FA864" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1126116323"/>
+    <w:p w14:paraId="203A2C99" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="833030376"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="480BE18A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="919486186"/>
+    <w:p w14:paraId="72CDAD17" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="919757455"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="32" w:name="View_Session3_Interaction4"/>
-    <w:p w14:paraId="0AD8437A" w14:textId="61CD7F5F" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="57763E72" w14:textId="09DCA014" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="821656776"/>
+        <w:divId w:val="462121713"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:bookmarkStart w:id="33" w:name="View_Session3_Discussion4"/>
-    <w:p w14:paraId="25A158B8" w14:textId="71974B73" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6E467540" w14:textId="36E11F86" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="821656776"/>
+        <w:divId w:val="462121713"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Discussion4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View discussion - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="39D54391" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2086760356"/>
+    <w:p w14:paraId="200D104A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1339962942"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="Session3_Part5"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="458DD868" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="977609075"/>
+    <w:p w14:paraId="30369A0F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="928780846"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="Session3_Question5"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t xml:space="preserve">5. The word for ‘China’ in Mandarin Chinese is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中国</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zhōng</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>zhōng guó</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">, which means ‘middle kingdom’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB3F99A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2086760356"/>
+    <w:p w14:paraId="39C10D9D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1339962942"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7B7166" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1422678584"/>
+    <w:p w14:paraId="3E34038C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="185139984"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BA11A0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1049915076"/>
+    <w:p w14:paraId="6C78DE95" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="307131919"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="36" w:name="View_Session3_Interaction5"/>
-    <w:p w14:paraId="7B42EA1C" w14:textId="2D723F14" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="73FFFA54" w14:textId="1710DE83" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2086760356"/>
+        <w:divId w:val="1339962942"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="511C1CD9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="981233841"/>
+    <w:p w14:paraId="3E3360A0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1153982867"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8B813B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="540EBA8F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1623345664"/>
+        <w:divId w:val="822355599"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="Session3_Section2"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>1.2 Pinyin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E98A74" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1623345664"/>
+    <w:p w14:paraId="5417D105" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="822355599"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There are various systems for transcribing Chinese sounds into the Roman alphabet. Pinyin was adopted as the official system in the People’s Republic of China in 1958, and has since become the standard and most-used form of transcription in schools, the media and elsewhere. This course uses pinyin in the teaching of pronunciation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02714BB4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1623345664"/>
+    <w:p w14:paraId="30BA9B30" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="822355599"/>
       </w:pPr>
       <w:r>
         <w:t>Watch the video below to learn more about how pinyin was created.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F71D769" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1623345664"/>
+    <w:p w14:paraId="01E04946" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="822355599"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D61B8A1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1467A4D3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1361323202"/>
+        <w:divId w:val="1920166585"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="Session3_MediaContent1"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>Video content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F4CF09" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="672AF471" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1026829206"/>
+        <w:divId w:val="700012705"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Video 4</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="39" w:name="View_Session3_Transcript1"/>
-    <w:p w14:paraId="32B737E1" w14:textId="0D1115FF" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="75F06FF5" w14:textId="68DE1394" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1026829206"/>
+        <w:divId w:val="700012705"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Video 4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="39E781A3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1026829206"/>
+    <w:p w14:paraId="24041333" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="700012705"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01652E53" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4B61557B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="738596699"/>
+        <w:divId w:val="1584029656"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="Session3_Figure3"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CE31E3E" wp14:editId="7F9E99A5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73158451" wp14:editId="27DE3227">
             <wp:extent cx="5278120" cy="3958590"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="8" name="Picture 8" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Picture 8" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278120" cy="3958590"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21AECD0B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1026829206"/>
+    <w:p w14:paraId="7019343C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="700012705"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49FCDCE3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1623345664"/>
+    <w:p w14:paraId="11F5D8DC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="822355599"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B2D728" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1623345664"/>
+    <w:p w14:paraId="1F8D3B87" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="822355599"/>
       </w:pPr>
       <w:r>
         <w:t>Read the language note below about pinyin sounds and then, in the activity that follows, listen to how each one is pronounced.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF4DDDD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1623345664"/>
+    <w:p w14:paraId="08316816" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="822355599"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF05A4C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6A72D6C0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="240" w:right="240"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="578636638"/>
+        <w:divId w:val="875236635"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="Session3_Box1"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Language note: single finals and initials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC50ED8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">called ‘single finals’ and are written in pinyin as </w:t>
+    <w:p w14:paraId="52A57DE2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1668245270"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Chinese is a vowel-dominated language. In total, there are 35 vowel sounds, known as ‘finals’ because they occur at the end of syllables. The six vowel sounds you will hear in Activity 2 are called ‘single finals’ and are written in pinyin as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -3563,1286 +3326,1265 @@
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ü</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. These simple vowel sounds are put together in various combinations to form 29 ‘compound finals’, which are beyond the scope of this course. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D74A43" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1471821938"/>
+    <w:p w14:paraId="31DB23CA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1668245270"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There are 23 consonant sounds in Chinese, called ‘initials’ because they appear at the start of syllables. Here are the 23 initials: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5648C55B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1471821938"/>
+    <w:p w14:paraId="3EF8CA4F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1668245270"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C805CE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="69760EF1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="663584032"/>
+        <w:divId w:val="1495225796"/>
       </w:pPr>
       <w:r>
         <w:t>Table 1 Initials</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="904"/>
         <w:gridCol w:w="904"/>
         <w:gridCol w:w="1097"/>
         <w:gridCol w:w="1213"/>
         <w:gridCol w:w="1213"/>
         <w:gridCol w:w="1175"/>
         <w:gridCol w:w="903"/>
         <w:gridCol w:w="903"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C749A" w14:paraId="394E0B0B" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="3584B7D4" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="663584032"/>
+          <w:divId w:val="1495225796"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54939031" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="71281002" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="42" w:name="Session3_Table1"/>
             <w:bookmarkEnd w:id="42"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C0F9845" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="28FB227A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D515B32" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="45665EA3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7524559E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="03497586" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DF5810B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="342E5525" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E64332D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="70854083" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="050C1753" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4308CACA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BE773B0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4358821F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="705327A8" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="4DDC723C" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="663584032"/>
+          <w:divId w:val="1495225796"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="020A7240" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="3F8D0E51" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65CDBF24" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="216B0C26" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="212AA345" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="22BDD5AA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BC65AB7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="67BA95A6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="039317B8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="7C0BF8AA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D019D6C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="724F7928" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02011F31" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="6DE7E6D8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>q</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00163DF2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="748FDB49" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="3FBC124D" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="7C74BA3F" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="663584032"/>
+          <w:divId w:val="1495225796"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41255874" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="1D17453C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>z</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50BF2FC8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="20C7D5AE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5198FD19" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="2D5D479C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75328211" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="6E90E584" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>zh</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DB4CC26" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="47C1DB7C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>ch</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C089EF5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="730DF87D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>sh</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41C6C59E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="7A02C872" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0198031D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="57D0B320" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D16F89B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1471821938"/>
+    <w:p w14:paraId="251A0B1C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1668245270"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654C0F13" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1623345664"/>
+    <w:p w14:paraId="7328ED56" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="822355599"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31EB31A8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1623345664"/>
+    <w:p w14:paraId="0425F6FB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="822355599"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DCC722" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3F809CAD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="725958686"/>
+        <w:divId w:val="148446432"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="Session3_Activity2"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 2 Finals and initials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED039AA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2092003139"/>
+    <w:p w14:paraId="44077A1B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1005203681"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1541388E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    <w:p w14:paraId="6DE42ECE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="Session3_Question6"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t xml:space="preserve">When you listen to the audio track below you will hear six single vowels, known as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>finals</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in Chinese. Repeat after each sound. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02235490" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    <w:p w14:paraId="65E47C3C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Start of Extract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206FDBE6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1293562437"/>
+    <w:p w14:paraId="097EFD1D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1289704026"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="Session3_Extract1"/>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ü</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E53DA40" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    <w:p w14:paraId="67C109EA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Extract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71E8B5F8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    <w:p w14:paraId="73A641AD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You will then combine these vowels with some consonants, known as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>initials</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in Chinese. Note how similar they sound to some English consonants. Repeat after each sound. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0799DA84" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    <w:p w14:paraId="4C328AB9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Extract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3460B153" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="80687109"/>
+    <w:p w14:paraId="4A00C53B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="557476479"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="Session3_Extract2"/>
       <w:bookmarkEnd w:id="46"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ba</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>pa</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ma</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>fa</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>te</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>gu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ku</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>hu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>wo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>yi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    </w:p>
+    <w:p w14:paraId="1A9B4319" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Extract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4726708E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    <w:p w14:paraId="5169E7AE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You will then hear some consonants, or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>initials</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, combined with the final </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Listen and repeat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B8D95E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    <w:p w14:paraId="66E9D0A1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Extract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5677C68F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="758331971"/>
+    <w:p w14:paraId="32F5A933" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="711225732"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="Session3_Extract3"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ji</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>qi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4852,7813 +4594,7136 @@
         <w:t>xi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>zi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ci</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>zhi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>chi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>shi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ri</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    </w:p>
+    <w:p w14:paraId="1568D4E8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Extract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD6B03A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    <w:p w14:paraId="71BC97C7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163350CD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...2 lines deleted...]
-        <w:divId w:val="2027251401"/>
+    <w:p w14:paraId="6B17A2C7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:divId w:val="671101151"/>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="Session3_MediaContent2"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49AF96FF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="04CCA54E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1419403410"/>
+        <w:divId w:val="2010399939"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="49" w:name="View_Session3_Transcript2"/>
-    <w:p w14:paraId="70409C43" w14:textId="101FFB0B" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="39EE624D" w14:textId="02E4DAF2" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1419403410"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="2010399939"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Transcript2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">View transcript - Audio 1 </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
-    <w:p w14:paraId="79B79831" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1428774602"/>
+    <w:p w14:paraId="093DE9F6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27532959"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135698B3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2092003139"/>
+    <w:p w14:paraId="27452882" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1005203681"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2CB91B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1623345664"/>
+    <w:p w14:paraId="232FC82A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="822355599"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC635D8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7B1EAAED" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1191183636"/>
+        <w:divId w:val="2083866881"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="Session3_Section3"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>1.3 Tones</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010C952F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1191183636"/>
+    <w:p w14:paraId="629044BA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2083866881"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Chinese is a tonal language. In Mandarin Chinese, there are four tones (five if you include the neutral tone). Tones are marked in pinyin as follows: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC3ED43" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="53A96C82" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1191183636"/>
+        <w:divId w:val="2083866881"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>1st tone: ‾</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2971FE3B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="25B4A85F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1191183636"/>
+        <w:divId w:val="2083866881"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>2nd tone: ′</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1532E90A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1EAC02A1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1191183636"/>
+        <w:divId w:val="2083866881"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>3rd tone: ˇ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D22E2AC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="47EDA438" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1191183636"/>
+        <w:divId w:val="2083866881"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>4th tone: `</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5EC99C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1191183636"/>
+    <w:p w14:paraId="02C1C7FF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2083866881"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The 1st tone is a high level tone, the 2nd rises from medium to high, the 3rd falls from low medium to low and then rises to high, and the 4th falls from high to low (see Figure 3). The tone marks are put over the single finals </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ü</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. There are some syllables that do not have a tone mark (e.g. some particle words or last syllable in a word), and they are called ‘neutral tone’. The neutral tone is low and flat with no stress. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35693971" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1191183636"/>
+    <w:p w14:paraId="5F223855" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2083866881"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20CD80BD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3ED805A6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="799571232"/>
+        <w:divId w:val="1033921653"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="Session3_Figure4"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16C5DCAE" wp14:editId="164938A2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="655BF511" wp14:editId="37D4F43B">
             <wp:extent cx="1905000" cy="2162175"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="9" name="Picture 9" descr="Diagram showing the different tones in Mandarin Chinese,"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9" name="Picture 9" descr="Diagram showing the different tones in Mandarin Chinese,"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1905000" cy="2162175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D0A097" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="005D89F3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1480150984"/>
+        <w:divId w:val="18824225"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Figure 3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The tones used in Mandarin Chinese </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="52" w:name="View_Session3_Alternative3"/>
-    <w:p w14:paraId="0CAD70BD" w14:textId="5F8E915C" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1F81DE2F" w14:textId="276A50C9" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1480150984"/>
+        <w:divId w:val="18824225"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Alternative3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View alternative description - Figure 3 The tones used in Mandarin Chinese</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="74CAB8C1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1191183636"/>
+    <w:p w14:paraId="54357FAD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2083866881"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201EC9DD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1191183636"/>
+    <w:p w14:paraId="236FE678" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2083866881"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Each syllable has a definite tone. So syllables with different tones mean different things. For example, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>王</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>wáng</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> with the 2nd tone means ‘king’ and is also a common family name, whereas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>忘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>wàng</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> with the 4th tone means ‘to forget’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5832DF9A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1191183636"/>
+    <w:p w14:paraId="16E93C2C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2083866881"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B8F941" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0CB62EC4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="1272976154"/>
+        <w:divId w:val="1341851830"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="Session3_Activity3"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 3 Tones</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3EF213" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1708405072"/>
+    <w:p w14:paraId="442CD352" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="944773886"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D9BD55" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="438139645"/>
+    <w:p w14:paraId="06B3BA86" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1187250311"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="Session3_Question7"/>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Listen to the examples of the four tones on the audio track below, and repeat. You can follow the pinyin in Table 2 as you go. Don’t worry about the meaning of the words at this stage. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26415E97" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="438139645"/>
+    <w:p w14:paraId="38074FF7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1187250311"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D6924F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0B9393CC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1550343468"/>
+        <w:divId w:val="689986739"/>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="Session3_MediaContent3"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B7B72B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="37999D27" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="2044817827"/>
+        <w:divId w:val="1872569671"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="56" w:name="View_Session3_Transcript3"/>
-    <w:p w14:paraId="70FAB79F" w14:textId="6B13BF1F" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1B2EA2CF" w14:textId="0A73E1F8" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2044817827"/>
+        <w:divId w:val="1872569671"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Transcript3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">View transcript - Audio 2 </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
-    <w:p w14:paraId="5D634825" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="438139645"/>
+    <w:p w14:paraId="6728972B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1187250311"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D3972C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="438139645"/>
+    <w:p w14:paraId="1B3C40C3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1187250311"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045B43C3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="718D4125" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="806625246"/>
+        <w:divId w:val="836648676"/>
       </w:pPr>
       <w:r>
         <w:t>Table 2 Examples of the four tones in Mandarin Chinese</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1149"/>
         <w:gridCol w:w="1790"/>
         <w:gridCol w:w="1791"/>
         <w:gridCol w:w="1791"/>
         <w:gridCol w:w="1791"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C749A" w14:paraId="163F900E" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="313BD719" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="806625246"/>
+          <w:divId w:val="836648676"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C433BF9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="53090D25" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="57" w:name="Session3_Table2"/>
             <w:bookmarkEnd w:id="57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A6098C5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="1D4A2314" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>mā</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66D1AB2F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4030798D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>má</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14A12064" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="1EB3F469" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>mǎ</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0464488A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="78B41FFB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>mà</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="7B67998B" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="42C491AB" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="806625246"/>
+          <w:divId w:val="836648676"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F862C39" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="5FB797BF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="795B56F4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="21456709" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>tā</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4023BD16" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="7E8E8647" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>tá</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3619C4F1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="3CC252F8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>tǎ</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15A52420" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="05F5D3A2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>tà</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="3A7CE6DA" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="38D3E8E9" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="806625246"/>
+          <w:divId w:val="836648676"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="507A52FF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="0A152038" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FCED0E2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="6781C8AD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>zhī</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C305C8C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="78FC87DC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>zhí</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="265B36CF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="0AF4FC29" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>zhǐ</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="145275C6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="737A6079" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>zhì</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="03E9B357" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="50112002" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="806625246"/>
+          <w:divId w:val="836648676"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64B0FC54" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="349AFC4D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74CD1920" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="38CDDEA7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>jī</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B49CF11" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4CE38DD9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>jí</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5999B57C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="50C5AE39" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>jǐ</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78D44F0E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4AB9AC3B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>jì</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3791CFC5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="438139645"/>
+    <w:p w14:paraId="3C05DEFE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1187250311"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDC9720" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1708405072"/>
+    <w:p w14:paraId="48489030" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="944773886"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9E894D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1191183636"/>
+    <w:p w14:paraId="22D05A14" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2083866881"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="690657B7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2E1C8689" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1540821318"/>
+        <w:divId w:val="1289244092"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="58" w:name="Session3_Section4"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>1.4 Chinese characters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335FF45A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1762045F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1289244092"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Speakers of different dialects, especially the southern dialects, often cannot understand each other when they speak. However, literate Chinese people can communicate with each other in writing, as they share a common script: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>汉</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>字</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>hàn</w:t>
-[...4 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+        <w:t>hàn zì</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">(lit. Han characters). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264E78BF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1289244092"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Chinese character script is believed to have originated from stylised pictures of physical objects, which evolved over the centuries into characters formed from strokes. The total number of Chinese characters is estimated at about 50,000, of which roughly 3000 are used for everyday purposes. This course teaches simplified characters, which were introduced by the Chinese government in the 1950s in an attempt to increase literacy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7AEEC3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1289244092"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Each character in written Chinese represents a syllable. A word in Chinese can consist of one character (e.g. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>zh</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ō</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, central), two characters ( </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中国</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>zh</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ō</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve">ng </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ng gu</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>gu</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, China) or three characters ( </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>中国人</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>ó</w:t>
-[...20 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>zh</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zh</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ō</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>ō</w:t>
+        <w:t>ng gu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve">ng </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ó</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>gu</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>ó</w:t>
+        <w:t>é</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> r</w:t>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Chinese person/people). In Chinese texts, there is no spacing between characters. Traditionally there was no punctuation either, but this has since been adopted. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26266B3C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1289244092"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">There is no obvious correlation between how characters are written and how they are pronounced. For example, the following three characters, made up of very different strokes, are all pronounced </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>é</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t>jing</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, albeit with different tones: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>京</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (1st tone) means </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">‘capital’; </w:t>
+        <w:t xml:space="preserve"> (1st tone) means ‘capital’; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>井</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (3rd tone) means ‘well’ (as in a water well); and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>净</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (4th tone) means ‘clean’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C19075F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2AEC9FB6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="242615256"/>
+        <w:divId w:val="1219394339"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="Session3_Section5"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">1.5 Simplified and traditional forms of Chinese characters </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273CA074" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="242615256"/>
+    <w:p w14:paraId="52B7C476" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1219394339"/>
       </w:pPr>
       <w:r>
         <w:t>In this section you will learn about traditional and simplified characters and work on some activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE44CEB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="242615256"/>
+    <w:p w14:paraId="6EF8B74F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1219394339"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">After the founding of the People’s Republic of China in 1949, the Chinese government introduced a range of ‘simplified characters’ ( </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>简体字</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>jiăn</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>jiăn tĭ zì</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in an effort to improve the literacy level in the population. About 2,000 characters have been simplified and the rest of the characters remain the same. It is useful to be aware of traditional forms (sometimes referred to as ‘complex characters’ ) ( </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>繁体字</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>făn tĭ zì</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...95 lines deleted...]
-      </w:r>
       <w:r>
         <w:t xml:space="preserve">), as they are still used in Hong Kong, Taiwan and other overseas Chinese communities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6067B7D9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="242615256"/>
+    <w:p w14:paraId="569D46BC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1219394339"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In most cases, the simplification of the 2000 characters involved reducing the number of strokes, while also preserving either the overall shape of the character or of one part of the character. Table 3shows some examples of characters in both simplified and traditional form, and the number of strokes that these forms comprise. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0604EFEE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="242615256"/>
+    <w:p w14:paraId="6AAF9002" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1219394339"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067526C0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6C348446" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="913314812"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="15467999"/>
+      </w:pPr>
+      <w:r>
         <w:t>Table 3 Examples of traditional characters</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="607"/>
         <w:gridCol w:w="3151"/>
         <w:gridCol w:w="1344"/>
         <w:gridCol w:w="966"/>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="966"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C749A" w14:paraId="1353638E" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="5CF545E0" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="913314812"/>
+          <w:divId w:val="15467999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="575C4A72" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="35C372AF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:bookmarkStart w:id="60" w:name="Session3_Table3"/>
             <w:bookmarkEnd w:id="60"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AA0E82F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="261363CA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59F814B6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="50E80969" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>简体字</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
-              <w:t>jiăn</w:t>
+              <w:t>jiăn tĭ zì</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D3F6874" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="70BDD07E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Strokes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2496F7EB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="3CF45953" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>繁体字</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
-              <w:t>făn</w:t>
+              <w:t>făn tĭ zì</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EB1BAAD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="0513A032" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Strokes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="6E47CCDA" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="3EF0BF23" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="913314812"/>
+          <w:divId w:val="15467999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="011EF6DC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4886868E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>xué</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BF11936" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="6BE4C9CE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to learn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B60E472" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="431EC3F8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>学</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F288E65" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="0E50DCBC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71EB7186" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4F30D164" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>學</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="706F060B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="1EDDD2E8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="5C4B232F" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="7F564C28" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="913314812"/>
+          <w:divId w:val="15467999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="538AC6F2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="34E165AD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>yī</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DFF2695" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="46066E05" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>medical</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1077CE7D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="7FB79D4A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>医</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F395944" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="421A1A2A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="362266F6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="7E6AA7E1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>醫</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60D4BC5D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="5CB74EC9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="0B6D50B6" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="1AF2BE1D" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="913314812"/>
+          <w:divId w:val="15467999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4991B563" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="2CB4A440" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>mén</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75E885B5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="290DFFB2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>[plural suffix to make pronouns such as ‘we’]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="745E5C6C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="19171E57" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>们</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="630C9C2F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="26F3BECE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75D0A823" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="6FEBBE73" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>們</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60CF4A96" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="41F624E8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="015B598E" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="6BBD4603" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="913314812"/>
+          <w:divId w:val="15467999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BBDFF06" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="6D740C3D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>guó</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42ED9020" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="180678B9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EBEFAB6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4B520EB9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>国</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FA4DED9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="260BADEB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="230616A8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="291BDAA0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>國</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B9FED32" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="2C9F0631" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28874D84" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="242615256"/>
+    <w:p w14:paraId="5733D47A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1219394339"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B58BE1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="242615256"/>
+    <w:p w14:paraId="7A6B4208" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1219394339"/>
       </w:pPr>
       <w:r>
         <w:t>Now have a go at identifying simplified and traditional characters in Activity 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C434A7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="242615256"/>
+    <w:p w14:paraId="7FD11474" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1219394339"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2624E135" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="130AA78B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="948588794"/>
+        <w:divId w:val="1313755944"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="Session3_Activity4"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 4 Identifying simplified and traditional characters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE06F84" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1514997869"/>
+    <w:p w14:paraId="1ACA4DA6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="723798832"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1022FCD0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="340091513"/>
+    <w:p w14:paraId="5E119E16" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1043863681"/>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="Session3_Question8"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:t xml:space="preserve">Open Google Translate in a separate browser and select Chinese (Simplified) on the left side and Chinese (Traditional) on the right side. Then copy and paste the characters from the Simplified column in Table 4 into Google Translate to see how the same word looks in traditional Chinese. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294973BB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="340091513"/>
+    <w:p w14:paraId="64EAA874" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1043863681"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E9A14F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="194D4AA7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="984510569"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="319886929"/>
+      </w:pPr>
+      <w:r>
         <w:t>Table 4 Simplified and traditional characters</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1967"/>
         <w:gridCol w:w="1214"/>
         <w:gridCol w:w="1760"/>
         <w:gridCol w:w="3371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C749A" w14:paraId="61471476" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="22F77B0D" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="984510569"/>
+          <w:divId w:val="319886929"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ADDF50A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="45359A58" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="63" w:name="Session3_Table4"/>
             <w:bookmarkEnd w:id="63"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="300E7A52" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="346F0C38" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pinyin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="367765BF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="2334898D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Simplified</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D870E94" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="318DAB75" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Traditional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="0DD4B8CF" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="7FBD5F54" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="984510569"/>
+          <w:divId w:val="319886929"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EE8E4C1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="0B386982" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to love; love</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="479CC3E9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="0E345428" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>ài</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6414AEF7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="088D314A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爱</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08891419" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="2BA8A48C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="947858625"/>
+              <w:divId w:val="1469663044"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="64" w:name="Session3_FreeResponse1"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="4187D296" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="7EA0FB9D" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="984510569"/>
+          <w:divId w:val="319886929"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34C299BE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="1EFF1CDE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2890DEDF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="3C033429" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>shū</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58C2EA7A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="61F4D59F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>书</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48AA1F83" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="08B40E9B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="241573544"/>
+              <w:divId w:val="346560437"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="65" w:name="Session3_FreeResponse2"/>
             <w:bookmarkEnd w:id="65"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="281856AD" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="244E9193" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="984510569"/>
+          <w:divId w:val="319886929"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12A690D9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="00E1B5CB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to meet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B0F8BD5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="6E07D4AE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>jiàn</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E742A4B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="3D77104C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>见</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="098756C4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="1BB90702" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="535583959"/>
+              <w:divId w:val="1998027408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="66" w:name="Session3_FreeResponse3"/>
             <w:bookmarkEnd w:id="66"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="48C1EA89" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="340091513"/>
+    <w:p w14:paraId="75337091" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1043863681"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="524F72BE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1514997869"/>
+    <w:p w14:paraId="51726568" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="723798832"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="67" w:name="View_Session3_Answer1"/>
-    <w:p w14:paraId="4CF1CF38" w14:textId="2E2C929A" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2CA93501" w14:textId="00C95468" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1514997869"/>
+        <w:divId w:val="723798832"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Answer1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Activity 4 Identifying simplified and traditional characters</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
     </w:p>
-    <w:p w14:paraId="73A77C45" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="242615256"/>
+    <w:p w14:paraId="72632241" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1219394339"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B57569A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="60260EF9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="839585037"/>
+        <w:divId w:val="1909728833"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="68" w:name="Session3_Section6"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>1.6 Word formation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A255BE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="839585037"/>
+    <w:p w14:paraId="2F194DEF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1909728833"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this section and Section 1.7 you will look at combining characters to form new words. Begin by reading the language note below. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC04758" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="839585037"/>
+    <w:p w14:paraId="78CF9DBE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1909728833"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417DD555" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4FE36CA5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="61104382"/>
+        <w:divId w:val="364647381"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="69" w:name="Session3_Box2"/>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Language note: word formation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136DF9F8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="62CBE210" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1499728015"/>
+      </w:pPr>
+      <w:r>
         <w:t>Words in Chinese are formed by one or more characters. For example, when you say ‘hello’ you use two characters ‘</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nĭ hăo</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>你</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>好</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (simplified Chinese). This literally translates as ‘you good’ and means ‘hello’ when greeting one person (i.e. not a group). To greet a group of people you use a combination of three characters </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>nĭ men hăo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>你</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>们</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>好</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (simplified Chinese), which literally translates to ‘you all good’ and means ‘hello all’. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42AC5DC6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1499728015"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Another example is the word ‘China’, which is formed by combining two characters </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>hăo</w:t>
-[...10 lines deleted...]
-        <w:t>你</w:t>
+        <w:t>zhōng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>好</w:t>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>中</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>guó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>国</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>中</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> men </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>zhōng</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> has multiple meanings such as middle, centre, inside. Similarly </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>国</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>hăo</w:t>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:t>guó</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> can mean state, country, nation. Combined, ‘</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>zhōng guó</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
-[...12 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>好</w:t>
-[...126 lines deleted...]
-        </w:rPr>
         <w:t>中国</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’ literally translates to ‘central kingdom’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D974D11" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="839585037"/>
+    <w:p w14:paraId="6996463A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1909728833"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5074385A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="839585037"/>
+    <w:p w14:paraId="4510FBFB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1909728833"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A2B0DC" w14:textId="7788B553" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1353805383"/>
+    <w:p w14:paraId="379FAF04" w14:textId="3A6F5F9D" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1759015332"/>
       </w:pPr>
       <w:bookmarkStart w:id="70" w:name="Session3_StudyNote1"/>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
-        <w:t xml:space="preserve">The free Chinese character learning app, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, is a useful resource to help you write, recognise visually and aurally, and memorise the most frequently-used characters, as well as form phrases and sentences in Chinese. Download the app from Apple Store or Google Play to your mobile device following these </w:t>
+        <w:t xml:space="preserve">The free Chinese character learning app, Chinese@OU, is a useful resource to help you write, recognise visually and aurally, and memorise the most frequently-used characters, as well as form phrases and sentences in Chinese. Download the app from Apple Store or Google Play to your mobile device following these </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>instructions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and then explore the word searches in the even-numbered lessons to see how characters form words and expressions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D67AB6F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="0409F656" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1759015332"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">There are several other applications and online tools which you can use to explore the meanings of characters on their own or combined with others and which can help you improve your Chinese vocabulary. The Further reading section at the end of this course includes links to resources which you may find helpful. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D288E0D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="839585037"/>
+    <w:p w14:paraId="0D3BF878" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1909728833"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DE6291" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="50B7C20C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="2018188132"/>
+        <w:divId w:val="157618050"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="71" w:name="Session3_Section7"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>1.7 How to memorise and combine characters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7977FFFB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="349C37E0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In Chinese, some characters can look a bit like the objects they represent and so often a good way to memorise the characters is to imagine them pictorially. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA43FF1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="68186D55" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:t>For example, the character for a person ‘</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>rén</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">’ is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, which looks like a person walking: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3735A87D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="0C27315F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="208D9622" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="569DB4AB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1002469587"/>
+        <w:divId w:val="269550351"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="72" w:name="Session3_Figure5"/>
       <w:bookmarkEnd w:id="72"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="520ADFBF" wp14:editId="00942199">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="5715" b="7620"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E56652E" wp14:editId="36FB8493">
+            <wp:extent cx="5278120" cy="6247150"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:docPr id="10" name="Picture 10" descr="Side on view of a person walking."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10" name="Picture 10" descr="Side on view of a person walking."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3518747" cy="4164766"/>
+                      <a:ext cx="5278120" cy="6247150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C55E34" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7B28F5EF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1950502744"/>
+        <w:divId w:val="1719743809"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 4 </w:t>
       </w:r>
       <w:r>
         <w:t>The character ‘</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>rén</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’, meaning person, looks like a person walking. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="73" w:name="View_Session3_Alternative4"/>
-    <w:p w14:paraId="18BBF883" w14:textId="0999884B" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6D6FCEA7" w14:textId="57347153" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1950502744"/>
+        <w:divId w:val="1719743809"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Alternative4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>View alternative description - Figure 4 The character ‘</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">View alternative description - Figure 4 The character ‘rén </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>’, meaning person, looks like a person walking.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w14:paraId="7E398ABC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="7557CE2E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008C43A4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="448DC21B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200B8914" w14:textId="23AB6213" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="346516620"/>
+    <w:p w14:paraId="0D5C6858" w14:textId="54532D51" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="623510230"/>
       </w:pPr>
       <w:bookmarkStart w:id="74" w:name="Session3_StudyNote2"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:t xml:space="preserve">To learn how to write this character, </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">download the </w:t>
-[...13 lines deleted...]
-          <w:t xml:space="preserve"> app</w:t>
+          <w:t>download the Chinese@OU app</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to your mobile device and go to Lesson 3, writing section. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="759674F8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="2D1BA5FA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281235FC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="18BB2F88" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
+      </w:pPr>
+      <w:r>
         <w:t>A second example of how Chinese characters can be turned into an image that relates to its meaning is the word for ‘big’. Imagine a person with their arms wide open to signal something is big; the character for big, ‘</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>dà</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, looks just like that. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DADC55C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="601B215D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E7938D4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0BDBC607" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="80221045"/>
+        <w:divId w:val="568883975"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="75" w:name="Session3_Figure6"/>
       <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75BB328C" wp14:editId="7EE35ACE">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A2C693E" wp14:editId="3A3E59C7">
+            <wp:extent cx="5278120" cy="3443149"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
             <wp:docPr id="11" name="Picture 11" descr="A person standing with their arms wide open on the top of a hill."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="11" name="Picture 11" descr="A person standing with their arms wide open on the top of a hill."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3518747" cy="2295432"/>
+                      <a:ext cx="5278120" cy="3443149"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B861820" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0948BAD6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="24989527"/>
+        <w:divId w:val="1912613822"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Figure 5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The character ‘</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>dà</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’ , meaning big, looks like a person standing with their arms wide open. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="76" w:name="View_Session3_Alternative5"/>
-    <w:p w14:paraId="225847E3" w14:textId="67111649" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="46345160" w14:textId="5C0080B0" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="24989527"/>
+        <w:divId w:val="1912613822"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Alternative5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>View alternative description - Figure 5 The character ‘</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">View alternative description - Figure 5 The character ‘dà </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>’ , meaning big, looks like a person standing with their ...</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
     </w:p>
-    <w:p w14:paraId="2FCA9526" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="60229B1A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C8A9CD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="2AA51C5F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7226CC86" w14:textId="31609CFC" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1804349429"/>
+    <w:p w14:paraId="1B3E3FE1" w14:textId="43F09ABA" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="480120063"/>
       </w:pPr>
       <w:bookmarkStart w:id="77" w:name="Session3_StudyNote3"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:t xml:space="preserve">To learn how to write this character, </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">download the </w:t>
-[...13 lines deleted...]
-          <w:t xml:space="preserve"> app</w:t>
+          <w:t>download the Chinese@OU app</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to your mobile device and go to Lesson 6, writing section. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55813394" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="3E256CA3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>End of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A49B31" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="3CC57126" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE28C41" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7D9280AA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="240" w:right="240"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="82145911"/>
+        <w:divId w:val="1997494621"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="78" w:name="Session3_Activity5"/>
       <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 5 Word combinations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372B7135" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="610206166"/>
+    <w:p w14:paraId="785EECFF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="370493815"/>
       </w:pPr>
       <w:bookmarkStart w:id="79" w:name="Session3_Part6"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A2BEB2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2023781455"/>
+    <w:p w14:paraId="6CB6DA8F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1937788761"/>
       </w:pPr>
       <w:bookmarkStart w:id="80" w:name="Session3_Question9"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:t xml:space="preserve">Based on what you have learned so far in this course, select the correct word combination for the definitions given. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367A6E3C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="610206166"/>
+    <w:p w14:paraId="3DEB9DC1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="370493815"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E3B6C9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="267855001"/>
+    <w:p w14:paraId="130FCE0E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="805465244"/>
       </w:pPr>
       <w:bookmarkStart w:id="81" w:name="Session3_Part7"/>
       <w:bookmarkEnd w:id="81"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E7FF54" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2125494792"/>
+    <w:p w14:paraId="6060B9DD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1965311248"/>
       </w:pPr>
       <w:bookmarkStart w:id="82" w:name="Session3_Question10"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:t>Adult/Big person (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>dà</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>dà rén</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3B3034" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="267855001"/>
+    <w:p w14:paraId="79C737C3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="805465244"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB509F0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="971247869"/>
+    <w:p w14:paraId="6AB323EE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="584338162"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4B2E3A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1255169969"/>
+    <w:p w14:paraId="75765778" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1318878169"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E395272" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="864515552"/>
+    <w:p w14:paraId="58069A04" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1365865416"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181C9E0F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1329096514"/>
+    <w:p w14:paraId="104F7C60" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2006474738"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE8533C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1955481998"/>
+    <w:p w14:paraId="54631816" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1645624876"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17CDD79A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1847941053"/>
+    <w:p w14:paraId="789FDA15" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="864711195"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="83" w:name="View_Session3_Interaction6"/>
-    <w:p w14:paraId="4ED4E844" w14:textId="7A3AFEFF" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="277E4C85" w14:textId="665451A8" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="267855001"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="805465244"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
     </w:p>
-    <w:p w14:paraId="58DF50D1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1522623724"/>
+    <w:p w14:paraId="334A4B94" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="135807715"/>
       </w:pPr>
       <w:bookmarkStart w:id="84" w:name="Session3_Part8"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2C5325" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="540242213"/>
+    <w:p w14:paraId="44424E9F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1314025248"/>
       </w:pPr>
       <w:bookmarkStart w:id="85" w:name="Session3_Question11"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:t>We (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wŏ</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wŏ mén</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617E7786" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1522623724"/>
+    <w:p w14:paraId="3ECF0C25" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="135807715"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BBC3BA7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1017542722"/>
+    <w:p w14:paraId="2811ADE0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1291401542"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F4945B2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="823861773"/>
+    <w:p w14:paraId="49483A53" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1031297200"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090370D8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1686663578"/>
+    <w:p w14:paraId="72F254B8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="81535471"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640CC444" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1214267941"/>
+    <w:p w14:paraId="55A91D7D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1660572794"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D24E93" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="570309065"/>
+    <w:p w14:paraId="53DD2DFC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1517962299"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171D507F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1972859257"/>
+    <w:p w14:paraId="6739F3C3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="896673578"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="86" w:name="View_Session3_Interaction7"/>
-    <w:p w14:paraId="5AA5CB9C" w14:textId="36EE5D2F" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="35496A2A" w14:textId="2AE3A4F6" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1522623724"/>
+        <w:divId w:val="135807715"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="86"/>
     </w:p>
-    <w:p w14:paraId="258117B5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="188690087"/>
+    <w:p w14:paraId="5C7A9D6E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1899584600"/>
       </w:pPr>
       <w:bookmarkStart w:id="87" w:name="Session3_Part9"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64775424" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1161122112"/>
+    <w:p w14:paraId="66F66C6F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="653876136"/>
       </w:pPr>
       <w:bookmarkStart w:id="88" w:name="Session3_Question12"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:t>China (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zhōng</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>zhōng guó</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E3DDAA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="188690087"/>
+    <w:p w14:paraId="16AAD89C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1899584600"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50BBB4DF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="738594968"/>
+    <w:p w14:paraId="33449CEF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1877697172"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C16C15A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="553740746"/>
+    <w:p w14:paraId="6A454281" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1888296607"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20047A94" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="532353812"/>
+    <w:p w14:paraId="7E154C37" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1260797561"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66DF5448" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1930796"/>
+    <w:p w14:paraId="1219D5C4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1090664891"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B14A2A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="754321281"/>
+    <w:p w14:paraId="042A7661" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1564833598"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C76F856" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2090929523"/>
+    <w:p w14:paraId="6C0C273A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1142696999"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="89" w:name="View_Session3_Interaction8"/>
-    <w:p w14:paraId="0B21D53C" w14:textId="7ED9B62F" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2949BA8E" w14:textId="740A13DF" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="188690087"/>
+        <w:divId w:val="1899584600"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction8"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
     </w:p>
-    <w:p w14:paraId="2BFE180B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1396052542"/>
+    <w:p w14:paraId="0C86B560" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1755740833"/>
       </w:pPr>
       <w:bookmarkStart w:id="90" w:name="Session3_Part10"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DED2F25" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1695887230"/>
+    <w:p w14:paraId="26E8EAE9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1039671832"/>
       </w:pPr>
       <w:bookmarkStart w:id="91" w:name="Session3_Question13"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:t>A power (a dominant country) (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>dà</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>dà guó</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F366D6B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1396052542"/>
+    <w:p w14:paraId="5088A79D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1755740833"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06106696" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="73666383"/>
+    <w:p w14:paraId="25930A01" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="379012746"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3C2B42" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1480724948"/>
+    <w:p w14:paraId="14F38548" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="923951239"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2554679B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1813255758"/>
+    <w:p w14:paraId="5D4CE87B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1287008215"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32177CFA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="918715716"/>
+    <w:p w14:paraId="6A7FA1E7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1437288211"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A224A3A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="979463032"/>
+    <w:p w14:paraId="3D731859" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="804468546"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="208670E2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1997686247"/>
+    <w:p w14:paraId="0379EAB9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2059694981"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="92" w:name="View_Session3_Interaction9"/>
-    <w:p w14:paraId="60A55176" w14:textId="042768BC" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="772E6D42" w14:textId="4808B4F0" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1396052542"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1755740833"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction9"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
     </w:p>
-    <w:p w14:paraId="41330105" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1453329425"/>
+    <w:p w14:paraId="4B2263B4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1465199475"/>
       </w:pPr>
       <w:bookmarkStart w:id="93" w:name="Session3_Part11"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBAFEE5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1461722715"/>
+    <w:p w14:paraId="0157CB6F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="767316835"/>
       </w:pPr>
       <w:bookmarkStart w:id="94" w:name="Session3_Question14"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:t>Doctor (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>yī</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>yī shēng</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD18E7B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1453329425"/>
+    <w:p w14:paraId="2024090A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1465199475"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E53BEC0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="655495038"/>
+    <w:p w14:paraId="217B8274" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="588734861"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC9C32F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1733194794"/>
+    <w:p w14:paraId="1A485580" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="35088044"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5051D071" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="481316627"/>
+    <w:p w14:paraId="6404D7EB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="51781450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB66E3E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="654574540"/>
+    <w:p w14:paraId="28DC2E59" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2106804955"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB02FA5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="814756708"/>
+    <w:p w14:paraId="21EAD191" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1607495272"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24208ECE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="448742243"/>
+    <w:p w14:paraId="48767B38" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="602685894"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="95" w:name="View_Session3_Interaction10"/>
-    <w:p w14:paraId="101341B7" w14:textId="3EB3BC7C" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0462017E" w14:textId="53FD3A0D" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1453329425"/>
+        <w:divId w:val="1465199475"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction10"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="95"/>
     </w:p>
-    <w:p w14:paraId="4DCCCAE4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1294753422"/>
+    <w:p w14:paraId="3EDFF2B3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="897934184"/>
       </w:pPr>
       <w:bookmarkStart w:id="96" w:name="Session3_Part12"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44907C9F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1690522013"/>
+    <w:p w14:paraId="306E9226" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1956059430"/>
       </w:pPr>
       <w:bookmarkStart w:id="97" w:name="Session3_Question15"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:t>Study Chinese (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>xué</w:t>
-[...33 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>xué zhōng wén</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7609B9E6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1294753422"/>
+    <w:p w14:paraId="1CE97C78" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="897934184"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2D9A19" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="187570419"/>
+    <w:p w14:paraId="4458D811" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1675834542"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667DA080" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="581644684"/>
+    <w:p w14:paraId="1F65E12A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="459618926"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C832C3B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1581713652"/>
+    <w:p w14:paraId="227BCBB2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="964963160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F44DC8D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2087678458"/>
+    <w:p w14:paraId="0242316D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1400666025"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FCDF6A6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="831487333"/>
+    <w:p w14:paraId="406EDA32" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="801385521"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7C0796" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="926184081"/>
+    <w:p w14:paraId="77B58176" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1898859290"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="98" w:name="View_Session3_Interaction11"/>
-    <w:p w14:paraId="203BD1B2" w14:textId="7B96DA09" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="09347FC9" w14:textId="389ED996" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1294753422"/>
+        <w:divId w:val="897934184"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction11"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
-    <w:p w14:paraId="31E86917" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2018188132"/>
+    <w:p w14:paraId="3E16F57F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="157618050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D76C530" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="00323F85" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A0FB5B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2DDB1097" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1677611346"/>
+        <w:divId w:val="962033626"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="99" w:name="Session4"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>2 Greetings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED7B8EF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1677611346"/>
+    <w:p w14:paraId="48183F15" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="962033626"/>
       </w:pPr>
       <w:r>
         <w:t>In this section you will learn how to say some basic greetings in Chinese.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14DE91CD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1677611346"/>
+    <w:p w14:paraId="6538D461" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="962033626"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="398C2B4E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="50387F94" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="765082477"/>
+        <w:divId w:val="2146047240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="100" w:name="Session4_Box1"/>
       <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Expressions used for greetings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51663443" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="228331A6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1051149294"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1823614299"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nǐ</w:t>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:t>nǐ hăo</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>好</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (lit. ‘you good/well’) is the most commonly used greeting in Mandarin Chinese which can be used throughout the day. It is equivalent to ‘hello’ in English. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58EFE1E1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1051149294"/>
+    <w:p w14:paraId="1E1481D4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B95207" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="13C5514C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1352949432"/>
+        <w:divId w:val="1065955164"/>
       </w:pPr>
       <w:bookmarkStart w:id="101" w:name="Session4_MediaContent1"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318C8F7D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="13CC9BB1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1790777180"/>
+        <w:divId w:val="1850174262"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 3</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="102" w:name="View_Session4_Transcript1"/>
-    <w:p w14:paraId="78698A0B" w14:textId="193ACF85" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2B7D88EE" w14:textId="33839955" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1790777180"/>
+        <w:divId w:val="1850174262"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="102"/>
     </w:p>
-    <w:p w14:paraId="03E1CDD2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1051149294"/>
+    <w:p w14:paraId="09FACBB6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A1B4A7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7565AFE6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1051149294"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1823614299"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nín</w:t>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:t>nín hăo</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>您</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>好</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (lit. ‘you good/well’) is a polite greeting because ‘</w:t>
-[...24 lines deleted...]
-        <w:divId w:val="1051149294"/>
+        <w:t xml:space="preserve"> (lit. ‘you good/well’) is a polite greeting because ‘nín’ is the polite form for ‘you’ (singular), similar to the French pronoun ‘vous’. It is used to greet someone you meet for the first time, or who is senior either in terms of age or status. It can be loosely translated as ‘How do you do?’ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5919FFE4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EF4F97" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="557AB90D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1474717723"/>
+        <w:divId w:val="1368792314"/>
       </w:pPr>
       <w:bookmarkStart w:id="103" w:name="Session4_MediaContent2"/>
       <w:bookmarkEnd w:id="103"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CCFE6B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6019FECA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1781801991"/>
+        <w:divId w:val="1073043924"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 4</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="104" w:name="View_Session4_Transcript2"/>
-    <w:p w14:paraId="0D4908F2" w14:textId="1D1B94E6" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="605067C5" w14:textId="73A21F2A" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1781801991"/>
+        <w:divId w:val="1073043924"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Transcript2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
     </w:p>
-    <w:p w14:paraId="45E8D6A0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1051149294"/>
+    <w:p w14:paraId="07A9C8FC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107E9721" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="17902BEA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1051149294"/>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:t>Not too long ago when food was in short supply, the phrase ‘Have you eaten?’ (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nĭ chī le ma?</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>你吃了</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>吗</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) was a common greeting amongst neighbours. An appropriate response is to say ‘</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>chī le</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>吃了</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for ‘Yes’ or ‘</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>méi chī</w:t>
+      </w:r>
+      <w:r>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>？</w:t>
-[...72 lines deleted...]
-        </w:rPr>
         <w:t>没吃</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for ‘No’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63787D77" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="10F1649C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1051149294"/>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ă</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>早安</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (lit. morning peace) is a common greeting in the morning in Taiwan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20722C14" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1051149294"/>
+    <w:p w14:paraId="17AD7BC8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:t>When parting from people, you say:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5711B9AE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="75726997" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1051149294"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1823614299"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zài</w:t>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:t>zài jiàn</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>再</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>见</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (lit. again see) meaning goodbye. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0D2DD0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1051149294"/>
+    <w:p w14:paraId="4149C010" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA36A17" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="455A098B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="59183419"/>
+        <w:divId w:val="1045831064"/>
       </w:pPr>
       <w:bookmarkStart w:id="105" w:name="Session4_MediaContent3"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A29D2EB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2A2CEA45" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="156658594"/>
+        <w:divId w:val="1644777907"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Audio 5</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="106" w:name="View_Session4_Transcript3"/>
-    <w:p w14:paraId="218D3DB1" w14:textId="58A53750" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="18242B91" w14:textId="1FF07BC0" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="156658594"/>
+        <w:divId w:val="1644777907"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Transcript3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
     </w:p>
-    <w:p w14:paraId="42846B3E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1051149294"/>
+    <w:p w14:paraId="3EA80CA1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D130F59" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1051149294"/>
+    <w:p w14:paraId="4FF943BF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1823614299"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Note that although there are expressions in Chinese for ‘good morning’, ‘good afternoon’, ‘good evening’ and ‘good night’, they are not often used. Also, handshaking is seen as appropriate when greeting someone, however Chinese people do not feel comfortable being hugged or kissed in public. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F40C3C5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1677611346"/>
+    <w:p w14:paraId="28A8C643" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="962033626"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A3088D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1677611346"/>
+    <w:p w14:paraId="6DCAC3F1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="962033626"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038BD49B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="16CBD8F5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="390740225"/>
+        <w:divId w:val="1764495150"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="107" w:name="Session4_Activity1"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Activity 6 Greetings </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2667E772" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="647323026"/>
+    <w:p w14:paraId="254EF1C4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1295331712"/>
       </w:pPr>
       <w:bookmarkStart w:id="108" w:name="Session4_Part1"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B26CF89" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1882865099"/>
+    <w:p w14:paraId="609DBFF9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1367028855"/>
       </w:pPr>
       <w:bookmarkStart w:id="109" w:name="Session4_Question1"/>
       <w:bookmarkEnd w:id="109"/>
       <w:r>
         <w:t xml:space="preserve">Listen to these different short expressions and select their English equivalents. You can listen to them as many times as you need to: just click on each one again to repeat it. If it is helpful, you can also look at the pinyin at the same time by clicking on ‘Transcript’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF4B3C8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="647323026"/>
+    <w:p w14:paraId="1EDA9025" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1295331712"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A1C09F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="22364727"/>
+    <w:p w14:paraId="41D8A95E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="766465009"/>
       </w:pPr>
       <w:bookmarkStart w:id="110" w:name="Session4_Part2"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306759BF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2100564016"/>
+    <w:p w14:paraId="2FE65164" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="559829978"/>
       </w:pPr>
       <w:bookmarkStart w:id="111" w:name="Session4_Question2"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EAC0E4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="31CD45CA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1499227274"/>
+        <w:divId w:val="154415551"/>
       </w:pPr>
       <w:bookmarkStart w:id="112" w:name="Session4_MediaContent4"/>
       <w:bookmarkEnd w:id="112"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F6AFC3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2AFB35C5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="480313607"/>
+        <w:divId w:val="145824881"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 6</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="113" w:name="View_Session4_Transcript4"/>
-    <w:p w14:paraId="39C1A9E0" w14:textId="70182325" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="024A82D0" w14:textId="745ED646" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="480313607"/>
+        <w:divId w:val="145824881"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Transcript4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 6</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="113"/>
     </w:p>
-    <w:p w14:paraId="559ECEA4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2100564016"/>
+    <w:p w14:paraId="7F891A89" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="559829978"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="486A425E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="22364727"/>
+    <w:p w14:paraId="49CBE3B8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="766465009"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F80F35B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2125983"/>
+    <w:p w14:paraId="2DEBF49E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1834098444"/>
       </w:pPr>
       <w:r>
         <w:t>Hello (informal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0104B06C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="592476998"/>
+    <w:p w14:paraId="50142505" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="437988708"/>
       </w:pPr>
       <w:r>
         <w:t>How do you do? (formal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF0C1DA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1576278549"/>
+    <w:p w14:paraId="2FDCFF91" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1881240427"/>
       </w:pPr>
       <w:r>
         <w:t>Goodbye</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E499EE3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="627972735"/>
+    <w:p w14:paraId="4C4533D8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2038314242"/>
       </w:pPr>
       <w:r>
         <w:t>None of the above</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="114" w:name="View_Session4_Interaction1"/>
-    <w:p w14:paraId="796155DF" w14:textId="7712AE59" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="15E2BAF7" w14:textId="29A1A7F4" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="22364727"/>
+        <w:divId w:val="766465009"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Interaction1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="114"/>
     </w:p>
-    <w:p w14:paraId="262847A5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1858037348"/>
+    <w:p w14:paraId="362B52DF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1681196292"/>
       </w:pPr>
       <w:bookmarkStart w:id="115" w:name="Session4_Part3"/>
       <w:bookmarkEnd w:id="115"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725153B0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1348755507"/>
+    <w:p w14:paraId="3717173E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="518156656"/>
       </w:pPr>
       <w:bookmarkStart w:id="116" w:name="Session4_Question3"/>
       <w:bookmarkEnd w:id="116"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35048378" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0BE38463" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1473018260"/>
+        <w:divId w:val="1950624272"/>
       </w:pPr>
       <w:bookmarkStart w:id="117" w:name="Session4_MediaContent5"/>
       <w:bookmarkEnd w:id="117"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0934683E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="325A7BCB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1259098029"/>
+        <w:divId w:val="944311077"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 7</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="118" w:name="View_Session4_Transcript5"/>
-    <w:p w14:paraId="3A8FB73D" w14:textId="16DA95FB" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="544BEC91" w14:textId="701947B2" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1259098029"/>
+        <w:divId w:val="944311077"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Transcript5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 7</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="118"/>
     </w:p>
-    <w:p w14:paraId="36757926" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1348755507"/>
+    <w:p w14:paraId="7FBF5E00" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="518156656"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B5866A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1858037348"/>
+    <w:p w14:paraId="6B861258" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1681196292"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F261A7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="854920167"/>
+    <w:p w14:paraId="117AACFD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1842625435"/>
       </w:pPr>
       <w:r>
         <w:t>Goodbye</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E993901" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="850223458"/>
+    <w:p w14:paraId="2A4B127F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1137840633"/>
       </w:pPr>
       <w:r>
         <w:t>Thank you/Thanks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072CC697" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="498470275"/>
+    <w:p w14:paraId="1D11488A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="100419452"/>
       </w:pPr>
       <w:r>
         <w:t>Not at all</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCB3FA2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1621105572"/>
+    <w:p w14:paraId="3B1884AA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="212498910"/>
       </w:pPr>
       <w:r>
         <w:t>None of the above</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="119" w:name="View_Session4_Interaction2"/>
-    <w:p w14:paraId="1F550D35" w14:textId="606D7BA5" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="36A63FE1" w14:textId="5C2F7AA3" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1858037348"/>
+        <w:divId w:val="1681196292"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Interaction2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="119"/>
     </w:p>
-    <w:p w14:paraId="1CE87E8D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1708680728"/>
+    <w:p w14:paraId="22ED7794" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1421292332"/>
       </w:pPr>
       <w:bookmarkStart w:id="120" w:name="Session4_Part4"/>
       <w:bookmarkEnd w:id="120"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4BA7F7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="84303887"/>
+    <w:p w14:paraId="0B111E45" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="467364288"/>
       </w:pPr>
       <w:bookmarkStart w:id="121" w:name="Session4_Question4"/>
       <w:bookmarkEnd w:id="121"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57775FCF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2AC2E4B5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="532235302"/>
+        <w:divId w:val="1924491782"/>
       </w:pPr>
       <w:bookmarkStart w:id="122" w:name="Session4_MediaContent6"/>
       <w:bookmarkEnd w:id="122"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A36111" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="11CCAA9B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="68693913"/>
+        <w:divId w:val="2113546594"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 8</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="123" w:name="View_Session4_Transcript6"/>
-    <w:p w14:paraId="2BCF8CFD" w14:textId="1C02C6C4" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="73B9AE48" w14:textId="49CBB8C1" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="68693913"/>
+        <w:divId w:val="2113546594"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Transcript6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 8</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="123"/>
     </w:p>
-    <w:p w14:paraId="54608825" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="84303887"/>
+    <w:p w14:paraId="35600647" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="467364288"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1653E32A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1708680728"/>
+    <w:p w14:paraId="3FDDB107" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1421292332"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B3E6F11" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="853769125"/>
+    <w:p w14:paraId="36DD2E36" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="20867176"/>
       </w:pPr>
       <w:r>
         <w:t>Hello (informal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1537AA7B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="596210082"/>
+    <w:p w14:paraId="5E42B132" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1961036909"/>
       </w:pPr>
       <w:r>
         <w:t>How do you do? (formal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1393F938" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2104908499"/>
+    <w:p w14:paraId="3F94B45D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="727798507"/>
       </w:pPr>
       <w:r>
         <w:t>Goodbye</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECC863A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="46D82E86" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="291402355"/>
+      </w:pPr>
+      <w:r>
         <w:t>None of the above</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="124" w:name="View_Session4_Interaction3"/>
-    <w:p w14:paraId="77463157" w14:textId="1C997DD0" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6E7DA33E" w14:textId="7826ABF8" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1708680728"/>
+        <w:divId w:val="1421292332"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="124"/>
     </w:p>
-    <w:p w14:paraId="5ADFC161" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2070884639"/>
+    <w:p w14:paraId="64EC762F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="520701140"/>
       </w:pPr>
       <w:bookmarkStart w:id="125" w:name="Session4_Part5"/>
       <w:bookmarkEnd w:id="125"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550A79EF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="586698022"/>
+    <w:p w14:paraId="5E7EE23B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1563100815"/>
       </w:pPr>
       <w:bookmarkStart w:id="126" w:name="Session4_Question5"/>
       <w:bookmarkEnd w:id="126"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF49B8C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="44B9E69F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1060784610"/>
+        <w:divId w:val="836923276"/>
       </w:pPr>
       <w:bookmarkStart w:id="127" w:name="Session4_MediaContent7"/>
       <w:bookmarkEnd w:id="127"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BFFF58A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2AD13EE6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="150366306"/>
+        <w:divId w:val="1777869181"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 9</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="128" w:name="View_Session4_Transcript7"/>
-    <w:p w14:paraId="257BAB5E" w14:textId="6D8A4283" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3866CEED" w14:textId="11C7B4F9" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="150366306"/>
+        <w:divId w:val="1777869181"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Transcript7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 9</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="128"/>
     </w:p>
-    <w:p w14:paraId="1469EEEC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="586698022"/>
+    <w:p w14:paraId="5B1D3DFA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1563100815"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EFF88EF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2070884639"/>
+    <w:p w14:paraId="0BDF7E88" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="520701140"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C351150" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1050112650"/>
+    <w:p w14:paraId="1805F1AA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="884173423"/>
       </w:pPr>
       <w:r>
         <w:t>Hello (informal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE617C2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1036388289"/>
+    <w:p w14:paraId="3714BA76" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1387139511"/>
       </w:pPr>
       <w:r>
         <w:t>How do you do? (formal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782A4451" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="60372751"/>
+    <w:p w14:paraId="31420115" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="703599657"/>
       </w:pPr>
       <w:r>
         <w:t>Goodbye</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088BC546" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1544095651"/>
+    <w:p w14:paraId="4C304FA8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="121534480"/>
       </w:pPr>
       <w:r>
         <w:t>None of the above</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="129" w:name="View_Session4_Interaction4"/>
-    <w:p w14:paraId="751BCCFE" w14:textId="53D27E6E" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="746CAF61" w14:textId="7A97D42E" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2070884639"/>
+        <w:divId w:val="520701140"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Interaction4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="129"/>
     </w:p>
-    <w:p w14:paraId="46941FD0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1677611346"/>
+    <w:p w14:paraId="089103CB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="962033626"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A90207C" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="10FBB93D" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699162E1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6699F84F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1792245120"/>
+        <w:divId w:val="1126659878"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="130" w:name="Session5"/>
       <w:bookmarkEnd w:id="130"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>3 Introducing oneself</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="098B4B80" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="3BD7D2E1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:t>In this section, you will learn about Chinese names, how Chinese people address each other and how profession titles are used.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FDC2758" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="61C1D5F5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">When a Chinese name is given in full, the family name always precedes the given name. To take the former Chinese leader Deng Xiaoping as an example, the family name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>邓</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>d</w:t>
@@ -12680,90 +11745,72 @@
         <w:t>ng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">goes before the given name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>小平</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>xiǎo</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>xiǎo píng</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDE3D7F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="6439F823" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It is very common for Chinese people to address each other by their full names, even amongst friends or family. The most common Chinese family names have only one character. Chinese given names typically consist of two characters. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17EA2BDF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="1EF13248" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The titles </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>先生</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>xi</w:t>
@@ -12785,1220 +11832,994 @@
         <w:t>n sheng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Mr), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>小姐</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>xiăo</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>xiăo jie</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Miss) and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>女士</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ǚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> sh</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>sh</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ì</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(Madam) are popular in Hong Kong and Taiwan, and since the 1980s have been catching on in mainland China, too, especially in the business sector. They tend to be used on formal occasions when you are unsure of another person’s position or profession. The term </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>太太</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>ì</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>tài tai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">(Madam) are popular in Hong Kong and Taiwan, and since the 1980s have been catching on in mainland China, too, especially in the business sector. They tend to be used on formal occasions when you are unsure of another person’s position or profession. The term </w:t>
+        <w:t xml:space="preserve">(Mrs) is also used to address a married foreign woman but is not an appropriate way to address a married Chinese woman because Chinese women do not change their family names after marriage. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2622A649" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">To say ‘My name is’ you say: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>wŏ jiào</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">… </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>太太</w:t>
+        <w:t>我叫</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...74 lines deleted...]
-        </w:rPr>
         <w:t>...</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FD12E9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="1A5205DB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ECB1F47" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="57B75309" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1361711583"/>
+        <w:divId w:val="102460142"/>
       </w:pPr>
       <w:bookmarkStart w:id="131" w:name="Session5_MediaContent1"/>
       <w:bookmarkEnd w:id="131"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="017BCE33" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2EF96E1E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="387144615"/>
+        <w:divId w:val="1670790036"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 10</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="132" w:name="View_Session5_Transcript1"/>
-    <w:p w14:paraId="05A2211F" w14:textId="784D7096" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="32023351" w14:textId="23713111" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="387144615"/>
+        <w:divId w:val="1670790036"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 10</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="132"/>
     </w:p>
-    <w:p w14:paraId="37DD4448" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="197769AB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E914EF6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="151D844A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:t>To ask a person’s name you can say:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678F14EC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2868C315" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1792245120"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1126659878"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="zh-Hans"/>
+        <w:t>nĭ jiào shén me?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...40 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你叫什么</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77228E9A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="5610B8F2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C5A73B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5A93FE38" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1451626670"/>
+        <w:divId w:val="1966306118"/>
       </w:pPr>
       <w:bookmarkStart w:id="133" w:name="Session5_MediaContent2"/>
       <w:bookmarkEnd w:id="133"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50AD2A85" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7A8C902B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1651324465"/>
+        <w:divId w:val="1790052525"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 11</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="134" w:name="View_Session5_Transcript2"/>
-    <w:p w14:paraId="1E4510FA" w14:textId="294D1AFA" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7D83BC0D" w14:textId="5EB4C3D5" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1651324465"/>
+        <w:divId w:val="1790052525"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 11</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="134"/>
     </w:p>
-    <w:p w14:paraId="5AA9066F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="41D2376F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2168B255" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="38A568C7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:t>or:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488E30D5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3CB170C3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1792245120"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1126659878"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="zh-Hans"/>
+        <w:t>nĭ jiào shén me míng zi?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...58 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你叫什么名字</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F43FF0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="7E3FB3D7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62458485" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...2 lines deleted...]
-        <w:divId w:val="1709990381"/>
+    <w:p w14:paraId="6CE3387D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:divId w:val="51661684"/>
       </w:pPr>
       <w:bookmarkStart w:id="135" w:name="Session5_MediaContent3"/>
       <w:bookmarkEnd w:id="135"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF9D436" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="63FAF723" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1580867030"/>
+        <w:divId w:val="1084691129"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Audio 12</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="136" w:name="View_Session5_Transcript3"/>
-    <w:p w14:paraId="4E4ED2B0" w14:textId="151BFC9B" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2DE7F0ED" w14:textId="7FE4EC57" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1580867030"/>
+        <w:divId w:val="1084691129"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 12</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="136"/>
     </w:p>
-    <w:p w14:paraId="40F5972F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="36128D90" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B5B979" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="00CDA283" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Practice these expressions a few times to consolidate it and then move on to Activity 7. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9910CD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="6BE01CDB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31266B01" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0FBFF047" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1009677684"/>
+        <w:divId w:val="1283027704"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="137" w:name="Session5_Activity1"/>
       <w:bookmarkEnd w:id="137"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 7 Names</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29E3D9BC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="51719667" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="2022735817"/>
+        <w:divId w:val="476922589"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="138" w:name="Session5_Part1"/>
       <w:bookmarkEnd w:id="138"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2524C901" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2022735817"/>
+    <w:p w14:paraId="0DA3D99E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="476922589"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3FFEB0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="134371594"/>
+    <w:p w14:paraId="61E040F6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="541552754"/>
       </w:pPr>
       <w:bookmarkStart w:id="139" w:name="Session5_Question1"/>
       <w:bookmarkEnd w:id="139"/>
       <w:r>
         <w:t xml:space="preserve">Listen to the audio track below to hear how these two people say their names, and how they address each other, then answer the following questions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="251A58D1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="134371594"/>
+    <w:p w14:paraId="732910E7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="541552754"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ECE0A36" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="097A7192" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="120734289"/>
+        <w:divId w:val="727605552"/>
       </w:pPr>
       <w:bookmarkStart w:id="140" w:name="Session5_MediaContent4"/>
       <w:bookmarkEnd w:id="140"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="416AB3FA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3963A70F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1005204854"/>
+        <w:divId w:val="568686851"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 13</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="141" w:name="View_Session5_Transcript4"/>
-    <w:p w14:paraId="35874920" w14:textId="37692CD3" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3F0CCD0E" w14:textId="6CB03ED1" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1005204854"/>
+        <w:divId w:val="568686851"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 13</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="141"/>
     </w:p>
-    <w:p w14:paraId="220D1928" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="134371594"/>
+    <w:p w14:paraId="69236D6C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="541552754"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8AE6C6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="0F29B230" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="541552754"/>
+      </w:pPr>
+      <w:r>
         <w:t>What is the woman’s full name?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC43290" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2022735817"/>
+    <w:p w14:paraId="4DA588C5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="476922589"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D4A93C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1994481403"/>
+    <w:p w14:paraId="627CC348" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1777599620"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wang </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Wang Xiaoying</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675C9990" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1436630749"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>Xiaoying</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">b) </w:t>
+        <w:t>Wang Jing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667C258B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1219584301"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>Wang Jing</w:t>
-[...24 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Li Xiaoying</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="142" w:name="View_Session5_Interaction1"/>
-    <w:p w14:paraId="0C4F1AAC" w14:textId="6CEF605D" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="43B9257B" w14:textId="2454FA75" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2022735817"/>
+        <w:divId w:val="476922589"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part A</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="142"/>
     </w:p>
-    <w:p w14:paraId="51BEE78A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="30DFAD50" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="1648510045"/>
+        <w:divId w:val="1654406179"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="143" w:name="Session5_Part2"/>
       <w:bookmarkEnd w:id="143"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part B</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C575AC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1648510045"/>
+    <w:p w14:paraId="1008906F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1654406179"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69400779" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2118673283"/>
+    <w:p w14:paraId="3399B8E8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="737555823"/>
       </w:pPr>
       <w:bookmarkStart w:id="144" w:name="Session5_Question2"/>
       <w:bookmarkEnd w:id="144"/>
       <w:r>
         <w:t>What is the man’s full name?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586B8B71" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1648510045"/>
+    <w:p w14:paraId="2B577A2B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1654406179"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D149C4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="974333359"/>
+    <w:p w14:paraId="55F68DF3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2002153033"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wang </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Wang Xiaoying</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB0844F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="88933165"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>Xiaoying</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">b) </w:t>
+        <w:t>Wang Jing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D0AD29" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1850868315"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>Wang Jing</w:t>
-[...24 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Li Xiaoying</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="145" w:name="View_Session5_Interaction2"/>
-    <w:p w14:paraId="0DCD9820" w14:textId="3487A0A6" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="548FA515" w14:textId="5F118DAD" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1648510045"/>
+        <w:divId w:val="1654406179"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part B</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="145"/>
     </w:p>
-    <w:p w14:paraId="2351C411" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="25BCF065" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="1786346061"/>
+        <w:divId w:val="820076639"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="146" w:name="Session5_Part3"/>
       <w:bookmarkEnd w:id="146"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Part C</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12DB7BBF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1786346061"/>
+    <w:p w14:paraId="5C5F1D65" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="820076639"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09271160" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1205487250"/>
+    <w:p w14:paraId="47F78934" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="320082880"/>
       </w:pPr>
       <w:bookmarkStart w:id="147" w:name="Session5_Question3"/>
       <w:bookmarkEnd w:id="147"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Read the transcript of a different short exchange. Can you guess which words are the equivalent of the English ‘be called’?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD25230" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1205487250"/>
+    <w:p w14:paraId="7E575DBD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="320082880"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Female speaker: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>好</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nǐ</w:t>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:t>nǐ hǎo!</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t>!</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>！</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:divId w:val="1205487250"/>
+    </w:p>
+    <w:p w14:paraId="78B4114B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="320082880"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Male speaker: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>好！</w:t>
       </w:r>
@@ -14024,53 +12845,53 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> h</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ǎ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>o!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D40C6E5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1205487250"/>
+    <w:p w14:paraId="2F087158" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="320082880"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Female speaker: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>叫</w:t>
       </w:r>
@@ -14090,17496 +12911,13630 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>么</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nǐ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nǐ jiào shén me?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F103A0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="320082880"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Male speaker: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>我叫李京。</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>wǒ jiào lǐ jīng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4624F5FA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="820076639"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FD648B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1249728000"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>李京</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>jiào</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> lǐ jīng</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E06F17B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1284268005"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>你好</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...210 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> nǐ hǎo</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>！</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35183890" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1594775730"/>
+    <w:p w14:paraId="0B6AAC04" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1917745854"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>叫</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>jiào</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="1036348693"/>
+    </w:p>
+    <w:p w14:paraId="1655CF00" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="7223498"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>什</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>么</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>shén</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> me?</w:t>
+        <w:t>shén me?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="148" w:name="View_Session5_Interaction3"/>
-    <w:p w14:paraId="6D24CDC0" w14:textId="4A7559DC" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="74F2F9A8" w14:textId="013450C9" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1786346061"/>
+        <w:divId w:val="820076639"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part C</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="148"/>
     </w:p>
-    <w:p w14:paraId="37F62FF8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="286086E3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9B0240" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="1A2378D3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B24431" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5DDEFFA2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1480733696"/>
+        <w:divId w:val="675570280"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="149" w:name="Session5_Activity2"/>
       <w:bookmarkEnd w:id="149"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 8 Translating foreign names</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CEED7D9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="405886197"/>
+    <w:p w14:paraId="4F01C08B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="987903845"/>
       </w:pPr>
       <w:bookmarkStart w:id="150" w:name="Session5_Part4"/>
       <w:bookmarkEnd w:id="150"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DBAE0B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1168910686"/>
+    <w:p w14:paraId="11447468" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="494152253"/>
       </w:pPr>
       <w:bookmarkStart w:id="151" w:name="Session5_Question4"/>
       <w:bookmarkEnd w:id="151"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B0D2E9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0A328071" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="2036148330"/>
+        <w:divId w:val="1487086364"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="152" w:name="Session5_Box1"/>
       <w:bookmarkEnd w:id="152"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Language note: translating foreign names into Chinese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0197F251" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1863275001"/>
+    <w:p w14:paraId="4E762D8A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Foreign names are translated into Chinese for two main reasons: so that they can be written in Chinese characters and because their original sounds can be difficult to pronounce for Chinese speakers. When translating a foreign name, there are a few common practices to follow. In no particular order: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D37AD59" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="26BDF3B5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1863275001"/>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:t>use characters that match the original meanings (rather than their sound)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C01F159" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="603B21CC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1863275001"/>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jasmine → </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>茉莉</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>mò</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mò lì</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> (which means ‘jasmine’) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1194A340" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="578C6E0B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1863275001"/>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:t>use characters that sound like the name when pronounced in its original language</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E477F68" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="41667B28" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1863275001"/>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>玛丽</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>居里</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>mǎ</w:t>
-[...33 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mǎ lì·jū lǐ</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">, which sounds similar to ‘Mary Curie’ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67EF7240" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="138F7B3C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1863275001"/>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:t>use characters that have nice meanings, even though they don’t sound very much (or at all) like the original name.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FEE74D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="02776E23" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1863275001"/>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The first name of Chris Patten (the last British governor of Hong Kong) is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>定康</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ding </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> ding kāng</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>定</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>ding</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (‘stability’) and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>康</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t>kāng</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...42 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (‘prosperity’; ‘healthy’). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FC5DF3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3AC8F72D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1863275001"/>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:t>use characters that partially translate the meaning (and/or have nice meanings) and partially keep the original sound.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44ACF91C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4ABF579C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1863275001"/>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jim King → </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>王京</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t xml:space="preserve"> wáng jīng</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>京</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>jīng</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sounds like ‘Jim’ and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>王</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t>wáng</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...59 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> is a common Chinese surname that also means ‘king’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ADD8C1A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2990D97C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1863275001"/>
+        <w:divId w:val="1241327694"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Note that when Western family names are matched with common Chinese family names, they are used in the Chinese order; that is, the family name comes before the given name. If a match is not found, the normal practice is to keep the Western order. For example, David Brown is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>卫</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>布朗</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>dà</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>dà wèi bù lăng</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, with a dot inserted between the given name and surname. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F42D69" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="494152253"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Box</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167ED3F0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="494152253"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The same translation strategies for personal names are also used for other types of names – for example, the names of foreign companies. Look at the following Chinese names for international companies and decide which principle lies behind its Chinese name: literal translation or sound similarity. You don’t need to learn these characters, but it might be useful for you to recognise these names and to know how names of international companies are translated into Chinese. Focus on the Pinyin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9559E8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="494152253"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Amazon </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>亚马逊</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...48 lines deleted...]
-        <w:divId w:val="1168910686"/>
+        <w:t>yà mǎ xùn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA6EA34" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="987903845"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:t>End of Box</w:t>
-[...80 lines deleted...]
-        </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55534702" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2131894235"/>
+    <w:p w14:paraId="1473AD54" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1858345419"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D80844" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="544295875"/>
+    <w:p w14:paraId="34CD1A4D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="558906287"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="153" w:name="View_Session5_Interaction4"/>
-    <w:p w14:paraId="58C21229" w14:textId="5847F3FB" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3B76CAF3" w14:textId="544DD73A" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="405886197"/>
+        <w:divId w:val="987903845"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="153"/>
     </w:p>
-    <w:p w14:paraId="283F99AB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1437750524"/>
+    <w:p w14:paraId="575490FC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1505627023"/>
       </w:pPr>
       <w:bookmarkStart w:id="154" w:name="Session5_Part5"/>
       <w:bookmarkEnd w:id="154"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF708BE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1632202272"/>
+    <w:p w14:paraId="624B030A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1048381159"/>
       </w:pPr>
       <w:bookmarkStart w:id="155" w:name="Session5_Question5"/>
       <w:bookmarkEnd w:id="155"/>
       <w:r>
         <w:t>2. Apple </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>苹果</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>píng</w:t>
-[...21 lines deleted...]
-        <w:divId w:val="1437750524"/>
+        <w:t>píng guǒ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C07B42" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1505627023"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E909519" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1674919557"/>
+    <w:p w14:paraId="5D459101" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1254049132"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB4B592" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="200746906"/>
+    <w:p w14:paraId="50D8C148" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1747074862"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="156" w:name="View_Session5_Interaction5"/>
-    <w:p w14:paraId="5EA6ABE8" w14:textId="3CE78A17" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="267BD2E8" w14:textId="210E0049" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1437750524"/>
+        <w:divId w:val="1505627023"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="156"/>
     </w:p>
-    <w:p w14:paraId="3B1DC583" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="413743896"/>
+    <w:p w14:paraId="7756C966" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="572937915"/>
       </w:pPr>
       <w:bookmarkStart w:id="157" w:name="Session5_Part6"/>
       <w:bookmarkEnd w:id="157"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="002F1174" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1697267532"/>
+    <w:p w14:paraId="577933F5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1724716807"/>
       </w:pPr>
       <w:bookmarkStart w:id="158" w:name="Session5_Question6"/>
       <w:bookmarkEnd w:id="158"/>
       <w:r>
         <w:t xml:space="preserve">3. Coca-Cola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>可口可</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>乐</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>kě</w:t>
-[...53 lines deleted...]
-        <w:divId w:val="413743896"/>
+        <w:t>kě kǒu kě lè</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCB190A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="572937915"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F723BEA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1451703878"/>
+    <w:p w14:paraId="0D8C8913" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="4795770"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C7175B8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="785975517"/>
+    <w:p w14:paraId="63735BB7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="627128104"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="159" w:name="View_Session5_Interaction6"/>
-    <w:p w14:paraId="07BDFB79" w14:textId="61FBF4C1" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5B927610" w14:textId="368B08B1" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="413743896"/>
+        <w:divId w:val="572937915"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="159"/>
     </w:p>
-    <w:p w14:paraId="1E650C74" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1508984929"/>
+    <w:p w14:paraId="1CC823F3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="436490529"/>
       </w:pPr>
       <w:bookmarkStart w:id="160" w:name="Session5_Part7"/>
       <w:bookmarkEnd w:id="160"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259B7A29" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="740639315"/>
+    <w:p w14:paraId="4517D67A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1482311887"/>
       </w:pPr>
       <w:bookmarkStart w:id="161" w:name="Session5_Question7"/>
       <w:bookmarkEnd w:id="161"/>
       <w:r>
         <w:t xml:space="preserve">4. Ikea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>宜家</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>yí</w:t>
-[...21 lines deleted...]
-        <w:divId w:val="1508984929"/>
+        <w:t>yí jiā</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8BDED0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="436490529"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15FF8F78" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2020421887"/>
+    <w:p w14:paraId="16EF98E6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1395929005"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082F9ACE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1200630776"/>
+    <w:p w14:paraId="00C9600A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="199826474"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="162" w:name="View_Session5_Interaction7"/>
-    <w:p w14:paraId="25528AC2" w14:textId="0D9FC6CD" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="487600C0" w14:textId="4A03BC4D" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1508984929"/>
+        <w:divId w:val="436490529"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="162"/>
     </w:p>
-    <w:p w14:paraId="6AA1F79C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1634944129"/>
+    <w:p w14:paraId="7207AA87" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="799345877"/>
       </w:pPr>
       <w:bookmarkStart w:id="163" w:name="Session5_Part8"/>
       <w:bookmarkEnd w:id="163"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A51248" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1452506165"/>
+    <w:p w14:paraId="2B25EE1D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2083679080"/>
       </w:pPr>
       <w:bookmarkStart w:id="164" w:name="Session5_Question8"/>
       <w:bookmarkEnd w:id="164"/>
       <w:r>
         <w:t xml:space="preserve">5. McDonalds </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>麦当</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>劳</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>mài</w:t>
-[...37 lines deleted...]
-        <w:divId w:val="1634944129"/>
+        <w:t>mài dāng láo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692C85C1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="799345877"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F6DDBF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="773595724"/>
+    <w:p w14:paraId="6C14384B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="397828488"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A5AD19" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1622104426"/>
+    <w:p w14:paraId="5EC086C3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1349791995"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="165" w:name="View_Session5_Interaction8"/>
-    <w:p w14:paraId="32EE6137" w14:textId="0A76E84C" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1AFEC7E0" w14:textId="00BEB91C" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1634944129"/>
+        <w:divId w:val="799345877"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction8"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="165"/>
     </w:p>
-    <w:p w14:paraId="7E14393E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1903328193"/>
+    <w:p w14:paraId="3B469878" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2076316319"/>
       </w:pPr>
       <w:bookmarkStart w:id="166" w:name="Session5_Part9"/>
       <w:bookmarkEnd w:id="166"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E4FD8D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="797992763"/>
+    <w:p w14:paraId="1E5400FF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1405032342"/>
       </w:pPr>
       <w:bookmarkStart w:id="167" w:name="Session5_Question9"/>
       <w:bookmarkEnd w:id="167"/>
       <w:r>
         <w:t xml:space="preserve">6. Microsoft </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>微</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>软</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wēi</w:t>
-[...21 lines deleted...]
-        <w:divId w:val="1903328193"/>
+        <w:t>wēi ruǎn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B70278" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2076316319"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323F68D4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1672029286"/>
+    <w:p w14:paraId="62E6622D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1771075591"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A54822" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1922911754"/>
+    <w:p w14:paraId="3B51351C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1541092686"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="168" w:name="View_Session5_Interaction9"/>
-    <w:p w14:paraId="70CD2640" w14:textId="1B2F547F" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="356F4811" w14:textId="5651BCA7" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1903328193"/>
+        <w:divId w:val="2076316319"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction9"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="168"/>
     </w:p>
-    <w:p w14:paraId="094166A8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1811289729"/>
+    <w:p w14:paraId="092C864D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="393698482"/>
       </w:pPr>
       <w:bookmarkStart w:id="169" w:name="Session5_Part10"/>
       <w:bookmarkEnd w:id="169"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0BE2D2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1224871941"/>
+    <w:p w14:paraId="0C28EE73" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1619020562"/>
       </w:pPr>
       <w:bookmarkStart w:id="170" w:name="Session5_Question10"/>
       <w:bookmarkEnd w:id="170"/>
       <w:r>
         <w:t xml:space="preserve">7. Volkswagen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>众</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>dà</w:t>
-[...21 lines deleted...]
-        <w:divId w:val="1811289729"/>
+        <w:t>dà zhòng</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19506747" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="393698482"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5E4400" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="607348252"/>
+    <w:p w14:paraId="3C96DCCB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="178784542"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34639482" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1645043398"/>
+    <w:p w14:paraId="02A134F6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1325429105"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="171" w:name="View_Session5_Interaction10"/>
-    <w:p w14:paraId="6B451744" w14:textId="130178F7" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7D797357" w14:textId="7CA8508D" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1811289729"/>
+        <w:divId w:val="393698482"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction10"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="171"/>
     </w:p>
-    <w:p w14:paraId="549A75F3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1792245120"/>
+    <w:p w14:paraId="374AD6BB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1126659878"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44ABDAFF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4D1C93BB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1902713559"/>
+        <w:divId w:val="1678265680"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="172" w:name="Session5_Section1"/>
       <w:bookmarkEnd w:id="172"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>3.1 Nationalities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFD3BCF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="5C5C57EE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:t>In Chinese, many countries can be identified as they have ‘</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>guó</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’ at the end. For example: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00EC3F82" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5DA62DFC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1678265680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="zh-Hans"/>
+        <w:t>zhōng guó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中国</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = China </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="024D0066" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4B3F054C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1678265680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>yīng</w:t>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="zh-Hans"/>
+        <w:t>yīng guó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>英国</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Britain </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F14F5F0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4BBB0BE7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1678265680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>fā</w:t>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="zh-Hans"/>
+        <w:t>fā guó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>法国</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = France </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="422BD5F5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="61C467D8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1678265680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>dé</w:t>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="zh-Hans"/>
+        <w:t>dé guó</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>德国</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Germany </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BBFA76" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="46D0BBE2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">There are, however, other countries and cities that do not have ‘guó </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’ at the end, such as: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14844E45" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="50C4B4F4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1678265680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>xī</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">xī bān yá </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>西班牙</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Spain </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BB78E5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="255EC50A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1678265680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>yì</w:t>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="zh-Hans"/>
+        <w:t>yì dà lì</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>意大利</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Italy </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D19BC23" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3FB9E6A7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1678265680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>lúnd</w:t>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="zh-Hans"/>
+        <w:t>lúnd ūn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei" w:cs="Microsoft JhengHei" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>伦</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>敦</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = London </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F53677A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="59D25C39" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1678265680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>bĕi</w:t>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="zh-Hans"/>
+        <w:t>bĕi jīng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>北京</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Beijing </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB58836" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...17 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="7628E273" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Once you know the name of the country, nationalities in Mandarin Chinese are quite easy to learn. To say the nationality you only need to add the word ‘rén’ – which, as you’ve already learned, means ‘person’ – to the country name. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19845DA0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:t>To find out someone’s nationality you would ask:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43075A48" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="060882BE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
+        <w:divId w:val="1678265680"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你是哪国人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...80 lines deleted...]
-        <w:t xml:space="preserve">? </w:t>
+        <w:t xml:space="preserve">nĭ shì nǎ guó rén? </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">= Where are you from? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1F5806" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="0F8C6EAB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="298085D2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="197E6014" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1852795204"/>
+        <w:divId w:val="1810394964"/>
       </w:pPr>
       <w:bookmarkStart w:id="173" w:name="Session5_MediaContent5"/>
       <w:bookmarkEnd w:id="173"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429A8023" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="20389D75" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="220098543"/>
+        <w:divId w:val="46151920"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Audio 14</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="174" w:name="View_Session5_Transcript5"/>
-    <w:p w14:paraId="3C32970E" w14:textId="177EFAB5" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="36FD6234" w14:textId="58630A49" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="220098543"/>
+        <w:divId w:val="46151920"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 14</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="174"/>
     </w:p>
-    <w:p w14:paraId="7BD9D3D7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="31AD306B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA0E48D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="5C27564E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:t>The reply to this question would then be:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6CE265" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6C26DB94" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
+        <w:divId w:val="1678265680"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我是中国人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wǒ</w:t>
-[...73 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wǒ shì zhōng guó rén</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = I’m Chinese. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45360931" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="29C2B687" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450B8819" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2DE112F7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="285741102"/>
+        <w:divId w:val="238906700"/>
       </w:pPr>
       <w:bookmarkStart w:id="175" w:name="Session5_MediaContent6"/>
       <w:bookmarkEnd w:id="175"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6671051D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2EA150DE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="815151030"/>
+        <w:divId w:val="636178740"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 15</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="176" w:name="View_Session5_Transcript6"/>
-    <w:p w14:paraId="18DE282B" w14:textId="34B37C66" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7DA824E5" w14:textId="6ECE1818" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="815151030"/>
+        <w:divId w:val="636178740"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 15</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="176"/>
     </w:p>
-    <w:p w14:paraId="1DB7AC0D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="369C53A3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A502B91" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2641642A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
+        <w:divId w:val="1678265680"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我是英国人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wǒ</w:t>
-[...73 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wǒ shì yīng guó rén</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = I am British. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A42008" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="35AC71D4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136DC241" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3397B24D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="539977468"/>
+        <w:divId w:val="848757068"/>
       </w:pPr>
       <w:bookmarkStart w:id="177" w:name="Session5_MediaContent7"/>
       <w:bookmarkEnd w:id="177"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C1E7F0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5D9FF71B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="162282963"/>
+        <w:divId w:val="1296637858"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 16</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="178" w:name="View_Session5_Transcript7"/>
-    <w:p w14:paraId="4DEBE875" w14:textId="19588CCE" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5CD7BD6B" w14:textId="5229FD4A" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="162282963"/>
+        <w:divId w:val="1296637858"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 16</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="178"/>
     </w:p>
-    <w:p w14:paraId="6E41BD86" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="5B8AA050" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B10A288" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="70351339" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
+        <w:divId w:val="1678265680"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>我是西班牙人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wǒ</w:t>
-[...91 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wǒ shì xī bān yá rén</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = I’m Spanish. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78382820" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="3F2F5CB4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D68430C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="17044DEB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1388994763"/>
+        <w:divId w:val="337387500"/>
       </w:pPr>
       <w:bookmarkStart w:id="179" w:name="Session5_MediaContent8"/>
       <w:bookmarkEnd w:id="179"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E0DABB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1B2DF2C3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1712411821"/>
+        <w:divId w:val="1057898300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 17</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="180" w:name="View_Session5_Transcript8"/>
-    <w:p w14:paraId="24341AB1" w14:textId="6EC06606" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4CC6D3C4" w14:textId="1BB996A8" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1712411821"/>
+        <w:divId w:val="1057898300"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript8"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 17</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="180"/>
     </w:p>
-    <w:p w14:paraId="7DF0BB35" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="02B6F780" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174AE854" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="40418F30" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:t>Then, if you want to know the specific area in the country someone is from you would ask:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FBF8C99" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2E1F0C4B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
+        <w:divId w:val="1678265680"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你是中国什么地方人？</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...116 lines deleted...]
-        <w:t>?</w:t>
+        <w:t>nĭ shì zhōng guó shén me dì fang rén?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = What place in China are you from? (lit. you are China what place person?) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62819841" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="78275A48" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20BAEB2E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="18BF6F79" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1938175385"/>
+        <w:divId w:val="380710695"/>
       </w:pPr>
       <w:bookmarkStart w:id="181" w:name="Session5_MediaContent9"/>
       <w:bookmarkEnd w:id="181"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDCF6F6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="03243D6B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1261989442"/>
+        <w:divId w:val="293487834"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 18</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="182" w:name="View_Session5_Transcript9"/>
-    <w:p w14:paraId="60FB1E7F" w14:textId="78D03080" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2054D7C9" w14:textId="4E4BB5B0" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1261989442"/>
+        <w:divId w:val="293487834"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript9"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 18</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="182"/>
     </w:p>
-    <w:p w14:paraId="1CCDD3E4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="71E71069" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F469EEF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="486D8D8C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
+        <w:divId w:val="1678265680"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>您是英国什么地方人？</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nín</w:t>
-[...116 lines deleted...]
-        <w:t>?</w:t>
+        <w:t>nín shì yīng guó shén me dì fang rén?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Whereabouts in the UK are you from? (lit. You are UK what place person?) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734BE6C7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="2DDC0203" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E143B9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...2 lines deleted...]
-        <w:divId w:val="617419548"/>
+    <w:p w14:paraId="6C45F1DF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:divId w:val="1201239841"/>
       </w:pPr>
       <w:bookmarkStart w:id="183" w:name="Session5_MediaContent10"/>
       <w:bookmarkEnd w:id="183"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79EFEB8B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="525CEE79" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="786464048"/>
+        <w:divId w:val="1534532566"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 19</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="184" w:name="View_Session5_Transcript10"/>
-    <w:p w14:paraId="042C1D73" w14:textId="19998AEA" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5235788A" w14:textId="656D970A" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="786464048"/>
+        <w:divId w:val="1534532566"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript10"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 19</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="184"/>
     </w:p>
-    <w:p w14:paraId="2B727243" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="685E2524" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609631A1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="7EC3BC34" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:t>In response to this, you may hear Chinese people say:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CFADDA7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="361806D6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1902713559"/>
+        <w:divId w:val="1678265680"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我是北京人</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wǒ</w:t>
-[...73 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wǒ shì bĕi jīng rén</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> = I’m from Beijing (lit. I’m Beijing person). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F164CA6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="52CB019A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5587553E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5109642F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1633747178"/>
+        <w:divId w:val="718944735"/>
       </w:pPr>
       <w:bookmarkStart w:id="185" w:name="Session5_MediaContent11"/>
       <w:bookmarkEnd w:id="185"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DE1CAA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="705546D9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="528378816"/>
+        <w:divId w:val="1277174116"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 20</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="186" w:name="View_Session5_Transcript11"/>
-    <w:p w14:paraId="3AFE8A3D" w14:textId="3B032DD8" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="128BE2A1" w14:textId="2D06D239" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="528378816"/>
+        <w:divId w:val="1277174116"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript11"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 20</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="186"/>
     </w:p>
-    <w:p w14:paraId="520A0FE4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="1B81EE44" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67106D7A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="629E6DE2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">The question </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>什</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>么地方</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>shén</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> fang</w:t>
+        <w:t>shén me dì fang</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> means ‘What part of’. As you can see, the word order in Chinese differs to that of English, but you will learn more of that as you develop further learning of the language. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C44BE61" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="72EA665E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74488001" w14:textId="14D1FE7E" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1014696471"/>
+    <w:p w14:paraId="25661A3D" w14:textId="72B4A056" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="154299446"/>
       </w:pPr>
       <w:bookmarkStart w:id="187" w:name="Session5_StudyNote1"/>
       <w:bookmarkEnd w:id="187"/>
       <w:r>
         <w:t xml:space="preserve">Learn more countries and nationalities in Lesson 3 of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Chinese@OU</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> app</w:t>
+          <w:t>Chinese@OU app</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C638E71" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="590953D3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325C4411" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="55E1B24C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18AC10CD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4E81F5FC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="591865265"/>
+        <w:divId w:val="166789889"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="188" w:name="Session5_Activity3"/>
       <w:bookmarkEnd w:id="188"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 9 Names and nationalities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0D4D09" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1785030178"/>
+    <w:p w14:paraId="6AC69F5C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1620917612"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45510D76" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2069451181"/>
+    <w:p w14:paraId="60DC6BF4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1800609640"/>
       </w:pPr>
       <w:bookmarkStart w:id="189" w:name="Session5_Question11"/>
       <w:bookmarkEnd w:id="189"/>
       <w:r>
         <w:t>Listen to the audio extract below in which Mr Wang (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>王先生</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wáng</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wáng xiān sheng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>) and Miss Li (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>李小姐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>lĭ xiǎo jie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...93 lines deleted...]
-      </w:r>
       <w:r>
         <w:t xml:space="preserve">) talk about their places of origin. Identify their nationalities and the name of the city you hear, in the order you hear them. Do not worry if you do not understand the whole conversation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517E54BD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2069451181"/>
+    <w:p w14:paraId="03266043" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1800609640"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7685AD93" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...2 lines deleted...]
-        <w:divId w:val="104617927"/>
+    <w:p w14:paraId="72479E0A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:divId w:val="1359424841"/>
       </w:pPr>
       <w:bookmarkStart w:id="190" w:name="Session5_MediaContent12"/>
       <w:bookmarkEnd w:id="190"/>
       <w:r>
         <w:t>Interactive content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0160D538" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2069451181"/>
+    <w:p w14:paraId="4086CC36" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1800609640"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE07FB6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="0E5517A6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1800609640"/>
+      </w:pPr>
+      <w:r>
         <w:t>You can find the full transcript by clicking on ‘Reveal answer’.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11905611" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1785030178"/>
+    <w:p w14:paraId="71790196" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1620917612"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="191" w:name="View_Session5_Answer1"/>
-    <w:p w14:paraId="69428D3C" w14:textId="09A3B176" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4A3EBFDE" w14:textId="116EA91A" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1785030178"/>
+        <w:divId w:val="1620917612"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Answer1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Activity 9 Names and nationalities</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="191"/>
     </w:p>
-    <w:p w14:paraId="39312671" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1902713559"/>
+    <w:p w14:paraId="64538289" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1678265680"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9C8941" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="72C3A845" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1074474443"/>
+        <w:divId w:val="1455977375"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="192" w:name="Session5_Section2"/>
       <w:bookmarkEnd w:id="192"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>3.2 Professional titles and basic professions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694A5209" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1074474443"/>
+    <w:p w14:paraId="571B4B7D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1455977375"/>
       </w:pPr>
       <w:r>
         <w:t>Read the culture note and the reflection note that follows. Then reflect on your own culture.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633A11C9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1074474443"/>
+    <w:p w14:paraId="4D2BCDF4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1455977375"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C94926" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2488F7CA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="704599012"/>
+        <w:divId w:val="477454108"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="193" w:name="Session5_Box2"/>
       <w:bookmarkEnd w:id="193"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Culture note: professional titles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56081DAE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1919557400"/>
+    <w:p w14:paraId="3596B44F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1263950787"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">China is very much a hierarchical society, where titles are important. Chinese people like to address each other by attaching professional titles or official positions, such as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>老</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>师</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>lăo</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>lăo shī</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(teacher) or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>医生</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>yī shēng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t xml:space="preserve">(doctor), to a family name. So you might hear someone being addressed as </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>李老</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>师</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>shī</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>lĭ lăo shī</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">(teacher) or </w:t>
+        <w:t xml:space="preserve">(Teacher Li) or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>医生</w:t>
+        <w:t>王医生</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>yī</w:t>
-[...4 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+        <w:t>wáng yī shēng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...151 lines deleted...]
-      </w:r>
       <w:r>
         <w:t xml:space="preserve">(Doctor Wang), for example. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1067851D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1074474443"/>
+    <w:p w14:paraId="71900FD1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1455977375"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6A6866" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1074474443"/>
+    <w:p w14:paraId="3EBBABF4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1455977375"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0333FA1C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="40C08030" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="1375540965"/>
+        <w:divId w:val="491337880"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="194" w:name="Session5_Box3"/>
       <w:bookmarkEnd w:id="194"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Reflection point ( </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>想一想</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
+        <w:t xml:space="preserve"> xiǎng yi xiǎng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:eastAsia="zh-Hans"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34029565" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1157112935"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In what contexts would you address people by their professional titles in your own culture? ‘Minister, could you clarify…’; ‘Madam Chairman, it is clear that…’; ‘Doctor, could you tell me…’ Can you think of any other titles that you would use in everyday life? Does the use of professional titles indicate respect for some professions above others, or is it just a matter of convention? Do you think that forms of address are becoming less formal? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622A0301" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1455977375"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Box</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CCE8A6" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CCB75D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="539632757"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="195" w:name="Session6"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>4 Basic numbers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA3277A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In this section you will learn the basic numbers from 1–10 and how to form more complex numbers from these. You will also learn the hand gestures for these basic numbers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="412E5D9B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Box</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC9E338" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="255602101"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:eastAsia="zh-Hans"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="196" w:name="Session6_Box1"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:eastAsia="zh-Hans"/>
-[...128 lines deleted...]
-          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>The numbers 0–99</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2751C86F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1E1EA201" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>零</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>líng</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07831E2C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1839BEDB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>yī</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">yī </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C293B46" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7A5B9DC3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>二</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>èr</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">èr </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D3DC98" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="27C0499D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>三</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>sān</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">sān </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC2B033" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="16D4C49C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>四</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>sì</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">sì </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DEE6D77" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7B874D77" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>五</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>wǔ</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEA5F5F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="10B3C24C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>liù</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4059A424" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5B319F05" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>七</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>qī</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">qī </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49FAD0BE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="19AE729D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>八</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>bā</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">bā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3626F6CB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="546FA4CF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>九</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>jiǔ</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD6A78F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5A1286BE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>十</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>shí</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">shí </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E6DC4F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1607928417"/>
+    <w:p w14:paraId="13C8164C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="968239467"/>
       </w:pPr>
       <w:r>
         <w:t>Once you know the numbers 1–10 in Chinese, it is easy to form the rest of the numbers up to 99. For example:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9EA7DB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7E0C0AF7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>十一</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>shí</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>shí yī</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11 (ten one) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609A3846" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2F0DB020" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>十二</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>shí’èr</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 (ten two) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176DCCB8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3B2A81FC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>二十</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>èr</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>èr shí</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20 (two ten)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5368E9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="68C96986" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>三十</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>sān</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">sān shí </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve">30 (three ten) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CECAA15" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="11E236BD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>四十</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>sì</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">sì shí </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve">40 (four ten) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E45AFA3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2E5AAA35" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>二十一</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>èr</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">èr shí yī </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>21 (two ten one)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126FC90C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="674079E9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1607928417"/>
+        <w:divId w:val="968239467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>二十二</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>èr</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">èr shí’èr </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve">22 (two ten two) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65809A1D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1607928417"/>
+    <w:p w14:paraId="2F91C480" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="968239467"/>
       </w:pPr>
       <w:r>
         <w:t>When you come to read Chinese, you will notice that Chinese people frequently write down numbers in Arabic numerals (0, 1, 2, etc.) – a habit that has become increasingly widespread in recent years. The numeral ‘0’ is used particularly often because the Chinese character for zero (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>零</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) is so complicated. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A532B0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="062C28B6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09964FD9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="67228929" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In the next activity you will practise saying the numbers from zero to ten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6681FD5D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="32F4C8D4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E1C835" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="73C94C2C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="240" w:right="240"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="83496570"/>
+        <w:divId w:val="1053458244"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="197" w:name="Session6_Activity1"/>
       <w:bookmarkEnd w:id="197"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 10 Numbers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CA508E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1918633273"/>
+    <w:p w14:paraId="0C7C280D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2013410055"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17810D03" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="12193C23" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:bookmarkStart w:id="198" w:name="Session6_Question1"/>
       <w:bookmarkEnd w:id="198"/>
       <w:r>
         <w:t>Listen to the numbers from 0 to 5 in Chinese. After each number, pause and repeat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CDCF31F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="6D24D424" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>零</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>í</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve">ng </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5367CD98" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="38EB6995" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5047182F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="3A3E4063" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>二</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>è</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5277A65A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="0138E5D8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>三</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>sān</w:t>
-[...12 lines deleted...]
-        <w:divId w:val="1828206522"/>
+        <w:t xml:space="preserve">sān </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED634B4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>四</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ì</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD5A0D3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="7AB0E828" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>五</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ǔ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518795B8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="6FC73B31" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5987903B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4936BFF6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1469202817"/>
+        <w:divId w:val="2008438762"/>
       </w:pPr>
       <w:bookmarkStart w:id="199" w:name="Session6_MediaContent1"/>
       <w:bookmarkEnd w:id="199"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B4FFD9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="546F0F44" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="141167799"/>
+        <w:divId w:val="1412966090"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 21</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="200" w:name="View_Session6_Transcript1"/>
-    <w:p w14:paraId="7AC80E8E" w14:textId="1218D918" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="43A987CF" w14:textId="2C0F0E02" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="141167799"/>
+        <w:divId w:val="1412966090"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 21</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="200"/>
     </w:p>
-    <w:p w14:paraId="67E35EE9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="59CBDD73" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BCFE44" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="7CFB6907" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:t>Now listen to numbers 6-10 in Chinese. After each number, pause and repeat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25734694" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="53F93318" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>li</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ù</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5267675E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="1A29FBCF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>七</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F5658D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="57ADF0BD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>八</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5845BB59" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="46F979DF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>九</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ji</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ǔ</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0631191B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="6BC53979" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>十</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>sh</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>í</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249CD722" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="083AD284" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF60147" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="53AAD9A9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1716657518"/>
+        <w:divId w:val="548734325"/>
       </w:pPr>
       <w:bookmarkStart w:id="201" w:name="Session6_MediaContent2"/>
       <w:bookmarkEnd w:id="201"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9BD70A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5C6CFBB7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="511994790"/>
+        <w:divId w:val="1370760311"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 22</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="202" w:name="View_Session6_Transcript2"/>
-    <w:p w14:paraId="749550BA" w14:textId="7E13659D" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5C0174B8" w14:textId="2FFC8C80" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="511994790"/>
+        <w:divId w:val="1370760311"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Transcript2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 22</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="202"/>
     </w:p>
-    <w:p w14:paraId="1F46F552" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1828206522"/>
+    <w:p w14:paraId="3EE79D7F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1812165283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003E071C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1918633273"/>
+    <w:p w14:paraId="5691E521" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2013410055"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A3791D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="36101495" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="286A335E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="21F259B1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D41593F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6967B2AA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="240" w:right="240"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="495144681"/>
+        <w:divId w:val="343283401"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="203" w:name="Session6_Box2"/>
       <w:bookmarkEnd w:id="203"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Good and bad numbers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F096CED" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1339581811"/>
+    <w:p w14:paraId="4A3E1C04" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="964896733"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As in most cultures, numbers have specific connotations in Chinese. For instance, Chinese regard eight as a lucky number because it sounds very similar to the word for ‘get rich’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>(fā)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or ‘good fortune’ in Cantonese. More importantly, eight lies at the heart of an ancient Chinese belief system, built around an eight-sided diagram called </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>八卦</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>fā</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>bā guà</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. It has often been seen as providing a guide to life and has been applied to contexts as diverse as urban planning and diagnosis in traditional Chinese medicine. Because eight is a lucky number, the 2008 Beijing Olympic Games opened at 8 p.m. on the 8th day of the 8th month in 2008! Four, on the other hand, is not a good number in Chinese culture as </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>四</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> or ‘good fortune’ in Cantonese. More importantly, eight lies at the heart of an ancient Chinese belief system, built around an eight-sided diagram called </w:t>
+        <w:t>sì</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sounds similar to the word </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>八卦</w:t>
+        <w:t>死</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>bā</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>sǐ</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> meaning ‘death’ or ‘to die’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A48BED" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="4BC5B3BF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E98D60C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="7A8D8E9C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185840C3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="23A4E9EA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1699038410"/>
+        <w:divId w:val="2123109609"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="204" w:name="Session6_Activity2"/>
       <w:bookmarkEnd w:id="204"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 11 Phone numbers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB92760" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="690954776"/>
+    <w:p w14:paraId="08AE7793" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="418914068"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362839A2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1596476285"/>
+    <w:p w14:paraId="282DF368" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="211113273"/>
       </w:pPr>
       <w:bookmarkStart w:id="205" w:name="Session6_Question2"/>
       <w:bookmarkEnd w:id="205"/>
       <w:r>
         <w:t xml:space="preserve">Telephone numbers are read out digit by digit. Listen to this telephone number. Can you write down the number you hear? Listen as many times as you want. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4037D8B0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1596476285"/>
+    <w:p w14:paraId="05DFAEAF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="211113273"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3980B3CD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...2 lines deleted...]
-        <w:divId w:val="94252928"/>
+    <w:p w14:paraId="713D1124" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:divId w:val="917324412"/>
       </w:pPr>
       <w:bookmarkStart w:id="206" w:name="Session6_MediaContent3"/>
       <w:bookmarkEnd w:id="206"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="197E8D7A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4EC77A4E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1437553776"/>
+        <w:divId w:val="511914742"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 23</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="207" w:name="View_Session6_Transcript3"/>
-    <w:p w14:paraId="2706382B" w14:textId="7EDFFAF3" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="55ABCF49" w14:textId="0812DB62" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1437553776"/>
+        <w:divId w:val="511914742"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Transcript3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 23</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="207"/>
     </w:p>
-    <w:p w14:paraId="34A5A1F6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1596476285"/>
+    <w:p w14:paraId="3B3C1244" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="211113273"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51433A20" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="690954776"/>
+    <w:p w14:paraId="0A958004" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="418914068"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="208" w:name="View_Session6_Answer1"/>
-    <w:p w14:paraId="1B19BCB6" w14:textId="3D6F8166" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="245CCD9B" w14:textId="23F108C0" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="690954776"/>
+        <w:divId w:val="418914068"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Answer1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Activity 11 Phone numbers</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="208"/>
     </w:p>
-    <w:p w14:paraId="456958D9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="174876F9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758268A7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="5208E2C2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F5B71F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="39EFFE13" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1455096463"/>
+        <w:divId w:val="2144079435"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="209" w:name="Session6_Activity3"/>
       <w:bookmarkEnd w:id="209"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Activity 12 Lottery numbers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7EDBD5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1912813107"/>
+    <w:p w14:paraId="46F2F153" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="947546165"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC43D5E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="934047417"/>
+    <w:p w14:paraId="7120CF7F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27146791"/>
       </w:pPr>
       <w:bookmarkStart w:id="210" w:name="Session6_Question3"/>
       <w:bookmarkEnd w:id="210"/>
       <w:r>
         <w:t xml:space="preserve">Imagine you are taking part in a sports lottery while visiting China, and it’s now time for the announcement of the winner. Listen to the audio clip to find out whether yours are the winning numbers. From the following ten numbers, select the six winning numbers that you hear in the announcement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F730175" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="934047417"/>
+    <w:p w14:paraId="12C52CE2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27146791"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A0BDC30" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="31578363" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1053236014"/>
+        <w:divId w:val="1455321931"/>
       </w:pPr>
       <w:bookmarkStart w:id="211" w:name="Session6_MediaContent4"/>
       <w:bookmarkEnd w:id="211"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="140B12DA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="05584A08" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1077827251"/>
+        <w:divId w:val="1084955810"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 24</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="212" w:name="View_Session6_Transcript4"/>
-    <w:p w14:paraId="07DF00E0" w14:textId="73F6545A" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="271CB8F3" w14:textId="0F08F949" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1077827251"/>
+        <w:divId w:val="1084955810"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Transcript4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 24</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="212"/>
     </w:p>
-    <w:p w14:paraId="11315663" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="934047417"/>
+    <w:p w14:paraId="13F003EB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27146791"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CCBD29B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="934047417"/>
+    <w:p w14:paraId="79D30657" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="27146791"/>
       </w:pPr>
       <w:r>
         <w:t>What are the six numbers you hear?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225B5875" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1912813107"/>
+    <w:p w14:paraId="2FA72BBF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="947546165"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="255D334F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1352299141"/>
+    <w:p w14:paraId="3B4606D8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2113814765"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03861706" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2034186580"/>
+    <w:p w14:paraId="088158C0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1832673152"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2DF2EF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1771199231"/>
+    <w:p w14:paraId="65366DC7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1361392415"/>
       </w:pPr>
       <w:r>
         <w:t>14</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCD85AD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2027290899"/>
+    <w:p w14:paraId="741E55B0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="822741124"/>
       </w:pPr>
       <w:r>
         <w:t>19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8E294B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1014309721"/>
+    <w:p w14:paraId="4ACA3E71" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="943653940"/>
       </w:pPr>
       <w:r>
         <w:t>33</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD30E37" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="729036286"/>
+    <w:p w14:paraId="4BCA587B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1438599595"/>
       </w:pPr>
       <w:r>
         <w:t>40</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD54A5E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1781728529"/>
+    <w:p w14:paraId="2CB141F3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1399522102"/>
       </w:pPr>
       <w:r>
         <w:t>56</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A92D1B0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1626353953"/>
+    <w:p w14:paraId="273BC3E5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="657660022"/>
       </w:pPr>
       <w:r>
         <w:t>64</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D83291A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1377004506"/>
+    <w:p w14:paraId="3AD70002" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1845780848"/>
       </w:pPr>
       <w:r>
         <w:t>78</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BCC8DF5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="771097179"/>
+    <w:p w14:paraId="65282211" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="685983523"/>
       </w:pPr>
       <w:r>
         <w:t>99</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="213" w:name="View_Session6_Interaction1"/>
-    <w:p w14:paraId="116EBCBC" w14:textId="5FFB45E4" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4FAFE21B" w14:textId="45357543" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1912813107"/>
+        <w:divId w:val="947546165"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Interaction1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Activity 12 Lottery numbers</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="213"/>
     </w:p>
-    <w:p w14:paraId="604B2BC5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="29821049" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EDB1C9A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="7DB77843" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E51955" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="028DA7F1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1938251049"/>
+        <w:divId w:val="1130434935"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="214" w:name="Session6_StudyNote1"/>
       <w:bookmarkEnd w:id="214"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Culture note: hand gestures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E09C677" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="0F7076EF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1259875846"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Until now, you have studied the writing of Chinese numerals. But there is a way to gesture them, too. It is extremely common in China to signal numbers one to ten with one hand. Watch the following video, and practise gesturing these numerals on your own. You can pause the video and repeat after each number, saying aloud the Chinese word for each numeral. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680FB558" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1165970174"/>
+    <w:p w14:paraId="688F7302" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1259875846"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DACE34F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...2 lines deleted...]
-        <w:divId w:val="382406888"/>
+    <w:p w14:paraId="623C0FCE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:divId w:val="578172986"/>
       </w:pPr>
       <w:bookmarkStart w:id="215" w:name="Session6_MediaContent5"/>
       <w:bookmarkEnd w:id="215"/>
       <w:r>
         <w:t>Video content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C992E95" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="35374A3F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="2020813983"/>
+        <w:divId w:val="960115521"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Video 5</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="216" w:name="View_Session6_Transcript5"/>
-    <w:p w14:paraId="0B9CDEA7" w14:textId="5F029C6F" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="252828C2" w14:textId="4A04278B" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2020813983"/>
+        <w:divId w:val="960115521"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Transcript5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Video 5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="216"/>
     </w:p>
-    <w:p w14:paraId="1C165BF3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2020813983"/>
+    <w:p w14:paraId="10B0541A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="960115521"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D2445C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="579710B5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="739140094"/>
+        <w:divId w:val="464009814"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="217" w:name="Session6_Figure1"/>
       <w:bookmarkEnd w:id="217"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71154502" wp14:editId="1F3B46C3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="069F8075" wp14:editId="4A78EAAA">
             <wp:extent cx="4878000" cy="3027600"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:docPr id="12" name="Picture 12" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Picture 12" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4878000" cy="3027600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D95310C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2020813983"/>
+    <w:p w14:paraId="5968D07C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="960115521"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8778F8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1165970174"/>
+    <w:p w14:paraId="251311FF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1259875846"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B38933E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1165970174"/>
+    <w:p w14:paraId="67A61B28" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1259875846"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34758080" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...2 lines deleted...]
-        <w:divId w:val="1606378108"/>
+    <w:p w14:paraId="6A6CBE39" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="1482233587"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="218" w:name="Session6_Figure2"/>
       <w:bookmarkEnd w:id="218"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FCEF258" wp14:editId="16A4F67F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="644159A9" wp14:editId="1F5CB38A">
             <wp:extent cx="5278120" cy="4968031"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:docPr id="13" name="Picture 13" descr="Hand gestures for numbers one to ten. Full description in long description link."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="13" name="Picture 13" descr="Hand gestures for numbers one to ten. Full description in long description link."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278120" cy="4968031"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACF7336" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="68CA71BD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1365906322"/>
+        <w:divId w:val="41026575"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Figure 6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Hand gestures for numbers one to ten. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="219" w:name="View_Session6_Description1"/>
-    <w:p w14:paraId="2383A7C0" w14:textId="77D5DD4E" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="397A421E" w14:textId="51A0F671" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1365906322"/>
+        <w:divId w:val="41026575"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View description - Figure 6 Hand gestures for numbers one to ten.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="219"/>
     </w:p>
     <w:bookmarkStart w:id="220" w:name="View_Session6_Alternative1"/>
-    <w:p w14:paraId="0CC72F05" w14:textId="0BC78DB4" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2247464D" w14:textId="5FDF7EF3" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1365906322"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="41026575"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Alternative1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View alternative description - Figure 6 Hand gestures for numbers one to ten.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="220"/>
     </w:p>
-    <w:p w14:paraId="5063841E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1165970174"/>
+    <w:p w14:paraId="2360C3CD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1259875846"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14D060AC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="687800377"/>
+    <w:p w14:paraId="5244626B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="539632757"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Study Note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FFA6BE0" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="6363FF5F" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D355D2E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="70AD3EBE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="104857701"/>
+        <w:divId w:val="903762890"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="221" w:name="Session7"/>
       <w:bookmarkEnd w:id="221"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0344B93B" w14:textId="6FD7CB9A" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="104857701"/>
+    <w:p w14:paraId="414CF782" w14:textId="4EEC3D7D" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="903762890"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We hope you enjoyed this short taster course. You should now have some understanding about the structure of the Chinese language, the pronunciation of Mandarin Chinese, pinyin and characters and a few cultural practices of the use of professional titles and lucky numbers. Now that you have learned how to greet, say your name, nationality and numbers in Chinese, you may wish to progress your learning further by following The Open University’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Beginners’ Chinese module (L108, 30 credits)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. The brand new Intermediate Chinese (L118, 30 credits) will launch in October 2026. Watch this space! We will add the registration link in March 2026! . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="741A077D" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="1AF2412F" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4B10D5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="23A828AD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="302925334"/>
+        <w:divId w:val="1277564397"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="222" w:name="Session8"/>
       <w:bookmarkEnd w:id="222"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Further reading</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD1AAA6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="302925334"/>
+    <w:p w14:paraId="052D42DA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1277564397"/>
       </w:pPr>
       <w:r>
         <w:t>Here you can find some additional resources on Chinese language.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028C721B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="346A5C0B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="302925334"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="61023A71" w14:textId="68A1287B" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+        <w:divId w:val="1277564397"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Chinese@OU app:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F59EA56" w14:textId="0A746071" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="302925334"/>
+        <w:divId w:val="1277564397"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Instructions for download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D88E994" w14:textId="15D6787B" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="677FC500" w14:textId="1AF10990" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="302925334"/>
+        <w:divId w:val="1277564397"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId32" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Why is an app an ideal way to learn a new language?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7875AC27" w14:textId="196A5D0F" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="2BB5703C" w14:textId="61135BC6" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="302925334"/>
+        <w:divId w:val="1277564397"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId33" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Chinese Numbers: Learn How to Count 0–10 in Mandarin</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="555A48C1" w14:textId="082BC873" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="6A9F8277" w14:textId="347C300B" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="302925334"/>
+        <w:divId w:val="1277564397"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Chinese characters animation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03A6063C" w14:textId="5E21ABA2" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="045CF2D0" w14:textId="4BDDAF2C" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="302925334"/>
+        <w:divId w:val="1277564397"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId35" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
-          <w:t>TedTalk</w:t>
-[...7 lines deleted...]
-          <w:t>: Learn to Chinese with ease</w:t>
+          <w:t>TedTalk: Learn to Chinese with ease</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43D9C8DA" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="5FE50B34" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F38A08" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="19099BCC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1291665561"/>
+        <w:divId w:val="547186779"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="223" w:name="Session9"/>
       <w:bookmarkEnd w:id="223"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Acknowledgements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47030310" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="20AA9363" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:t>This free course was written by The Open University Chinese course team. It was republished in October 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59995274" w14:textId="6066A901" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="4AE5123C" w14:textId="169CC8E3" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Except for third party materials and otherwise stated (see </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>terms and conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> ), this content is made available under a </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Creative Commons Attribution-</w:t>
-[...27 lines deleted...]
-          <w:t xml:space="preserve"> 4.0 Licence </w:t>
+          <w:t xml:space="preserve">Creative Commons Attribution-NonCommercial-ShareAlike 4.0 Licence </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69FD1D94" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="50F95665" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The material acknowledged below is Proprietary and used under licence (not subject to Creative Commons Licence). Grateful acknowledgement is made to the following sources for permission to reproduce material in this course: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E64B71F" w14:textId="3E9F1416" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="08744F4A" w14:textId="45603ACA" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Course image: </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>fnchng</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> in Flickr made available under </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Creative Commons Attribution-</w:t>
-[...13 lines deleted...]
-          <w:t xml:space="preserve"> 2.0 Licence </w:t>
+          <w:t xml:space="preserve">Creative Commons Attribution-NonCommercial 2.0 Licence </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D1D981" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="71128141" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:t>Course image © AMD5150 (Via Flickr)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5592215F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...113 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="6DF57D5E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Figure 1: taken from en.wikipedia.org/wiki/File:New-Map-Sinophone_World.PNG by ASDFGHJ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD76892" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Figure 2: adapted from www.rcl.cityu.edu.hk and en.wikipedia.org, licensed under the Creative Commons Attribution ShareAlike 3.0, Attribution ShareAlike 2.5, Attribution ShareAlike 2.0 and Attribution ShareAlike 1.0 License, creativecommons.org/licenses. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD398C2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Figure 3: courtesy of Fernando Rosell-Aguilar and Ana Sánchez-Forner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F981DBA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Figure 4: lukasRychvalsky from Pixabay</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B9147A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Figure 5: Free Photos by Pixabay</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C537718" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:t>Figure 6: (c) unidentified</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB4E1FD" w14:textId="5ED3DACF" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="190CA757" w14:textId="2C87C90D" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Video 4: The Father of Pinyin: Copyright Guardian News &amp; Media Ltd 2020 </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=T7Bi_DVFecE&amp;feature=emb_logo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="384E84B9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="157C835C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Every effort has been made to contact copyright owners. If any have been inadvertently overlooked, the publishers will be pleased to make the necessary arrangements at the first opportunity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37467092" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="64C81039" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Don't miss out</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24594FD5" w14:textId="7F3DFFDA" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1291665561"/>
+    <w:p w14:paraId="6A235690" w14:textId="49D00C68" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="547186779"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If reading this text has inspired you to learn more, you may be interested in joining the millions of people who discover our free learning resources and qualifications by visiting The Open University – </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.open.edu/openlearn/free-courses</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0257AB51" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="1F1C9EC2" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05854202" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2A97F529" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="224" w:name="Solutions1"/>
       <w:bookmarkEnd w:id="224"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Solutions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644200CB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="22A4DE65" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Activity 1 Chinese language general knowledge quiz </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5325632E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="29F47A85" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C5ACA14" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="230D1224" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1928416909"/>
+        <w:divId w:val="922224362"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="225" w:name="Session3_Interaction1"/>
       <w:bookmarkEnd w:id="225"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22075076" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="477DB00A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1928416909"/>
+        <w:divId w:val="922224362"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA687A0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1261597078"/>
+    <w:p w14:paraId="3BD75BFB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="87235878"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48ADC6E9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4FF078AF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1928416909"/>
+        <w:divId w:val="922224362"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB4C4EA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1122335749"/>
+    <w:p w14:paraId="5752BCDF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1491365070"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="226" w:name="Back_To_Session3_Part1"/>
-    <w:p w14:paraId="2AF330E8" w14:textId="319DA9FA" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1C24950D" w14:textId="2C5C7921" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1928416909"/>
+        <w:divId w:val="922224362"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA7FD56" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4276C5A0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="119693952"/>
+        <w:divId w:val="1046182549"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="227" w:name="Session3_Discussion1"/>
       <w:bookmarkEnd w:id="227"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DAEA9E8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="119693952"/>
+    <w:p w14:paraId="618863EA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1046182549"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">True. Mandarin Chinese is the official language of China, Taiwan, one of the official languages in Singapore and one of the six official languages in the United Nations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B8DEB4" w14:textId="65380D70" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="486DEB36" w14:textId="70F84D43" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="119693952"/>
+        <w:divId w:val="1046182549"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Part1" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Part</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="226"/>
     </w:p>
-    <w:p w14:paraId="5F448CC9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3BE56357" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D9DC59" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6A20C995" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="816728477"/>
+        <w:divId w:val="2036223468"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="228" w:name="Session3_Interaction2"/>
       <w:bookmarkEnd w:id="228"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E740A9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="06E25630" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="816728477"/>
+        <w:divId w:val="2036223468"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA876AD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1687756915"/>
+    <w:p w14:paraId="341128FC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1123035680"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02DD982D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="115E1235" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="816728477"/>
+        <w:divId w:val="2036223468"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A23BB36" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="3821168"/>
+    <w:p w14:paraId="60ED39BE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="325480626"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="229" w:name="Back_To_Session3_Part2"/>
-    <w:p w14:paraId="17D1B753" w14:textId="1A8A4D06" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="07CD1A99" w14:textId="690C7855" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="816728477"/>
+        <w:divId w:val="2036223468"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6372B82B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="62821AA0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="689066336"/>
+        <w:divId w:val="1976328064"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="230" w:name="Session3_Discussion2"/>
       <w:bookmarkEnd w:id="230"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43103016" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="689066336"/>
+    <w:p w14:paraId="34444B0F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1976328064"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">False. The Han Chinese constitute about 94 percent of China’s population. About 70 percent of the Han people speak Mandarin Chinese; the remaining 30 percent speak other related Chinese languages or dialects. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1191B5" w14:textId="5969DB1F" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="3B005D9C" w14:textId="795620C7" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="689066336"/>
+        <w:divId w:val="1976328064"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Part2" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Part</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="229"/>
     </w:p>
-    <w:p w14:paraId="400FC52A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1813F760" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380BB220" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5105DF36" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1064451943"/>
+        <w:divId w:val="499154814"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="231" w:name="Session3_Interaction3"/>
       <w:bookmarkEnd w:id="231"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BD559C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="69510371" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1064451943"/>
+        <w:divId w:val="499154814"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018A0F4D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1743793978"/>
+    <w:p w14:paraId="63FDE44F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1152939714"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2879B758" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1E2C97DF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1064451943"/>
+        <w:divId w:val="499154814"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607B718D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="2FCB1271" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="704868300"/>
+      </w:pPr>
+      <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="232" w:name="Back_To_Session3_Part3"/>
-    <w:p w14:paraId="7AC0179B" w14:textId="67E5AADE" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1C8F3705" w14:textId="1BD5E0D8" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1064451943"/>
+        <w:divId w:val="499154814"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365694B0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3D3E769C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="2014142449"/>
+        <w:divId w:val="918365152"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="233" w:name="Session3_Discussion3"/>
       <w:bookmarkEnd w:id="233"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3292F5AF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2014142449"/>
+    <w:p w14:paraId="20591691" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="918365152"/>
       </w:pPr>
       <w:r>
         <w:t>False. Apart from Mandarin, the other six major varieties of spoken Chinese are Cantonese, Gan, Hakka, Min, Wu and Xiang.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE81AEF" w14:textId="4F0000DA" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="14C36EA1" w14:textId="0F76BF27" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2014142449"/>
+        <w:divId w:val="918365152"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Part3" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Part</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="232"/>
     </w:p>
-    <w:p w14:paraId="455E0CEE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2877C193" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4422D297" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1549E8E4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="836186363"/>
+        <w:divId w:val="1575124267"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="234" w:name="Session3_Interaction4"/>
       <w:bookmarkEnd w:id="234"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F5B351" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4F78270D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="836186363"/>
+        <w:divId w:val="1575124267"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AECD058" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="854811238"/>
+    <w:p w14:paraId="4F7F0EB7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1644046437"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A017000" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="58645905" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="836186363"/>
+        <w:divId w:val="1575124267"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74327408" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="222259002"/>
+    <w:p w14:paraId="1CB80D27" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1038507951"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="235" w:name="Back_To_Session3_Part4"/>
-    <w:p w14:paraId="4E9A5469" w14:textId="12103948" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5BDD6011" w14:textId="21697334" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="836186363"/>
+        <w:divId w:val="1575124267"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A52394" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="56BB5047" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="611671981"/>
+        <w:divId w:val="1998726759"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="236" w:name="Session3_Discussion4"/>
       <w:bookmarkEnd w:id="236"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075299AB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="611671981"/>
+    <w:p w14:paraId="6B03A768" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1998726759"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">True. Chinese is often perceived in the West as a difficult language, mainly because of its different character script and the fact that it is a tonal language. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06DDF1BE" w14:textId="1E6969E6" w:rsidR="000B67FC" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="063A250A" w14:textId="5F859239" w:rsidR="00904CF8" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="611671981"/>
+        <w:divId w:val="1998726759"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Part4" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Part</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="235"/>
     </w:p>
-    <w:p w14:paraId="0B8FB77B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7FABA59B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237E98AA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="76FD1541" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="264386281"/>
+        <w:divId w:val="433480431"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="237" w:name="Session3_Interaction5"/>
       <w:bookmarkEnd w:id="237"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB38753" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="662558D2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="264386281"/>
+        <w:divId w:val="433480431"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645B65A0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="244148805"/>
+    <w:p w14:paraId="41CD5405" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1127815070"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2156893D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7D1D1496" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="264386281"/>
+        <w:divId w:val="433480431"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FDBA209" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="268926718"/>
+    <w:p w14:paraId="5FABB75A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="332801751"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="238" w:name="Back_To_Session3_Part5"/>
-    <w:p w14:paraId="77E3E192" w14:textId="59A8D143" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="59A5D115" w14:textId="539B764D" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="264386281"/>
+        <w:divId w:val="433480431"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="238"/>
     </w:p>
-    <w:p w14:paraId="7C51A7FB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="49530738" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Activity 4 Identifying simplified and traditional characters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A63175" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1148BB19" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1289118936"/>
+        <w:divId w:val="933513317"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="239" w:name="Session3_Answer1"/>
       <w:bookmarkEnd w:id="239"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C43748" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1289118936"/>
+    <w:p w14:paraId="2E3E7A10" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="933513317"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7789C6EE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2DDD7255" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1639336270"/>
+        <w:divId w:val="1783256635"/>
       </w:pPr>
       <w:r>
         <w:t>Table 4 Simplified and traditional characters (completed)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2379"/>
         <w:gridCol w:w="1468"/>
         <w:gridCol w:w="2130"/>
         <w:gridCol w:w="2335"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C749A" w14:paraId="1758522E" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="39FB31B8" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1639336270"/>
+          <w:divId w:val="1783256635"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BA18960" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="2377FB66" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="240" w:name="Session3_Table5"/>
             <w:bookmarkEnd w:id="240"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F201DE2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4CF44DB2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pinyin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E276A9B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="5355971B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Simplified</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19316765" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="1592C0CD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Traditional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="32D33194" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="34A5EC6B" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1639336270"/>
+          <w:divId w:val="1783256635"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="325562F0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="74AF30FD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to love; love</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10C15BD2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="7FF74F3F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>ài</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64EC3777" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4DA80F1C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>爱</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5518C890" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="43587C50" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>愛</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="55082CC2" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="384DDA21" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1639336270"/>
+          <w:divId w:val="1783256635"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B21B881" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="5C6B992A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07B0207B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="26DFC75C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>shū</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ADACCA7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="71EFEBDC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>书</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06E9DE77" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="1C385627" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>書</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="71DF5300" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="487C4E40" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1639336270"/>
+          <w:divId w:val="1783256635"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35A9EACA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="1DB5F42A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to meet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52A118D4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="6864B05E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-Hans"/>
               </w:rPr>
               <w:t>jiàn</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="094267DE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="79CF006E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>见</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="539763DF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="15506696" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>見</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F8023E8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1289118936"/>
+    <w:p w14:paraId="63D2CB35" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="933513317"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="241" w:name="Back_To_Session3_Activity4"/>
-    <w:p w14:paraId="11EE4D55" w14:textId="38E2AFAE" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="28CAA7EB" w14:textId="38BDE71E" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1289118936"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="933513317"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Activity4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Activity 4 Identifying simplified and traditional characters</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="241"/>
     </w:p>
-    <w:p w14:paraId="7E196561" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="019898EC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Activity 5 Word combinations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F534096" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="562F5233" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E18832" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="70715EC5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="211118632"/>
+        <w:divId w:val="2090105754"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="242" w:name="Session3_Interaction6"/>
       <w:bookmarkEnd w:id="242"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1232A781" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="484D949E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="211118632"/>
+        <w:divId w:val="2090105754"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C50C253" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1641958075"/>
+    <w:p w14:paraId="634B3E59" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1436824085"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013BC86B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="58A3CB13" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="211118632"/>
+        <w:divId w:val="2090105754"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D845150" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2089572239"/>
+    <w:p w14:paraId="1EB28394" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1622760409"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08305CDC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="854609733"/>
+    <w:p w14:paraId="416E78EA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="959459074"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42670710" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="655259189"/>
+    <w:p w14:paraId="46219308" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2068989512"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0586D1EC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="106584278"/>
+    <w:p w14:paraId="11127493" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1270577603"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20300DCC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="686715749"/>
+    <w:p w14:paraId="0C0ED6A4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1228110219"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="243" w:name="Back_To_Session3_Part7"/>
-    <w:p w14:paraId="6E8E1463" w14:textId="6775C7BB" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="304CFDA3" w14:textId="4BD21CE7" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="211118632"/>
+        <w:divId w:val="2090105754"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="243"/>
     </w:p>
-    <w:p w14:paraId="5BB10C87" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="14AB2890" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323A8CE8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="053FE7B2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="89392851"/>
+        <w:divId w:val="1152021891"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="244" w:name="Session3_Interaction7"/>
       <w:bookmarkEnd w:id="244"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3C6F69" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7FA840CC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="89392851"/>
+        <w:divId w:val="1152021891"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="288ABB6E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="476648396"/>
+    <w:p w14:paraId="74CAC798" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1847016508"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D452BD9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="22580B3B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="89392851"/>
+        <w:divId w:val="1152021891"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B00937" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="67924664"/>
+    <w:p w14:paraId="26B39766" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1985155422"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="295E2D51" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="831915703"/>
+    <w:p w14:paraId="52C3EA09" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1067344466"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFD47F5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="408960488"/>
+    <w:p w14:paraId="40F64E23" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2103213402"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BBE3914" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2099210480"/>
+    <w:p w14:paraId="442059A6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="244806180"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA07B27" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1984851946"/>
+    <w:p w14:paraId="281C1357" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="106390313"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="245" w:name="Back_To_Session3_Part8"/>
-    <w:p w14:paraId="26A13434" w14:textId="7D555302" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="581EC8DF" w14:textId="130B67A5" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="89392851"/>
+        <w:divId w:val="1152021891"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part8"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="245"/>
     </w:p>
-    <w:p w14:paraId="115C68BD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="300CEBCE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212AD6D4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7ABEFAAD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="332412221"/>
+        <w:divId w:val="1199659527"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="246" w:name="Session3_Interaction8"/>
       <w:bookmarkEnd w:id="246"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03805764" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0BA3AB92" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="332412221"/>
+        <w:divId w:val="1199659527"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA538AB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1546209927"/>
+    <w:p w14:paraId="20F9C919" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1054154837"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767BF1CD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="29A47B61" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="332412221"/>
+        <w:divId w:val="1199659527"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF84514" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1055665737"/>
+    <w:p w14:paraId="261E1407" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2117479875"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7ED0A1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="978387899"/>
+    <w:p w14:paraId="6AF31793" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="398329233"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72168B73" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="685209675"/>
+    <w:p w14:paraId="0ADC43BD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="256906521"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F0A83F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="290482361"/>
+    <w:p w14:paraId="3F1F5B57" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1923946310"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C736143" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="811216760"/>
+    <w:p w14:paraId="30FFDC7E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1590625132"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="247" w:name="Back_To_Session3_Part9"/>
-    <w:p w14:paraId="51672227" w14:textId="2E162F16" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="62BA96FA" w14:textId="7DC4F39C" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="332412221"/>
+        <w:divId w:val="1199659527"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part9"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="247"/>
     </w:p>
-    <w:p w14:paraId="7C9611B3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2B3EE06B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2431F092" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="26343C6B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="893585588"/>
+        <w:divId w:val="1618221420"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="248" w:name="Session3_Interaction9"/>
       <w:bookmarkEnd w:id="248"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE6E449" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3CFE9CA7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="893585588"/>
+        <w:divId w:val="1618221420"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D096CA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1978945644"/>
+    <w:p w14:paraId="0ECC8CF6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1523780980"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B35AE28" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5848681F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="893585588"/>
+        <w:divId w:val="1618221420"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1567083B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1575166693"/>
+    <w:p w14:paraId="6CCF5449" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="526870252"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB36ECA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1093934682"/>
+    <w:p w14:paraId="68E16B5B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="547769055"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAE0D6D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2054034012"/>
+    <w:p w14:paraId="2AE05F32" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1848864096"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02460AD5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1771392905"/>
+    <w:p w14:paraId="7CB0D288" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="908346162"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="541A4726" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1689796113"/>
+    <w:p w14:paraId="2689B5A7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="67845807"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="249" w:name="Back_To_Session3_Part10"/>
-    <w:p w14:paraId="0F28585F" w14:textId="3D678B08" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0C0A8018" w14:textId="2E4FDB6D" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="893585588"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1618221420"/>
+      </w:pPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part10"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="249"/>
     </w:p>
-    <w:p w14:paraId="19D2FDA5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="09E0C395" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E596135" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0EBBDAB6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1101730327"/>
+        <w:divId w:val="741803349"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="250" w:name="Session3_Interaction10"/>
       <w:bookmarkEnd w:id="250"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F305EB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="57C238B4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1101730327"/>
+        <w:divId w:val="741803349"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6736F624" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1892575224"/>
+    <w:p w14:paraId="51064142" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1336689233"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428DA0E3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="78026215" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1101730327"/>
+        <w:divId w:val="741803349"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E620E30" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1007057827"/>
+    <w:p w14:paraId="0E79A90E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="935553763"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C72C98" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1102997604"/>
+    <w:p w14:paraId="6C574770" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="939025010"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E067EF0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1764255975"/>
+    <w:p w14:paraId="6B5C8D38" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1361322194"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A408E1C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2110587499"/>
+    <w:p w14:paraId="58A28F29" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="981155841"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4998A89B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1173834469"/>
+    <w:p w14:paraId="6F5AEE6F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="175970460"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="251" w:name="Back_To_Session3_Part11"/>
-    <w:p w14:paraId="00891363" w14:textId="2FBEFD7A" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0E7A10AA" w14:textId="0A90B9E8" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1101730327"/>
+        <w:divId w:val="741803349"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part11"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="251"/>
     </w:p>
-    <w:p w14:paraId="25B95E9C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7BDDF271" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536F4F81" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0CAACB18" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="2007781250"/>
+        <w:divId w:val="1779448162"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="252" w:name="Session3_Interaction11"/>
       <w:bookmarkEnd w:id="252"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7049DC1E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0F3E1CE2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2007781250"/>
+        <w:divId w:val="1779448162"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8E61BC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="464154829"/>
+    <w:p w14:paraId="5CE6B050" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="479342893"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>学</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>文</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D48466E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1906DF55" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2007781250"/>
+        <w:divId w:val="1779448162"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C2E1B2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="424887673"/>
+    <w:p w14:paraId="37B2736E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="565844595"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27594D8C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1168324283"/>
+    <w:p w14:paraId="54031B9A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1036077208"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2800AC35" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1198353799"/>
+    <w:p w14:paraId="1646B837" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="66389677"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>国</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDB3782" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2100521849"/>
+    <w:p w14:paraId="3215E495" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="494760500"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>医</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40ED504A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="894395599"/>
+    <w:p w14:paraId="0CEEF05D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1430850340"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>们</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="253" w:name="Back_To_Session3_Part12"/>
-    <w:p w14:paraId="6B2E0D75" w14:textId="063191D3" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4587D728" w14:textId="291F62CD" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2007781250"/>
+        <w:divId w:val="1779448162"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part12"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="253"/>
     </w:p>
-    <w:p w14:paraId="60C734E4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0755FC4A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Activity 6 Greetings </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5545048A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="08BC65CC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CC09AF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3E99FE74" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1749813494"/>
+        <w:divId w:val="661549318"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="254" w:name="Session4_Interaction1"/>
       <w:bookmarkEnd w:id="254"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559C5976" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="34C37C96" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1749813494"/>
+        <w:divId w:val="661549318"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A20EA5E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1533498455"/>
+    <w:p w14:paraId="4A8F552B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1869902273"/>
       </w:pPr>
       <w:r>
         <w:t>Hello (informal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCC0493" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="77C321D1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1749813494"/>
+        <w:divId w:val="661549318"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD82883" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="743835546"/>
+    <w:p w14:paraId="13F54EE8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="776172992"/>
       </w:pPr>
       <w:r>
         <w:t>How do you do? (formal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B96EA66" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="44E0D70C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1996300798"/>
+      </w:pPr>
+      <w:r>
         <w:t>Goodbye</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67AB4FD3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2098868397"/>
+    <w:p w14:paraId="00A6CD1E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="421688316"/>
       </w:pPr>
       <w:r>
         <w:t>None of the above</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="255" w:name="Back_To_Session4_Part2"/>
-    <w:p w14:paraId="32224CC3" w14:textId="5D3FAA4D" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1A179EA4" w14:textId="40CF242B" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1749813494"/>
+        <w:divId w:val="661549318"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="255"/>
     </w:p>
-    <w:p w14:paraId="68E79906" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="172DA989" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E66043" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4DCDB556" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1841237864"/>
+        <w:divId w:val="421226768"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="256" w:name="Session4_Interaction2"/>
       <w:bookmarkEnd w:id="256"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C079F16" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="67B28E27" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1841237864"/>
+        <w:divId w:val="421226768"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6F0A66" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1138304280"/>
+    <w:p w14:paraId="48045186" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="725378571"/>
       </w:pPr>
       <w:r>
         <w:t>Thank you/Thanks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DEECB2F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="68B855F9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1841237864"/>
+        <w:divId w:val="421226768"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF5CC00" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="754284557"/>
+    <w:p w14:paraId="02C71890" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1258099719"/>
       </w:pPr>
       <w:r>
         <w:t>Goodbye</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9FF4A5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="979455655"/>
+    <w:p w14:paraId="2B05FD64" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1495802800"/>
       </w:pPr>
       <w:r>
         <w:t>Not at all</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F790CD8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2099709405"/>
+    <w:p w14:paraId="1FD6BE33" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="385952908"/>
       </w:pPr>
       <w:r>
         <w:t>None of the above</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="257" w:name="Back_To_Session4_Part3"/>
-    <w:p w14:paraId="11EEAF6F" w14:textId="6EBBB14A" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0C4B5EFB" w14:textId="349FFC58" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1841237864"/>
+        <w:divId w:val="421226768"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="257"/>
     </w:p>
-    <w:p w14:paraId="0CCCFDA2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="42877C5B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2AEE31" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="62BA793C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="23135973"/>
+        <w:divId w:val="1665745193"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="258" w:name="Session4_Interaction3"/>
       <w:bookmarkEnd w:id="258"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D00AC70" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="26C9EC42" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="23135973"/>
+        <w:divId w:val="1665745193"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE407F9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="263001194"/>
+    <w:p w14:paraId="2B796450" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="745110888"/>
       </w:pPr>
       <w:r>
         <w:t>How do you do? (formal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7012B9A4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6B0A1DB6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="23135973"/>
+        <w:divId w:val="1665745193"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1968AEC8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1164667186"/>
+    <w:p w14:paraId="7E22C859" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="800541532"/>
       </w:pPr>
       <w:r>
         <w:t>Hello (informal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6005FF34" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1190292643"/>
+    <w:p w14:paraId="176CFAA4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="444079810"/>
       </w:pPr>
       <w:r>
         <w:t>Goodbye</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="611C51D8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1523931426"/>
+    <w:p w14:paraId="4AD8263E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="431975217"/>
       </w:pPr>
       <w:r>
         <w:t>None of the above</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="259" w:name="Back_To_Session4_Part4"/>
-    <w:p w14:paraId="167CB126" w14:textId="17C1CCA9" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="613FE8FF" w14:textId="73E7A7C9" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="23135973"/>
+        <w:divId w:val="1665745193"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="259"/>
     </w:p>
-    <w:p w14:paraId="48A4C4F0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6BDA5B9F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742405A0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="32F9CC90" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="100028493"/>
+        <w:divId w:val="2016883301"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="260" w:name="Session4_Interaction4"/>
       <w:bookmarkEnd w:id="260"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F8AE2F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="34297612" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="100028493"/>
+        <w:divId w:val="2016883301"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733EF9A4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="166944548"/>
+    <w:p w14:paraId="35A36E80" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1755854086"/>
       </w:pPr>
       <w:r>
         <w:t>Goodbye</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FC0E19" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="59D2F5CC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="100028493"/>
+        <w:divId w:val="2016883301"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB5C94C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="356780484"/>
+    <w:p w14:paraId="0D2C7006" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="816339766"/>
       </w:pPr>
       <w:r>
         <w:t>Hello (informal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F837E2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1028213744"/>
+    <w:p w14:paraId="7CD252A5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1204832675"/>
       </w:pPr>
       <w:r>
         <w:t>How do you do? (formal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A84B9AF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1660964076"/>
+    <w:p w14:paraId="2BB97430" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="46687512"/>
       </w:pPr>
       <w:r>
         <w:t>None of the above</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="261" w:name="Back_To_Session4_Part5"/>
-    <w:p w14:paraId="10D44D96" w14:textId="5EFA196B" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="04AB0CD0" w14:textId="66EB0AA4" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="100028493"/>
+        <w:divId w:val="2016883301"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="261"/>
     </w:p>
-    <w:p w14:paraId="3BB13342" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="311743F5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Activity 7 Names</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1808348F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6496D0EA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1812867911"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:t>Part A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD513AA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="08D982B8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="815803220"/>
+        <w:divId w:val="59791341"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="262" w:name="Session5_Interaction1"/>
       <w:bookmarkEnd w:id="262"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42601FB3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1B787AED" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="815803220"/>
+        <w:divId w:val="59791341"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CACDFAE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="860894862"/>
+    <w:p w14:paraId="7810A4C5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1664703123"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve">Li </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Li Xiaoying</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="318E0F21" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="59791341"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Wrong:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E73EAE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1293512118"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>Xiaoying</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="0F0E0542" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+        <w:t>Wang Xiaoying</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5C5CF3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="41297939"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>Wang Jing</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="263" w:name="Back_To_Session5_Part1"/>
+    <w:p w14:paraId="6566918B" w14:textId="737456DF" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="815803220"/>
-[...51 lines deleted...]
-        <w:divId w:val="815803220"/>
+        <w:divId w:val="59791341"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part A</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="263"/>
     </w:p>
-    <w:p w14:paraId="20D13A25" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2AEA7556" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part B</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B0624E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7FA43709" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1426457962"/>
+        <w:divId w:val="696078149"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="264" w:name="Session5_Interaction2"/>
       <w:bookmarkEnd w:id="264"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB7FB0A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="59E04975" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1426457962"/>
+        <w:divId w:val="696078149"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F268B04" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1164010272"/>
+    <w:p w14:paraId="0C6EEAA5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1167750555"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>Wang Jing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B0173C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="162C66F4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1426457962"/>
+        <w:divId w:val="696078149"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62781929" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1443719325"/>
+    <w:p w14:paraId="40765C28" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1502040785"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wang </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Wang Xiaoying</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17BA493E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1111363066"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>Xiaoying</w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Li Xiaoying</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="265" w:name="Back_To_Session5_Part2"/>
-    <w:p w14:paraId="64AF0307" w14:textId="291D3317" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="609899C7" w14:textId="33BC8418" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1426457962"/>
+        <w:divId w:val="696078149"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part B</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="265"/>
     </w:p>
-    <w:p w14:paraId="29140BD8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5950415B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1812867911"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:t>Part C</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01173151" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="76E826A2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1940680806"/>
+        <w:divId w:val="1504588681"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="266" w:name="Session5_Interaction3"/>
       <w:bookmarkEnd w:id="266"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71CBADB7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="431F083E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1940680806"/>
+        <w:divId w:val="1504588681"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD435A7" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="897134822"/>
+    <w:p w14:paraId="188C01E0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="753090952"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>叫</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>jiào</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="411B0389" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    </w:p>
+    <w:p w14:paraId="4E30AF90" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1940680806"/>
+        <w:divId w:val="1504588681"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44637DA1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1814760204"/>
+    <w:p w14:paraId="3CCC0233" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="280918988"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>李京</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> lǐ jīng</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797D4507" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="2103455684"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>你好</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>lǐ</w:t>
-[...71 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> nǐ hǎo</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>！</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CCB2208" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="990255309"/>
+    <w:p w14:paraId="55CE09F7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2094737219"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>什</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>么</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>shén</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> me?</w:t>
+        <w:t>shén me?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="267" w:name="Back_To_Session5_Part3"/>
-    <w:p w14:paraId="77E5743B" w14:textId="6E5CB81C" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5C611C46" w14:textId="7E8E2B82" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1940680806"/>
+        <w:divId w:val="1504588681"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part C</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="267"/>
     </w:p>
-    <w:p w14:paraId="38A8E7C8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="14869794" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Activity 8 Translating foreign names</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D0B04F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0A71BCB2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B089992" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4860A76B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="830103688"/>
+        <w:divId w:val="859200573"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="268" w:name="Session5_Interaction4"/>
       <w:bookmarkEnd w:id="268"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F84BD4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3F039AE6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="830103688"/>
+        <w:divId w:val="859200573"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17820366" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="856625130"/>
+    <w:p w14:paraId="085A3A08" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="395398124"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71C90B6F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0870FB88" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="830103688"/>
+        <w:divId w:val="859200573"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C8A80C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="716E53D7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1074545580"/>
+      </w:pPr>
+      <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="269" w:name="Back_To_Session5_Part4"/>
-    <w:p w14:paraId="54E39E9D" w14:textId="0EF35258" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="30934B3A" w14:textId="3BC0B488" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="830103688"/>
+        <w:divId w:val="859200573"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="269"/>
     </w:p>
-    <w:p w14:paraId="3B48C719" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1DB9CE1C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720AF0A8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7C24BA12" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1984112943"/>
+        <w:divId w:val="388579380"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="270" w:name="Session5_Interaction5"/>
       <w:bookmarkEnd w:id="270"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BF506C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="280343B2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1984112943"/>
+        <w:divId w:val="388579380"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7D0E95" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1638685495"/>
+    <w:p w14:paraId="2048C095" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="943154328"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA551AE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2210E175" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1984112943"/>
+        <w:divId w:val="388579380"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173B5B1A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1940985707"/>
+    <w:p w14:paraId="7CA60A5C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="881284122"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="271" w:name="Back_To_Session5_Part5"/>
-    <w:p w14:paraId="5B22B495" w14:textId="5AE9AF14" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="08E868DB" w14:textId="57857571" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1984112943"/>
+        <w:divId w:val="388579380"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="271"/>
     </w:p>
-    <w:p w14:paraId="5D76A48C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="570B4FBB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9388B2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="67FE9F49" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1199928171"/>
+        <w:divId w:val="1027095855"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="272" w:name="Session5_Interaction6"/>
       <w:bookmarkEnd w:id="272"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55EFD57A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2E319201" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1199928171"/>
+        <w:divId w:val="1027095855"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CDD87BA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1976369739"/>
+    <w:p w14:paraId="3EBB0C13" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="720859841"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09ACE5AE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="28CB1B55" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1199928171"/>
+        <w:divId w:val="1027095855"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F40878" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1979531380"/>
+    <w:p w14:paraId="12E44AF9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1849758786"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="273" w:name="Back_To_Session5_Part6"/>
-    <w:p w14:paraId="54F5CFA4" w14:textId="19CF157D" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5B1CE3AF" w14:textId="39F18E73" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1199928171"/>
+        <w:divId w:val="1027095855"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="273"/>
     </w:p>
-    <w:p w14:paraId="752B9D91" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7E57975F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1812867911"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2548BF76" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="01571FCF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1377852337"/>
+        <w:divId w:val="58133452"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="274" w:name="Session5_Interaction7"/>
       <w:bookmarkEnd w:id="274"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E5C80A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="066C0B44" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1377852337"/>
+        <w:divId w:val="58133452"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74380DFB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1751467417"/>
+    <w:p w14:paraId="79F8D29E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1155343629"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257D5B2F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="59B4F576" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1377852337"/>
+        <w:divId w:val="58133452"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551FDD6F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="725564712"/>
+    <w:p w14:paraId="0E39866A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1834641015"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="275" w:name="Back_To_Session5_Part7"/>
-    <w:p w14:paraId="427ED07A" w14:textId="62D760AD" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4FE63C1E" w14:textId="447F1AC3" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1377852337"/>
+        <w:divId w:val="58133452"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="275"/>
     </w:p>
-    <w:p w14:paraId="1610BA68" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4E9D19CC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACBD258" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7BF38B36" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="523980578"/>
+        <w:divId w:val="321323349"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="276" w:name="Session5_Interaction8"/>
       <w:bookmarkEnd w:id="276"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1851340A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="49308A3B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="523980578"/>
+        <w:divId w:val="321323349"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4634B4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="693507055"/>
+    <w:p w14:paraId="6633DDC3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="428082308"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6660CBC2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6ECF63FE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="523980578"/>
+        <w:divId w:val="321323349"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A75C0BF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1349871721"/>
+    <w:p w14:paraId="253C0588" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1122189574"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="277" w:name="Back_To_Session5_Part8"/>
-    <w:p w14:paraId="02702F1D" w14:textId="401205C8" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0AACE86F" w14:textId="60A90B74" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="523980578"/>
+        <w:divId w:val="321323349"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part8"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="277"/>
     </w:p>
-    <w:p w14:paraId="24CC2934" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="265D9C61" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4755762D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7044F599" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="893925550"/>
+        <w:divId w:val="27415838"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="278" w:name="Session5_Interaction9"/>
       <w:bookmarkEnd w:id="278"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A3755D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="208EEFE9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="893925550"/>
+        <w:divId w:val="27415838"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DDA4287" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1750149292"/>
+    <w:p w14:paraId="269684E7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="582909438"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39373BC4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="777561CA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="893925550"/>
+        <w:divId w:val="27415838"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FC9876" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1906725031"/>
+    <w:p w14:paraId="6D357459" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="746927571"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="279" w:name="Back_To_Session5_Part9"/>
-    <w:p w14:paraId="73719A91" w14:textId="40ED98C1" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="36BD5ED0" w14:textId="4963F9F5" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="893925550"/>
+        <w:divId w:val="27415838"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part9"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="279"/>
     </w:p>
-    <w:p w14:paraId="68439340" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="19EB1B5F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0374F1B8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6B85BBC3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1777561333"/>
+        <w:divId w:val="823356197"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="280" w:name="Session5_Interaction10"/>
       <w:bookmarkEnd w:id="280"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3869CFCC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="04812726" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1777561333"/>
+        <w:divId w:val="823356197"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E55A88A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="56170300"/>
+    <w:p w14:paraId="69C7814B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="283778604"/>
       </w:pPr>
       <w:r>
         <w:t>a. literal or partial translation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="472F9165" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="25B805B2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1777561333"/>
+        <w:divId w:val="823356197"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E9B2AD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1645767820"/>
+    <w:p w14:paraId="1FBF4346" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="82924521"/>
       </w:pPr>
       <w:r>
         <w:t>b. sound similarity</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="281" w:name="Back_To_Session5_Part10"/>
-    <w:p w14:paraId="4E78484D" w14:textId="38D8FC3F" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0784A475" w14:textId="0056286B" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1777561333"/>
+        <w:divId w:val="823356197"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part10"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="281"/>
     </w:p>
-    <w:p w14:paraId="777A8750" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="06A5CFAF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Activity 9 Names and nationalities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A603FF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="221D2260" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1419524006"/>
+        <w:divId w:val="1533418558"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="282" w:name="Session5_Answer1"/>
       <w:bookmarkEnd w:id="282"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F411E6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1419524006"/>
+    <w:p w14:paraId="52BC8062" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1533418558"/>
       </w:pPr>
       <w:r>
         <w:t>Well done!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5F6A3E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="249622B2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1419524006"/>
+        <w:divId w:val="1533418558"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>中国</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zhōng</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>zhōng guó</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (China) - is first </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7B7D27" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2EBDBA24" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1419524006"/>
+        <w:divId w:val="1533418558"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>北京</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>běi</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>běi jīng</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Beijing) - is second </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7D1696" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3F9AC8C0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1419524006"/>
+        <w:divId w:val="1533418558"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>英国</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>yīng</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>yīng guó</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (UK/Britain) - is third </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD85506" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="30144724" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1419524006"/>
+        <w:divId w:val="1533418558"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei" w:cs="Microsoft JhengHei" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>伦</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>敦</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>lún</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>lún dūn</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (London) – is fourth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2942D3E6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1419524006"/>
+    <w:p w14:paraId="14F9FE4E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1533418558"/>
       </w:pPr>
       <w:r>
         <w:t>The transcript is available below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C7D6D4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1419524006"/>
+    <w:p w14:paraId="559DC216" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1533418558"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1077"/>
         <w:gridCol w:w="7235"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C749A" w14:paraId="492DD6D8" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="7AEF3510" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="664549639"/>
+          <w:divId w:val="490567500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2489464E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="202BB856" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="283" w:name="Session5_Table1"/>
             <w:bookmarkEnd w:id="283"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">wang </w:t>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>wang jing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="415AD628" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="484B75C3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>您好，我叫王京</w:t>
-[...8 lines deleted...]
-              <w:t>。</w:t>
+              <w:t>您好，我叫王京。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54D6A2BC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="11F18E5D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>nín</w:t>
-[...109 lines deleted...]
-              <w:t>. (</w:t>
+              <w:t>nín hǎo, wǒ jiào wáng jīng. (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hello, my name is </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Hello, my name is wáng jīng) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="63101B37" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="38E9BA84" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="664549639"/>
+          <w:divId w:val="490567500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E98006B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="45D39841" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>li xiao ying:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="285514EA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="6184CFC0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>您好，我叫李小英。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F22E64C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>nín</w:t>
+              <w:t>nín hǎo, wǒ jiào lǐ xiǎo yīng. </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Emphasis"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...181 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">(Hello, my name is lǐ xiǎo yīng) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="5A6A520D" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="3DF36B10" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="664549639"/>
+          <w:divId w:val="490567500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BF0EE62" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="79A529AC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">wang </w:t>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>wang jing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64F62AE6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="503CB5E0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>李小姐</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>您是哪国人</w:t>
-[...8 lines deleted...]
-              <w:t>？</w:t>
+              <w:t>您是哪国人？</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52D898CA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="441A3F19" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>lǐ</w:t>
-[...149 lines deleted...]
-              <w:t>? </w:t>
+              <w:t>lǐ xiǎo jie, nín shì nǎ guó rén? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve">, where are you from?) </w:t>
+              <w:t xml:space="preserve">(lǐ xiǎo jie, where are you from?) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="4C8366C6" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="6B1B2458" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="664549639"/>
+          <w:divId w:val="490567500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BDAA04E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="3E5F1B81" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">li xiao </w:t>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>li xiao jing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D44932C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="61AF03C5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>我是中国人</w:t>
-[...8 lines deleted...]
-              <w:t>。</w:t>
+              <w:t>我是中国人。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ACED9B9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="12308997" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>wǒ</w:t>
+              <w:t xml:space="preserve">wǒ shì </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>zhōng</w:t>
+              <w:t>zhōng guó rén</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...47 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(I am </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chinese</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="2D4AC74C" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="0267453B" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="664549639"/>
+          <w:divId w:val="490567500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="680A883A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="0B4E308B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">wang </w:t>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>wang jing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77191227" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="51A8FF9D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>您是中国什么地方人</w:t>
-[...8 lines deleted...]
-              <w:t>？</w:t>
+              <w:t>您是中国什么地方人？</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17DA5064" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="5B630FF0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>nín</w:t>
-[...129 lines deleted...]
-              <w:t>?</w:t>
+              <w:t>nín shì zhōng guó shén me dì fang rén?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (What part of China are you from?) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="27153EE7" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="3CE1979D" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="664549639"/>
+          <w:divId w:val="490567500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28CC8694" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="4ED79025" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">li xiao </w:t>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>li xiao jing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="495398AF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="3EC1BFA0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Emphasis"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>wǒ</w:t>
+              <w:t>我是北京人。王先生，</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Emphasis"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>您是不是英国人？</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E121FC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>shì</w:t>
+              <w:t>wǒ shì </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>běi</w:t>
+              <w:t>běi jīng rén.</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> wáng xiān sheng, nín shì bu shì </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...47 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>yīng guó rén</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...189 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(I am from </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Beijing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Mr </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, are you </w:t>
+              <w:t xml:space="preserve">. Mr Wáng, are you </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">?) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C749A" w14:paraId="5967C75B" w14:textId="77777777">
+      <w:tr w:rsidR="00432675" w14:paraId="6A420DDE" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="664549639"/>
+          <w:divId w:val="490567500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="751AE8C6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="35823E6C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">wang </w:t>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>wang jing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2460F15D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="60A18DA6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>是，我住在</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>伦敦</w:t>
-[...8 lines deleted...]
-              <w:t>。</w:t>
+              <w:t>伦敦。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="361832F6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+          <w:p w14:paraId="30C40008" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>shì</w:t>
-[...109 lines deleted...]
-              <w:t>. (Yes, I live in London)</w:t>
+              <w:t>shì, wǒ zhù zài lún dūn. (Yes, I live in London)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D57CC8A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1419524006"/>
+    <w:p w14:paraId="031AEB1F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1533418558"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="284" w:name="Back_To_Session5_Activity3"/>
-    <w:p w14:paraId="2C4ECC36" w14:textId="11F80D02" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3ABAC633" w14:textId="2DD69CC8" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1419524006"/>
+        <w:divId w:val="1533418558"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Activity3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Activity 9 Names and nationalities</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="284"/>
     </w:p>
-    <w:p w14:paraId="65FCF3AE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2A526660" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Activity 11 Phone numbers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="341D3FAA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="362E452C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="2086103784"/>
+        <w:divId w:val="31541063"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="285" w:name="Session6_Answer1"/>
       <w:bookmarkEnd w:id="285"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61203459" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2086103784"/>
+    <w:p w14:paraId="282069B9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="31541063"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">021 8549 3677 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B852123" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2086103784"/>
+    <w:p w14:paraId="7E84B5A5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="31541063"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In some northern dialects, when saying telephone numbers, the number one is usually pronounced </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>yāo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> to avoid confusion between the numbers one (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>yī</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) and seven (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>qī</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">’, rather than ‘double seven’. </w:t>
+      <w:r>
+        <w:t xml:space="preserve">). Telephone numbers are always given digit by digit in Chinese: e.g. 77 would be ‘seven seven’, rather than ‘double seven’. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="286" w:name="Back_To_Session6_Activity2"/>
-    <w:p w14:paraId="2D54F749" w14:textId="0C4CEBFE" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="44397A2B" w14:textId="2D8DD643" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2086103784"/>
+        <w:divId w:val="31541063"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Activity2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Activity 11 Phone numbers</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="286"/>
     </w:p>
-    <w:p w14:paraId="2F9F6E82" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6C10ADF1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="797525153"/>
+        <w:divId w:val="1812867911"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Activity 12 Lottery numbers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125F338B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="56EDED16" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1025910761"/>
+        <w:divId w:val="148060644"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="287" w:name="Session6_Interaction1"/>
       <w:bookmarkEnd w:id="287"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69490574" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="00AD4C9F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1025910761"/>
+        <w:divId w:val="148060644"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3163288E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="2046249955"/>
+    <w:p w14:paraId="13612B42" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="152455249"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44179B43" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1883248096"/>
+    <w:p w14:paraId="11C53F00" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1975863738"/>
       </w:pPr>
       <w:r>
         <w:t>19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58AC44B6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1153371550"/>
+    <w:p w14:paraId="570E8E92" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="338970711"/>
       </w:pPr>
       <w:r>
         <w:t>33</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D4DF1E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="648055A2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:ind w:left="120" w:right="120"/>
+        <w:divId w:val="1592276013"/>
+      </w:pPr>
+      <w:r>
         <w:t>40</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78807C67" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="145707016"/>
+    <w:p w14:paraId="2A62213D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="969088172"/>
       </w:pPr>
       <w:r>
         <w:t>56</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74317AF1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1742603789"/>
+    <w:p w14:paraId="11A1DE88" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2132895614"/>
       </w:pPr>
       <w:r>
         <w:t>78</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294675C0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="09E2B1D2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1025910761"/>
+        <w:divId w:val="148060644"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F200684" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="579679967"/>
+    <w:p w14:paraId="58CC716C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1959794597"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA6BF88" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="539366032"/>
+    <w:p w14:paraId="3628158D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="903224290"/>
       </w:pPr>
       <w:r>
         <w:t>14</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0EAC7B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1035541087"/>
+    <w:p w14:paraId="3ACF897B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="856700074"/>
       </w:pPr>
       <w:r>
         <w:t>64</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FFBCFFD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="971785406"/>
+    <w:p w14:paraId="46DA038F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2024165118"/>
       </w:pPr>
       <w:r>
         <w:t>99</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="288" w:name="Back_To_Session6_Activity3"/>
-    <w:p w14:paraId="6A66E690" w14:textId="67064658" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="34C7508E" w14:textId="6312C5E7" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1025910761"/>
+        <w:divId w:val="148060644"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Activity3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Activity 12 Lottery numbers</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="288"/>
     </w:p>
-    <w:p w14:paraId="48B14938" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="1E1E7147" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32AEB13E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="49CC8440" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="546530668"/>
+        <w:divId w:val="1311598948"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="289" w:name="Descriptions1"/>
       <w:bookmarkEnd w:id="289"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Descriptions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D2618D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="45FA5F05" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="2075423021"/>
+        <w:divId w:val="1480616544"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="290" w:name="Session3_Alternative1"/>
       <w:bookmarkEnd w:id="290"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Figure 1 The Chinese-speaking world</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF549C0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="311C1F81" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="2075423021"/>
+        <w:divId w:val="1480616544"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Map of the world colour-coded to show Chinese-speaking areas. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="291" w:name="Back_To_Session3_Figure1"/>
-    <w:p w14:paraId="13E4AE0E" w14:textId="688BA536" w:rsidR="009B4767" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5F0FB795" w14:textId="09A9906F" w:rsidR="00D07104" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2075423021"/>
+        <w:divId w:val="1480616544"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Figure1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Figure 1 The Chinese-speaking world</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13942DA9" w14:textId="718EF1F1" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3DE8F296" w14:textId="58480C61" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1914700011"/>
+        <w:divId w:val="2053114097"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="292" w:name="Session3_Description1"/>
       <w:bookmarkEnd w:id="292"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Figure 1 The Chinese-speaking world</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A85F0C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1914700011"/>
+    <w:p w14:paraId="2CAF43E1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2053114097"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Map of the world colour-coded to show Chinese-speaking areas. China is coloured in deep red to show it is a Native Chinese-speaking country. Countries coloured in light red show those countries with more than 5 million Chinese speakers – this includes countries such as Indonesia and Thailand. Countries coloured in dark blue show those with more than 1 million Chinese speakers – this includes countries such as Vietnam, Philippines, Myanmar, the United States, Canada and Peru. Countries coloured in light purple show those with more than 500,000 Chinese speakers – this includes countries such as Australia, Russia, Kazakhstan and the UK. Countries coloured in light blue show those with more than 100,000 Chinese speakers – this includes countries such as Brazil, India, South Africa and Angola, New Zealand and the majority of western Europe. Dark blue dots on the map show the location of major Chinese-speaking communities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD61CEF" w14:textId="575CEF85" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="0931B1A4" w14:textId="0758FED3" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1914700011"/>
+        <w:divId w:val="2053114097"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Figure1" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Figure 1 The Chinese-speaking world</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="291"/>
     </w:p>
-    <w:p w14:paraId="46E2E0E0" w14:textId="5648B1B4" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6E6A0A43" w14:textId="47BF1912" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1385832901"/>
+        <w:divId w:val="506409291"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="293" w:name="Session3_Alternative2"/>
       <w:bookmarkEnd w:id="293"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Figure 2 Varieties of Chinese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D9CB71" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7518A665" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1385832901"/>
+        <w:divId w:val="506409291"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Map of China showing where the different varieties of spoken Chinese are predominantly spoken. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="294" w:name="Back_To_Session3_Figure2"/>
-    <w:p w14:paraId="37AA3702" w14:textId="7D213B61" w:rsidR="009B4767" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="77FFA14E" w14:textId="6E479521" w:rsidR="00D07104" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1385832901"/>
+        <w:divId w:val="506409291"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Figure2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Figure 2 Varieties of Chinese</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456B1C48" w14:textId="5A20CECB" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="00DDCB74" w14:textId="52789BD8" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="99644140"/>
+        <w:divId w:val="839197779"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="295" w:name="Session3_Description2"/>
       <w:bookmarkEnd w:id="295"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Figure 2 Varieties of Chinese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3928DDB5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="57D2D703" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="99644140"/>
+        <w:divId w:val="839197779"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The majority of east China and west China predominantly speak Mandarin (circa 800 million speakers). In the far southeast, however, other varieties are spoken. For example, in Shanghai and Hangzhou the predominant variety of Chinese spoken is Wu (circa 75 million). Also in the southeast area, approximately 80 million speak Cantonese, approximately 50 million speak Min, 35 million speak Xiang, 35 million speak Hakka and 20 million speak Gan. In central China the map is coded as the population speaking ‘Other languages’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A414EA1" w14:textId="55630CA9" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="48E53DE2" w14:textId="33194360" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="99644140"/>
+        <w:divId w:val="839197779"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session3_Figure2" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Figure 2 Varieties of Chinese</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="294"/>
     </w:p>
-    <w:p w14:paraId="1532D8B1" w14:textId="4B021736" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="54E2A563" w14:textId="4B0CE620" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1989243177"/>
+        <w:divId w:val="125050835"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="296" w:name="Session3_Alternative3"/>
       <w:bookmarkEnd w:id="296"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Figure 3 The tones used in Mandarin Chinese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AAFAB68" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="15EFAAD9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1989243177"/>
+        <w:divId w:val="125050835"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Diagram showing the different tones in Mandarin Chinese, </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="297" w:name="Back_To_Session3_Figure4"/>
-    <w:p w14:paraId="0AD0F492" w14:textId="31D9A0D5" w:rsidR="009B4767" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="653FC768" w14:textId="2FFCD157" w:rsidR="00D07104" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1989243177"/>
+        <w:divId w:val="125050835"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Figure4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Figure 3 The tones used in Mandarin Chinese</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="297"/>
     </w:p>
-    <w:p w14:paraId="212D8B41" w14:textId="2672526D" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="65384ACB" w14:textId="1D83D2EE" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1795170729"/>
+        <w:divId w:val="9796190"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="298" w:name="Session3_Alternative4"/>
       <w:bookmarkEnd w:id="298"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Figure 4 The character ‘</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Figure 4 The character ‘rén </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>’, meaning person, looks like a person walking.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4400CC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3B9A3453" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1795170729"/>
+        <w:divId w:val="9796190"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Side on view of a person walking. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="299" w:name="Back_To_Session3_Figure5"/>
-    <w:p w14:paraId="66BF32EB" w14:textId="651C8AFF" w:rsidR="009B4767" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3B615264" w14:textId="4ED53C5D" w:rsidR="00D07104" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1795170729"/>
+        <w:divId w:val="9796190"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Figure5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Figure 4 The character ‘</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Back to - Figure 4 The character ‘rén </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>’, meaning person, looks like a person walking.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="299"/>
     </w:p>
-    <w:p w14:paraId="5884A123" w14:textId="0D4337C5" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="486C7400" w14:textId="5AD1BD8B" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1817454175"/>
+        <w:divId w:val="340815370"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="300" w:name="Session3_Alternative5"/>
       <w:bookmarkEnd w:id="300"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Figure 5 The character ‘dà </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>’ , meaning big, looks like a person standing with their arms wide open.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="732697A6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="03AAFEE4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1817454175"/>
+        <w:divId w:val="340815370"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A person standing with their arms wide open on the top of a hill. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="301" w:name="Back_To_Session3_Figure6"/>
-    <w:p w14:paraId="40755427" w14:textId="38B672B0" w:rsidR="009B4767" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3BBF509D" w14:textId="75EE1BDD" w:rsidR="00D07104" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1817454175"/>
+        <w:divId w:val="340815370"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Figure6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Figure 5 The character ‘</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Back to - Figure 5 The character ‘dà </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>大</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>’ , meaning big, looks like a person standing with their arms wide open.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="301"/>
     </w:p>
-    <w:p w14:paraId="032D9CCC" w14:textId="50113D9B" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="79358BA3" w14:textId="1FA29874" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="618727223"/>
+        <w:divId w:val="451247449"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="302" w:name="Session6_Alternative1"/>
       <w:bookmarkEnd w:id="302"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Figure 6 Hand gestures for numbers one to ten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E4EBBF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="163AD365" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="618727223"/>
+        <w:divId w:val="451247449"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hand gestures for numbers one to ten. Full description in long description link. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="303" w:name="Back_To_Session6_Figure2"/>
-    <w:p w14:paraId="1BD19A25" w14:textId="762A285D" w:rsidR="009B4767" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3538AF8E" w14:textId="3883A3E6" w:rsidR="00D07104" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="618727223"/>
+        <w:divId w:val="451247449"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Figure2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Figure 6 Hand gestures for numbers one to ten.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0336D027" w14:textId="702A24C5" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4EEE37DB" w14:textId="358472E6" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1487235650"/>
+        <w:divId w:val="1732994821"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="304" w:name="Session6_Description1"/>
       <w:bookmarkEnd w:id="304"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Figure 6 Hand gestures for numbers one to ten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DC205D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="23E1B203" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:t>Hand gestures displayed using left hand:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD27277" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="2476F4AF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> one: index finger up, all other fingers and thumb closed in palm. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="277E388B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="02959E04" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>二</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> two: index and middle fingers up, all other fingers and thumb closed in palm. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="304BE2E5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="40DBBB05" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>三</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">three: three middle fingers up, thumb and little finger closed in palm. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4C4015" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="48A2982B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>四</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> four: all fingers up, thumb closed in palm. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A435E1E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="20B482F0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>五</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> five: all fingers and thumb up. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557E5B5F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="480FF872" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> six: thumb and little finger up, three middle fingers closed in palm. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B84275F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="27BAFD4A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>七</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> seven: thumb and fingers clasped together as if holding something in fingertips. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E75BE0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="4B93CB7C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>八</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> eight: thumb pointing upwards, index finger pointing outwards to the right. All other fingers closed in palm. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11BC7DAA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="7FF23872" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>九</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> nine: a ‘c’-shape made with index finger and thumb. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072D9BB5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="0A6C7CE8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>十</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ten or zero: a closed fist. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBB2406" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="7F007DC2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Another sign of ten: middle and index fingers (both left hand) crossed over each other. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55620000" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1487235650"/>
+    <w:p w14:paraId="50E5857E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:r>
         <w:t>Another sign of ten: Left-hand index finger pointing vertically upwards; right-hand index finger crossing over it horizontally.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E394AEA" w14:textId="331C8AF7" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="2108524B" w14:textId="2E2F4EEA" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1487235650"/>
+        <w:divId w:val="1732994821"/>
       </w:pPr>
       <w:hyperlink w:anchor="Session6_Figure2" w:history="1">
-        <w:r w:rsidR="000B67FC">
+        <w:r w:rsidR="00904CF8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Back to - Figure 6 Hand gestures for numbers one to ten.</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="303"/>
     </w:p>
-    <w:p w14:paraId="08C2D4F8" w14:textId="5F955060" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="5BA69082" w14:textId="66E602DA" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6606DFC9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="08181F80" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1512259912"/>
+        <w:divId w:val="1126968626"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="305" w:name="Session1_Transcript1"/>
       <w:bookmarkEnd w:id="305"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Video 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C40274" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="207D2893" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1512259912"/>
+        <w:divId w:val="1126968626"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9EED36" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7C8A5648" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="2004891224"/>
+        <w:divId w:val="972249796"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">XIMENA ARIAS-MANZANO: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DFF1EFC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="621D01EA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2004891224"/>
+        <w:divId w:val="972249796"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this video, I'm going to show you how to enable Chinese characters on a Windows computer. First of all, you need to go to your start button and go to your settings. Once you're on your settings, you go to time and language. In time and language, you have a language section, then you will go down, scroll down to preferred languages, add a preferred language, and then type Chinese. It will come up as Chinese simplified or other types, traditional, and so on. But we're just going to do with the Chinese simplified, which is the standard. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5498BD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0DDF4E4B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2004891224"/>
+        <w:divId w:val="972249796"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We click on that, we click on Next, and it starts searching for the language features. Then, you will install it and it starts installing in your computer. It depends on how fast or how slow your system is. It will download it. And you can see how the colour is starting to show when the file is being downloaded. If you can see at the bottom of the screen also, you will see English, but once you click on that-- that has been installed now, so I can just close that window. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7479C8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4ACB5662" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2004891224"/>
+        <w:divId w:val="972249796"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">And at the bottom of my screen, I have a Word document open. I see English, if I click on that, it will give me the simplified Chinese that has been already downloaded. So I want to type in Chinese, I click on that and I go to my Word document, OK, and I would start typing. So if we want to type the word </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>rén</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> for person just write r-e-n, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>ren</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and you will see the different </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>rens</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> that come depending on what word you want. But we want person, so we click on number 1, or you just type number 1 in your computer, and that will turn into </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>rén</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E70AF84" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="75BDBDD9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2004891224"/>
+        <w:divId w:val="972249796"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you want to type number 1 is </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>yī</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t xml:space="preserve">, you just type y-i, and the different characters will come up. And you note this is number 1, so you click on that, and that will be number one. Number 4, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>sì</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="240A4E32" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+      <w:r>
+        <w:t xml:space="preserve">, you just type s-i, and the first one will be number 1, number 4, sorry. So you have to be careful of which word you want to choose. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B291C48" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2004891224"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="972249796"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Equally, if you want to type the current characters for </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>bĕi</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>bĕi jīng</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, which are two characters, you need to type them together. So the word appears together. If you type </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> first, then you will have to look for the right character for </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>jīng</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>bĕi jīng</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. So </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>bei</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t xml:space="preserve">, and then </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>bĕi</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>jing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, you will have to look for the right character, which is in order. But if you type </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>beijing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> together, that will come up as the word. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432E9FBE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="972249796"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I'm going to show you how to set up the Chinese language on your MacBook. So first of all, you go into your system preferences and go to language. In language, you will have a list of the current languages you use, and if you want to add one more, click on the plus sign and pick the one you want, in this case, we want Chinese simplified. So we click on Add, and that will show you in the list. It asks you if you want to use it as your primary language but you say, no, use English, and close that. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB30E98" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="972249796"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Then when you have your Word document open, you go up to the little flag at the top of the screen. And if you click on that, it's showing the English language flag or the British flag. You want to change it to pinyin, to Chinese, click on that. You can also choose to hand-write it if you want, but you can use that to use pinyin. Then you go to your Word document and you type for example, nǐ hăo, and then you click on the number 1 that shows the right characters for hello, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>jīng</w:t>
-[...93 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nǐ hăo</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="306" w:name="Back_To_Session1_MediaContent1"/>
-    <w:p w14:paraId="68FE104D" w14:textId="03DD23D3" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6643BD80" w14:textId="4D975A0B" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1512259912"/>
+        <w:divId w:val="1126968626"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session1_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Video 1</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="306"/>
     </w:p>
-    <w:p w14:paraId="48F753C7" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="21F33E4C" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F8823A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0A00CD1F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="2079588428"/>
+        <w:divId w:val="1896699979"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="307" w:name="Session1_Transcript2"/>
       <w:bookmarkEnd w:id="307"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Video 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29A89482" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5BC9E238" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="2079588428"/>
+        <w:divId w:val="1896699979"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="435603DC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6AF874E1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="2021882999"/>
+        <w:divId w:val="2071534703"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">XIMENA ARIAS-MANZANO: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DEF772" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="58A8C337" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2021882999"/>
+        <w:divId w:val="2071534703"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this section, I'm going to teach you how to type in Chinese. We use the system called pinyin. Pinyin, is in this column. So to be able to find the right character, you need to type the word in pinyin. So for example, if we want to type the word </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>wŏ</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, which is I or me, once you set up your language preference into Chinese, then you type the pinyin, w-o. And in here, you will have a selection of different characters that share the same sound but maybe-- what's obviously with different tones. So you will have a selection of characters you could choose from. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C7B929" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5D55E8F9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2021882999"/>
+        <w:divId w:val="2071534703"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you need an extra character, you will need to click on the arrow. And it will keep giving you all the extra characters that share the same sound. In this case, I want to pick the very first one so I go back, I click on that, or type number one. And that's the character that you have here. If we want to type number one, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>yī</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="3A17578D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+      <w:r>
+        <w:t xml:space="preserve">, just type y-i and the first one is not the one I'm looking for for number one but it's the second one. So I click on the second one. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D78A0C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2021882999"/>
+        <w:divId w:val="2071534703"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Now if I want to type words that have two, three, or more characters, you need to type the pinyin together. So for example, in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>bĕi</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>bĕi jīng</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, you have to type bei jing together and you will get the whole word. If you only type bei-- bei, you will get different bei. So then you will have to look for the right one. In this case is here, but it's easier to type up the whole word, beijing. And you will be able to get the right one. OK. So this is the right one. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED7D649" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="2071534703"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you want to type, for example, the word for woman, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>nǚ rén</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>jīng</w:t>
-[...54 lines deleted...]
-    <w:p w14:paraId="2C868727" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+        <w:t>nǚ rén</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. If you see the pronunciation of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>nǚ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, you will need to type up n-v instead of n-u. If you type n-u, you will not find the right character. So n-u-ren, if you see the one I typed up here, you will not find it. So you need to type n-v-ren and you will find </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nǚ rén </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">which is woman. And that is how you type the characters in Chinese. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794485E2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2021882999"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="2071534703"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sometimes there are characters that you will need to scroll down a little bit to find them. For example, the word for pear is </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>nǚ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>li</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. And it doesn't appear at the beginning of the list. So you will need to keep clicking on the arrow to be able to find the right character, if you know it already. So here it is </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...95 lines deleted...]
-        </w:rPr>
         <w:t>li</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. And it doesn't appear at the beginning of the list. So you will need to keep clicking on the arrow to be able to find the right character, if you know it already. So here it is </w:t>
-[...7 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> and that is the character for pear. So again, you need to know which character you are looking for, once you become more confident with learning the language. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="308" w:name="Back_To_Session1_MediaContent2"/>
-    <w:p w14:paraId="357DDF32" w14:textId="6B730A68" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="54D1275C" w14:textId="6BD88219" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2079588428"/>
+        <w:divId w:val="1896699979"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session1_MediaContent2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Video 2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="308"/>
     </w:p>
-    <w:p w14:paraId="1D555F40" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="065AD6E4" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438DD755" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="060C4E95" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="402066071"/>
+        <w:divId w:val="44255049"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="309" w:name="Session3_Transcript1"/>
       <w:bookmarkEnd w:id="309"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Video 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="338A9F70" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="212F4C86" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="402066071"/>
+        <w:divId w:val="44255049"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68135112" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="402066071"/>
+    <w:p w14:paraId="2E977278" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="44255049"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[MUSIC PLAYING] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481A0105" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...15 lines deleted...]
-    <w:p w14:paraId="28A602B8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="030F2B82" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="44255049"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[TEXT ON SCREEN: pin yin zhi fu. The Father of Pinyin.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7804B965" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2063745474"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="03C327E3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+        <w:divId w:val="1517187719"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">He's 102, but he's still hard at work. Aside from the shelves of books in his modest Beijing flat, there's little to show that Zhou Youguang has helped up to a billion people in China to learn, to read, and write. It's 50 years since he developed a new way of representing Chinese on the page. And pinyin has become by far the most widely used method of putting the language into the Roman alphabet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6849471C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="1562252803"/>
+        <w:divId w:val="1083795644"/>
       </w:pPr>
       <w:r>
         <w:t>ZHOU YOUGUANG:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DDD72D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5E39F1D5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1562252803"/>
+        <w:divId w:val="1083795644"/>
       </w:pPr>
       <w:r>
         <w:t>People call me the father of pinyin. I say that's not true. I'm not the father of pinyin. I'm the son of pinyin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0994BD88" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6FFF7176" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1562252803"/>
+        <w:divId w:val="1083795644"/>
       </w:pPr>
       <w:r>
         <w:t>It is the long tradition from the later years of Qing dynasty down to today.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A37B857" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="35B0AA16" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="238294577"/>
+        <w:divId w:val="750081528"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SPEAKER: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A7A258" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5579EF53" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="238294577"/>
+        <w:divId w:val="750081528"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zhou found his place in the history books by chance. He was working in a New York bank when the communists took power, and he chose to return home to help rebuild his country's economy. Languages were only a hobby, but with few experts in the field, the government insisted he should take charge. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580BE169" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="41DF1B1E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="1639922113"/>
+        <w:divId w:val="643125415"/>
       </w:pPr>
       <w:r>
         <w:t>ZHOU YOUGUANG:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD35202" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2720312E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1639922113"/>
+        <w:divId w:val="643125415"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The government thought this is a very important work. At that time more Chinese were illiterate. It was not possible to establish a new country with so many illiterates. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77FE00E6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="190B7F0A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="1204439017"/>
+        <w:divId w:val="813523353"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SPEAKER: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66756027" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6915677D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1204439017"/>
+        <w:divId w:val="813523353"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Chinese has no alphabet. Each word has its own character, which doesn't show how you should say it, so pinyin helps children to associate words with the characters which represent them; and it teaches those brought up speaking other Chinese languages how to pronounce Mandarin. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF6A7E3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="753023D6" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="1205560049"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:divId w:val="1139572180"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">ZHOU YOUGUANG: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749382A2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="52DBCB7E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1205560049"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="5A077284" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+        <w:divId w:val="1139572180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>That's the Chinese pronunciation of "yīng guó."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551A7943" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="1605067263"/>
+        <w:divId w:val="1323848643"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SPEAKER: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC120EB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="73AAED08" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1605067263"/>
+        <w:divId w:val="1323848643"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The work of his team has helped to slash the illiteracy rate in China from 80% to just 10%, but his change in career also proved a personal blessing when Mao's first campaign against intellectuals began in 1957. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E18D7F4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7F54491C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="276524797"/>
+        <w:divId w:val="78909154"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ZHOU YOUGUANG: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A21536D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5F85A517" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="276524797"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="1B8A67BF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+        <w:divId w:val="78909154"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mao Zedong disliked greatly the economists, especially economic professors from America. By that time, I'd shifted to the line of language and writing. If I remained in Shanghai teaching economics, I think I certainly could be imprisoned for 20 years. And later during the Cultural Revolution, the Great Cultural Revolution, I was called 'fan dong xue shu quan wei', a reactionary academic. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="251B4F2E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="349717641"/>
+        <w:divId w:val="91971530"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SPEAKER: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BADA7D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="23B959CD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="349717641"/>
+        <w:divId w:val="91971530"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">He was sent to work in the countryside, but as soon as he was rehabilitated, he picked up with his studies where he'd left them. He still publishes a paper each month and says he has no plans to take it easy as he approaches 103. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465CA78E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="18B6C8E5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="1361667510"/>
+        <w:divId w:val="1555432919"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ZHOU YOUGUANG: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B94CAA0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3745AE3E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1361667510"/>
+        <w:divId w:val="1555432919"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I retired long ago. I left my office at the age of 85, and since that time I read and write in my home, in this small room, a very small room. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462E4660" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="402066071"/>
+    <w:p w14:paraId="073A4B15" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="44255049"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[MUSIC PLAYING] </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="310" w:name="Back_To_Session3_MediaContent1"/>
-    <w:p w14:paraId="784E9A3A" w14:textId="02E0116F" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="625F0DD6" w14:textId="472D00C2" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="402066071"/>
+        <w:divId w:val="44255049"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Video 4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="310"/>
     </w:p>
-    <w:p w14:paraId="360874F6" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="26B6B5C5" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA7B1C4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="46C0BE0D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="716585848"/>
+        <w:divId w:val="356272410"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="311" w:name="Session3_Transcript2"/>
       <w:bookmarkEnd w:id="311"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Audio 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185B5C63" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6B47E059" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="716585848"/>
+        <w:divId w:val="356272410"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F3ED94" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3F769830" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1160149849"/>
+        <w:divId w:val="1792047720"/>
       </w:pPr>
       <w:r>
         <w:t>You will now hear six single vowels known as finals in Chinese. Repeat after each sound.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FEDEF4D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="43B94BF8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1160149849"/>
+        <w:divId w:val="1792047720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ü</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26024114" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="36A43D77" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1160149849"/>
+        <w:divId w:val="1792047720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Now we will combine these vowels with some consonants known as initials in Chinese. Note how similar they sound to some English consonants. Repeat after each sound. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F876984" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="55D6C5F0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1160149849"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1792047720"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ba</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>pa</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ma</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>fa</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>te</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>gu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ku</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>hu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>wo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>yi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="48E7D135" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    </w:p>
+    <w:p w14:paraId="2B745B82" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1160149849"/>
+        <w:divId w:val="1792047720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Here are some consonants, or initials, combined with a final </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Listen and repeat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0051B972" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="29E76378" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1160149849"/>
+        <w:divId w:val="1792047720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ji</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>qi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
@@ -31587,4633 +26542,3232 @@
         <w:t>xi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>zi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ci</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>zhi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>chi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>shi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ri</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkStart w:id="312" w:name="Back_To_Session3_MediaContent2"/>
-    <w:p w14:paraId="5A440010" w14:textId="0D9C319B" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2CDFB2E2" w14:textId="3D878F07" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="716585848"/>
+        <w:divId w:val="356272410"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_MediaContent2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">Back to - Audio 1 </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="312"/>
     </w:p>
-    <w:p w14:paraId="120E6384" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="146E6CF6" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46BE461B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="197FF650" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1302538028"/>
+        <w:divId w:val="34552000"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="313" w:name="Session3_Transcript3"/>
       <w:bookmarkEnd w:id="313"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Audio 2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C944E42" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5D191CA0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1302538028"/>
+        <w:divId w:val="34552000"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308AE24A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="276BFD7E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="328220518"/>
+        <w:divId w:val="2087070219"/>
       </w:pPr>
       <w:r>
         <w:t>Now for examples of the four tones. Listen and repeat after each group.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B180015" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="74E89CAB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="328220518"/>
+        <w:divId w:val="2087070219"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>mā</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>má</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>mǎ</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>mà</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C7FF3E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1ACF3A6B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="328220518"/>
+        <w:divId w:val="2087070219"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>tā</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>tá</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>tǎ</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>tà</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D97D0A8" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1B00DCBC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="328220518"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="2087070219"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zh</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>zhī</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>ī</w:t>
+        <w:t>zhí</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zh</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>zhǐ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>í</w:t>
+        <w:t>zhì</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B20E52D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="2087070219"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>jī</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zh</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>jí</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>ǐ</w:t>
+        <w:t>jǐ</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zh</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>jì</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="314" w:name="Back_To_Session3_MediaContent3"/>
-    <w:p w14:paraId="09AE0857" w14:textId="1190B746" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0804B0C4" w14:textId="1D8C85FC" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1302538028"/>
+        <w:divId w:val="34552000"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_MediaContent3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">Back to - Audio 2 </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="314"/>
     </w:p>
-    <w:p w14:paraId="75040FCC" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="7CCC42D3" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527CCE61" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="47441B34" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1755934916"/>
+        <w:divId w:val="693772853"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="315" w:name="Session4_Transcript1"/>
       <w:bookmarkEnd w:id="315"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19063A94" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1AD48770" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1755934916"/>
+        <w:divId w:val="693772853"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F02035A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="665C9C97" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1524981576"/>
+        <w:divId w:val="1215968127"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B476764" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="09F042F2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1524981576"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1215968127"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nǐ</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nǐ hǎo</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="316" w:name="Back_To_Session4_MediaContent1"/>
-    <w:p w14:paraId="6D563D0B" w14:textId="3D3C89C0" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6144FB94" w14:textId="63A9C8C5" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1755934916"/>
+        <w:divId w:val="693772853"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="316"/>
     </w:p>
-    <w:p w14:paraId="014BE648" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="226C4A3D" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="219EB6BA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3E312985" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="13771728"/>
+        <w:divId w:val="1634287070"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="317" w:name="Session4_Transcript2"/>
       <w:bookmarkEnd w:id="317"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D4BE28" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7F12AE20" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="13771728"/>
+        <w:divId w:val="1634287070"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8FF466" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0AAF0787" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="804467959"/>
+        <w:divId w:val="1501045034"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>您</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="199FCE2A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="77C069EE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="804467959"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1501045034"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nín</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nín hǎo</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="318" w:name="Back_To_Session4_MediaContent2"/>
-    <w:p w14:paraId="22B4E452" w14:textId="73862380" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2BACCFE4" w14:textId="3C66EB4B" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="13771728"/>
+        <w:divId w:val="1634287070"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_MediaContent2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="318"/>
     </w:p>
-    <w:p w14:paraId="13FD95EB" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="5F981488" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145869BE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="428318C4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="2134205376"/>
+        <w:divId w:val="477692588"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="319" w:name="Session4_Transcript3"/>
       <w:bookmarkEnd w:id="319"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDD6D73" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3A59DE50" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="2134205376"/>
+        <w:divId w:val="477692588"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FBC9CEF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="24B26500" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2072851823"/>
+        <w:divId w:val="433405663"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>再</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>见</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DD5397" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6AD984D8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2072851823"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="433405663"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zài</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>zài jiàn</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="320" w:name="Back_To_Session4_MediaContent3"/>
-    <w:p w14:paraId="52DCAEBB" w14:textId="5380FF80" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="35CA3620" w14:textId="413980F3" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2134205376"/>
+        <w:divId w:val="477692588"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_MediaContent3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="320"/>
     </w:p>
-    <w:p w14:paraId="2F7A3254" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="291BA2C6" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1CC47A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5C469951" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="20328259"/>
+        <w:divId w:val="1239631047"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="321" w:name="Session4_Transcript4"/>
       <w:bookmarkEnd w:id="321"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAA6140" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1B74AF7D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="20328259"/>
+        <w:divId w:val="1239631047"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F61A16D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="667D19F0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1547836888"/>
+        <w:divId w:val="414935613"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7AAFE1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6858E99F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1547836888"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="414935613"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nǐ</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nǐ hǎo</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="322" w:name="Back_To_Session4_MediaContent4"/>
-    <w:p w14:paraId="50BA5069" w14:textId="3D312980" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="36076602" w14:textId="62AAF35E" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="20328259"/>
+        <w:divId w:val="1239631047"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_MediaContent4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 6</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="322"/>
     </w:p>
-    <w:p w14:paraId="04804CFF" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="4F6E3660" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5250831D" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5DB33B78" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1314722703"/>
+        <w:divId w:val="1896314001"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="323" w:name="Session4_Transcript5"/>
       <w:bookmarkEnd w:id="323"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C2D91B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3FFD4D20" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1314722703"/>
+        <w:divId w:val="1896314001"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0FDE63" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="738498FE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1042481534"/>
+        <w:divId w:val="704712948"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>谢谢</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED3664A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="40EE3658" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1042481534"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="704712948"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>xiè</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>xiè xie</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="324" w:name="Back_To_Session4_MediaContent5"/>
-    <w:p w14:paraId="7F07F50D" w14:textId="14735D03" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0DA7A15E" w14:textId="50FF8A98" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1314722703"/>
+        <w:divId w:val="1896314001"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_MediaContent5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 7</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="324"/>
     </w:p>
-    <w:p w14:paraId="029C3BC2" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="0402542A" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B5C54F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="08248ECF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1747146754"/>
+        <w:divId w:val="395974522"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="325" w:name="Session4_Transcript6"/>
       <w:bookmarkEnd w:id="325"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="055F3302" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7D874947" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1747146754"/>
+        <w:divId w:val="395974522"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="303475E5" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4A131DD5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1413158756"/>
+        <w:divId w:val="346443462"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>您</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679BA56F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5A6C43BA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1413158756"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="346443462"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nín</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nín hǎo</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="326" w:name="Back_To_Session4_MediaContent6"/>
-    <w:p w14:paraId="59268BF5" w14:textId="13B0ACBD" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="066F1E20" w14:textId="41EC09E0" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1747146754"/>
+        <w:divId w:val="395974522"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_MediaContent6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 8</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="326"/>
     </w:p>
-    <w:p w14:paraId="17E06EC8" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="4E6FC2E3" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02FA45EB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="01D2A650" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1564221073"/>
+        <w:divId w:val="2027634730"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="327" w:name="Session4_Transcript7"/>
       <w:bookmarkEnd w:id="327"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5658F0C2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0942EAC3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1564221073"/>
+        <w:divId w:val="2027634730"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1918A6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6734E7F2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1595360283"/>
+        <w:divId w:val="613251847"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>再</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>见</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D35E70" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="73B32D15" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1595360283"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="613251847"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>zài</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>zài jiàn</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="328" w:name="Back_To_Session4_MediaContent7"/>
-    <w:p w14:paraId="65DAC920" w14:textId="0B63DC01" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3BD56B0D" w14:textId="13EC614A" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1564221073"/>
+        <w:divId w:val="2027634730"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_MediaContent7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 9</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="328"/>
     </w:p>
-    <w:p w14:paraId="51BD6191" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="48CCBA53" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0693F900" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="00690FDA" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="18088387"/>
+        <w:divId w:val="475338922"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="329" w:name="Session5_Transcript1"/>
       <w:bookmarkEnd w:id="329"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C41FDB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5991D21F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="18088387"/>
+        <w:divId w:val="475338922"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000710DE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4A36C462" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1147430722"/>
+        <w:divId w:val="870604594"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我叫</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A1ED550" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3218B2A7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1147430722"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="870604594"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wŏ</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wŏ jiào</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="330" w:name="Back_To_Session5_MediaContent1"/>
-    <w:p w14:paraId="7BEA2E89" w14:textId="5C0454B8" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="788A7C58" w14:textId="4E649D1D" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="18088387"/>
+        <w:divId w:val="475338922"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 10</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="330"/>
     </w:p>
-    <w:p w14:paraId="75A8EA1D" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="4662A6CD" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E027072" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="39DF19AF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1053849559"/>
+        <w:divId w:val="1668560912"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="331" w:name="Session5_Transcript2"/>
       <w:bookmarkEnd w:id="331"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 11</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA0C9BC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3EE929C3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1053849559"/>
+        <w:divId w:val="1668560912"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2968291C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="11F3F9DB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="366294665"/>
+        <w:divId w:val="1385248894"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你叫什么</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BFDDBBC" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="57C4FC22" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="366294665"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1385248894"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> me?</w:t>
+        <w:t>nĭ jiào shén me?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="332" w:name="Back_To_Session5_MediaContent2"/>
-    <w:p w14:paraId="74E3767D" w14:textId="5D313A8E" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3B097952" w14:textId="06AED647" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1053849559"/>
+        <w:divId w:val="1668560912"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 11</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="332"/>
     </w:p>
-    <w:p w14:paraId="2F43FDDB" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="646FE52A" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673D4F25" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4E20EB74" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="248271116"/>
+        <w:divId w:val="1789349683"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="333" w:name="Session5_Transcript3"/>
       <w:bookmarkEnd w:id="333"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 12</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36123A39" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5FF59D60" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="248271116"/>
+        <w:divId w:val="1789349683"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7450793E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6CA35CB7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="248464246"/>
+        <w:divId w:val="1141340318"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你叫什么名字</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4825E0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5228C773" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="248464246"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1141340318"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> zi?</w:t>
+        <w:t>nĭ jiào shén me míng zi?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="334" w:name="Back_To_Session5_MediaContent3"/>
-    <w:p w14:paraId="40E1E102" w14:textId="275A9518" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="01786112" w14:textId="118443F3" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="248271116"/>
+        <w:divId w:val="1789349683"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 12</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="334"/>
     </w:p>
-    <w:p w14:paraId="503D8163" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="1BA84C2B" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7862880F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1E358A47" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="2070228754"/>
+        <w:divId w:val="1740134066"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="335" w:name="Session5_Transcript4"/>
       <w:bookmarkEnd w:id="335"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 13</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770A8DA6" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="07067B68" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="2070228754"/>
+        <w:divId w:val="1740134066"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE91037" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1EB8F30D" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="1258711875"/>
+        <w:divId w:val="165555896"/>
       </w:pPr>
       <w:r>
         <w:t>NARRATOR:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A1FF203" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="385106A3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1258711875"/>
+        <w:divId w:val="165555896"/>
       </w:pPr>
       <w:r>
         <w:t>How do you greet someone and introduce yourself? Have a listen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06942374" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1778734C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="2136554423"/>
+        <w:divId w:val="1774326432"/>
       </w:pPr>
       <w:r>
         <w:t>WANG JING:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C20BBC1" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="02EBDEC3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2136554423"/>
+        <w:divId w:val="1774326432"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你好</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ECFD82C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2DCDA280" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2136554423"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1774326432"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nǐ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nǐ hăo.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44DFE32A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="speaker"/>
+        <w:divId w:val="609972159"/>
+      </w:pPr>
+      <w:r>
+        <w:t>LI XIAOYING:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1AAADB" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="609972159"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>你好</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06198348" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="609972159"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>nǐ hăo.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+    </w:p>
+    <w:p w14:paraId="1BCE0DF7" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="speaker"/>
+        <w:divId w:val="537354375"/>
+      </w:pPr>
+      <w:r>
+        <w:t>WANG JING:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFA8808" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="537354375"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>你叫什么</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084189CE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="537354375"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>hăo</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>nĭ jiào shén me?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555050B8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="speaker"/>
+        <w:divId w:val="975064733"/>
+      </w:pPr>
+      <w:r>
+        <w:t>LI XIAOYING:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0535751E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="975064733"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>我叫李小英。</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDAC44E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="975064733"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>wŏ jiào lǐ xiǎo yīng.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A4C99A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="59A9DE51" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="975064733"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>你呢</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C2BE89" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="975064733"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>nǐ ne?</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E148A4E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="speaker"/>
-        <w:divId w:val="1652826647"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0AD70CF0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+        <w:divId w:val="126630702"/>
+      </w:pPr>
+      <w:r>
+        <w:t>WANG JING:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150A8178" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1652826647"/>
-[...7 lines deleted...]
-      </w:r>
+        <w:divId w:val="126630702"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>。</w:t>
+        <w:t>我叫王京。</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77180D8E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4F1595BC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1652826647"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="126630702"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nǐ</w:t>
-[...4 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+        <w:t>wŏ jiào wáng jīng.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...366 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkStart w:id="336" w:name="Back_To_Session5_MediaContent4"/>
-    <w:p w14:paraId="621FC41B" w14:textId="5E383646" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0A1E2F88" w14:textId="0B2CD6D5" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2070228754"/>
+        <w:divId w:val="1740134066"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 13</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="336"/>
     </w:p>
-    <w:p w14:paraId="3673DB40" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="7896B624" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D11254C" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2B51721C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1819374636"/>
+        <w:divId w:val="1882551566"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="337" w:name="Session5_Transcript5"/>
       <w:bookmarkEnd w:id="337"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 14</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D09EDE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6E936DFE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1819374636"/>
+        <w:divId w:val="1882551566"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6B5E5A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="28EF909A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1815562104"/>
+        <w:divId w:val="370615425"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你是哪国人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450F62E9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="098B2A02" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1815562104"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="370615425"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">? </w:t>
+        <w:t xml:space="preserve">nĭ shì nǎ guó rén? </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="338" w:name="Back_To_Session5_MediaContent5"/>
-    <w:p w14:paraId="7A5251AB" w14:textId="54D46CAE" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3AD73BD6" w14:textId="3E26E5FB" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1819374636"/>
+        <w:divId w:val="1882551566"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 14</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="338"/>
     </w:p>
-    <w:p w14:paraId="76FC3481" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="674C405A" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BD8D01" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4022C2FF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="58595427"/>
+        <w:divId w:val="983122880"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="339" w:name="Session5_Transcript6"/>
       <w:bookmarkEnd w:id="339"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD74139" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="109F8562" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="58595427"/>
+        <w:divId w:val="983122880"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FEDE3E0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="52CCC4C9" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2032294621"/>
+        <w:divId w:val="1426224545"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我是中国人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744BDCBE" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="14A6381A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="2032294621"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1426224545"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wǒ</w:t>
-[...65 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wǒ shì zhōng guó rén</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="340" w:name="Back_To_Session5_MediaContent6"/>
-    <w:p w14:paraId="1D605318" w14:textId="78147BAE" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="47C2F232" w14:textId="5F8DA72F" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="58595427"/>
+        <w:divId w:val="983122880"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 15</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="340"/>
     </w:p>
-    <w:p w14:paraId="2D64CC75" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="048BE0D0" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF89FBD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4882FA50" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="857354349"/>
+        <w:divId w:val="1459108320"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="341" w:name="Session5_Transcript7"/>
       <w:bookmarkEnd w:id="341"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 16</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F151E8E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="63C9A3A8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="857354349"/>
+        <w:divId w:val="1459108320"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58420207" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="499840A4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="271479297"/>
+        <w:divId w:val="1230652153"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我是英国人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7754BB94" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="70F4C0E5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="271479297"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1230652153"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wǒ</w:t>
-[...65 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wǒ shì yīng guó rén</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="342" w:name="Back_To_Session5_MediaContent7"/>
-    <w:p w14:paraId="08AD1255" w14:textId="475F9C0A" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="789911EA" w14:textId="46F98E84" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="857354349"/>
+        <w:divId w:val="1459108320"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 16</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="342"/>
     </w:p>
-    <w:p w14:paraId="3947B4F6" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="7464E7A1" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E1F86FD" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7F286B39" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1059784159"/>
+        <w:divId w:val="1476994234"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="343" w:name="Session5_Transcript8"/>
       <w:bookmarkEnd w:id="343"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 17</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8A798A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4CA65FA5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1059784159"/>
+        <w:divId w:val="1476994234"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6596FA" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="25B01330" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1629775814"/>
+        <w:divId w:val="1428648136"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我是西班牙人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5DA142" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6EDCCE88" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1629775814"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1428648136"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wǒ</w:t>
-[...81 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wǒ shì xī bān yá rén</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="344" w:name="Back_To_Session5_MediaContent8"/>
-    <w:p w14:paraId="5C000970" w14:textId="0A5A7083" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="27EC3D28" w14:textId="641F1FA2" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1059784159"/>
+        <w:divId w:val="1476994234"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent8"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 17</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="344"/>
     </w:p>
-    <w:p w14:paraId="12CC2E70" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="320EFABE" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551B7206" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7D1BDE22" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1580946696"/>
+        <w:divId w:val="497355484"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="345" w:name="Session5_Transcript9"/>
       <w:bookmarkEnd w:id="345"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 18</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F23410" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="3125CA8B" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1580946696"/>
+        <w:divId w:val="497355484"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC40229" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="11D80AA5" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1157527072"/>
+        <w:divId w:val="161970308"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>您是英国什么地方人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6093A926" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="281D0EBF" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1157527072"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="161970308"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...103 lines deleted...]
-        <w:t>?</w:t>
+        <w:t>nĭ shì zhōng guó shén me dì fang rén?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="346" w:name="Back_To_Session5_MediaContent9"/>
-    <w:p w14:paraId="1BCCF0DF" w14:textId="5170BDFD" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7DCB6EB4" w14:textId="22C82249" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1580946696"/>
+        <w:divId w:val="497355484"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent9"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 18</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="346"/>
     </w:p>
-    <w:p w14:paraId="27F8A11D" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="7CA5AFFB" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06558D1A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6E4C4EDD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="179858541"/>
+        <w:divId w:val="180166487"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="347" w:name="Session5_Transcript10"/>
       <w:bookmarkEnd w:id="347"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B12C76F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="007A5FBD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="179858541"/>
+        <w:divId w:val="180166487"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A79AE83" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="71B7834A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="660693883"/>
+        <w:divId w:val="787547570"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>你是英国什么地方人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6928B27A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="28349F7A" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="660693883"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="787547570"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>nĭ</w:t>
-[...103 lines deleted...]
-        <w:t>?</w:t>
+        <w:t>nĭ shì yīng guó shén me dì fang rén?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="348" w:name="Back_To_Session5_MediaContent10"/>
-    <w:p w14:paraId="5953D8D2" w14:textId="127BE10E" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="05D6D86D" w14:textId="0CD3112E" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="179858541"/>
+        <w:divId w:val="180166487"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent10"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 19</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="348"/>
     </w:p>
-    <w:p w14:paraId="08FD1F8C" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="40F6790F" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426D0596" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1E926DA8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1288855570"/>
+        <w:divId w:val="1278024556"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="349" w:name="Session5_Transcript11"/>
       <w:bookmarkEnd w:id="349"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 20</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B7C32AB" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="72857AEE" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1288855570"/>
+        <w:divId w:val="1278024556"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B0B3FF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="05C9DF72" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1109545691"/>
+        <w:divId w:val="1350329463"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>我是北京人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F60A71" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2C8DC9F1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1109545691"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:divId w:val="1350329463"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>wǒ</w:t>
-[...65 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wǒ shì bĕi jīng rén</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="350" w:name="Back_To_Session5_MediaContent11"/>
-    <w:p w14:paraId="60FB4B7E" w14:textId="46A2110A" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="5688FEDD" w14:textId="3F8DD9BE" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1288855570"/>
+        <w:divId w:val="1278024556"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_MediaContent11"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 20</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="350"/>
     </w:p>
-    <w:p w14:paraId="08AD00AE" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="6E20F32C" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50027DB3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="636831C8" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1109816019"/>
+        <w:divId w:val="450327387"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="351" w:name="Session6_Transcript1"/>
       <w:bookmarkEnd w:id="351"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 21</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9D2D19" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="2F4AA03F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1109816019"/>
+        <w:divId w:val="450327387"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD7CF3B" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="1109816019"/>
+    <w:p w14:paraId="5CF25B84" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="450327387"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>零</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>líng</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="1109816019"/>
+    </w:p>
+    <w:p w14:paraId="58ADAD7E" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="450327387"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>yī</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="1109816019"/>
+    </w:p>
+    <w:p w14:paraId="19E5B31C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="450327387"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>二</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>èr</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="1109816019"/>
+    </w:p>
+    <w:p w14:paraId="1C150813" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="450327387"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>三</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>sān</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="1109816019"/>
+    </w:p>
+    <w:p w14:paraId="6DE37EA4" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="450327387"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>四</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>sì</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="1109816019"/>
+    </w:p>
+    <w:p w14:paraId="4B7E4D31" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="450327387"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>五</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>wǔ</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkStart w:id="352" w:name="Back_To_Session6_MediaContent1"/>
-    <w:p w14:paraId="148DE0DB" w14:textId="5481C9BB" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="47643521" w14:textId="1B8BA4DF" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1109816019"/>
+        <w:divId w:val="450327387"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 21</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="352"/>
     </w:p>
-    <w:p w14:paraId="44A98643" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="6F5BE4F6" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4147D758" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="29D30455" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="982733413"/>
+        <w:divId w:val="544676668"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="353" w:name="Session6_Transcript2"/>
       <w:bookmarkEnd w:id="353"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1D14FF" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="1F5A0D31" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="982733413"/>
+        <w:divId w:val="544676668"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BB662A" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="982733413"/>
+    <w:p w14:paraId="5CB8E23F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="544676668"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>liù</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="982733413"/>
+    </w:p>
+    <w:p w14:paraId="3BCC75BC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="544676668"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>七</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>qī</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="982733413"/>
+    </w:p>
+    <w:p w14:paraId="2DCD87E3" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="544676668"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>八</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>bā</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="982733413"/>
+    </w:p>
+    <w:p w14:paraId="40E2DA18" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="544676668"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>九</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>jiǔ</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        <w:divId w:val="982733413"/>
+    </w:p>
+    <w:p w14:paraId="59D5A142" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="544676668"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>十</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>shí</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkStart w:id="354" w:name="Back_To_Session6_MediaContent2"/>
-    <w:p w14:paraId="5F1643AC" w14:textId="1138B2E0" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7398594F" w14:textId="28064DC3" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="982733413"/>
+        <w:divId w:val="544676668"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_MediaContent2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 22</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="354"/>
     </w:p>
-    <w:p w14:paraId="62E8C485" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="4403FCB5" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CA31B4" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="44A8618C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="251360732"/>
+        <w:divId w:val="1645620826"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="355" w:name="Session6_Transcript3"/>
       <w:bookmarkEnd w:id="355"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 23</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CE196A3" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0AB30C15" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="251360732"/>
+        <w:divId w:val="1645620826"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="255CD9A9" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    <w:p w14:paraId="11E33B67" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="1645620826"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>líng</w:t>
-[...167 lines deleted...]
-        <w:t xml:space="preserve">     </w:t>
+        <w:t xml:space="preserve">líng    èr yī      bā wǔ      sì    jiǔ sān    liù      qī    qī     </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="356" w:name="Back_To_Session6_MediaContent3"/>
-    <w:p w14:paraId="7616F857" w14:textId="1318C482" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="556A939E" w14:textId="3A1EE0BF" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="251360732"/>
+        <w:divId w:val="1645620826"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_MediaContent3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 23</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="356"/>
     </w:p>
-    <w:p w14:paraId="13940003" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="46752B3E" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05010092" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4F65AE29" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1312562142"/>
+        <w:divId w:val="269897393"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="357" w:name="Session6_Transcript4"/>
       <w:bookmarkEnd w:id="357"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Audio 24</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127F8BC0" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="0AD731BD" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1312562142"/>
+        <w:divId w:val="269897393"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42210CC2" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="7C9BE723" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="776371164"/>
+        <w:divId w:val="1331643123"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>七</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>qī</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="08F33750" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    </w:p>
+    <w:p w14:paraId="03FF34DC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="776371164"/>
+        <w:divId w:val="1331643123"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>三十三</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>sān</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>sān shí sān</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="709B9B3C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1331643123"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>四十</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>sì shí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9F394C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1331643123"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>五十六</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>shí</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>wǔ shí liù</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2365CCB0" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1331643123"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>七十八</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
+        <w:t>qī shí bā</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136A38A2" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1331643123"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
+        <w:t>十九</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-Hans"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>sān</w:t>
-[...213 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>shí jiǔ</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:id="358" w:name="Back_To_Session6_MediaContent4"/>
-    <w:p w14:paraId="319EE403" w14:textId="204D17A2" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="6D0B5745" w14:textId="7969B6D7" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1312562142"/>
+        <w:divId w:val="269897393"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_MediaContent4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Audio 24</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="358"/>
     </w:p>
-    <w:p w14:paraId="0908B497" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767">
+    <w:p w14:paraId="2086D7A0" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4911743E" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="4E53819C" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="341854629"/>
+        <w:divId w:val="2101442610"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="359" w:name="Session6_Transcript5"/>
       <w:bookmarkEnd w:id="359"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Video 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA55912" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="74A0249F" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="341854629"/>
+        <w:divId w:val="2101442610"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B56EC9F" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="341854629"/>
+    <w:p w14:paraId="3EA9D7A1" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2101442610"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Many Chinese people use one hand to signify numbers. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C04483" w14:textId="77777777" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
-[...1 lines deleted...]
-        <w:divId w:val="341854629"/>
+    <w:p w14:paraId="14C21CAC" w14:textId="77777777" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
+      <w:pPr>
+        <w:divId w:val="2101442610"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -36302,129 +29856,120 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>, ji</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
         <w:t>ŭ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>, sh</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>sh</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>í</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-Hans"/>
         </w:rPr>
-        <w:t>í</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="360" w:name="Back_To_Session6_MediaContent5"/>
-    <w:p w14:paraId="0B112AA3" w14:textId="1431CDFC" w:rsidR="000B67FC" w:rsidRDefault="000B67FC">
+    <w:p w14:paraId="75D2BC83" w14:textId="0970E2F5" w:rsidR="00904CF8" w:rsidRDefault="00904CF8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="341854629"/>
+        <w:divId w:val="2101442610"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_MediaContent5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Video 5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="360"/>
     </w:p>
-    <w:sectPr w:rsidR="000B67FC" w:rsidSect="009B4767">
+    <w:sectPr w:rsidR="00904CF8" w:rsidSect="00D07104">
       <w:headerReference w:type="default" r:id="rId42"/>
       <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2ADD0931" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767" w:rsidP="009B4767">
+    <w:p w14:paraId="3AE00B76" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104" w:rsidP="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3788E4F4" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767" w:rsidP="009B4767">
+    <w:p w14:paraId="3DF1BF89" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104" w:rsidP="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -36463,326 +30008,326 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{6E55FD49-07EC-4F1F-9736-017B8D250A5A}"/>
-    <w:embedBold r:id="rId2" w:subsetted="1" w:fontKey="{99C0DFEC-32C2-4088-B149-DA48FF64524D}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{E166EA3D-6135-4225-A37B-0D2853F7D7D7}"/>
+    <w:embedBold r:id="rId2" w:subsetted="1" w:fontKey="{398ECE59-286D-4D93-8699-FD2F902789CE}"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:subsetted="1" w:fontKey="{6EDC4EAC-0C56-429C-A3A1-DB474581242A}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId6" w:subsetted="1" w:fontKey="{3E123EFE-3A88-4056-B97B-7B9148B34FB9}"/>
+    <w:embedRegular r:id="rId3" w:subsetted="1" w:fontKey="{36832B55-5F58-4E41-87A6-80F2DF8E8374}"/>
+    <w:embedBold r:id="rId4" w:subsetted="1" w:fontKey="{0C456286-83BC-45A6-9715-C7E3C8EB06AD}"/>
+    <w:embedItalic r:id="rId5" w:subsetted="1" w:fontKey="{E7EB3EBB-FE16-43DF-8CFB-E781B6138361}"/>
+    <w:embedBoldItalic r:id="rId6" w:subsetted="1" w:fontKey="{E650230E-186D-40C0-95C8-9B74CA9C79F0}"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:subsetted="1" w:fontKey="{330CB672-1F1C-4015-B298-E05C1696CE38}"/>
-    <w:embedBold r:id="rId8" w:subsetted="1" w:fontKey="{839F1748-A377-4E81-A795-4BE929E140AA}"/>
+    <w:embedRegular r:id="rId7" w:subsetted="1" w:fontKey="{C57E6B72-786B-4E79-96ED-D00D15B8932A}"/>
+    <w:embedBold r:id="rId8" w:subsetted="1" w:fontKey="{D71FF8BE-0B79-4C3F-A9E9-B5CDE9C866E7}"/>
   </w:font>
   <w:font w:name="Microsoft JhengHei">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId9" w:subsetted="1" w:fontKey="{E11DC17C-785C-44B5-9B17-4F205C705ABC}"/>
+    <w:embedRegular r:id="rId9" w:subsetted="1" w:fontKey="{003C4A19-EA36-4896-BB25-A3BD98243E62}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7263C292" w14:textId="77777777" w:rsidR="009B4767" w:rsidRPr="009B4767" w:rsidRDefault="009B4767" w:rsidP="009B4767">
+  <w:p w14:paraId="236C0536" w14:textId="77777777" w:rsidR="00D07104" w:rsidRPr="00D07104" w:rsidRDefault="00D07104" w:rsidP="00D07104">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> Page \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>96</w:t>
+      <w:t>11</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NumPages \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>97</w:t>
+      <w:t>12</w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
-      <w:t>18th November 2025</w:t>
+      <w:t>1st December 2025</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="28BEACD3" w14:textId="0F0072A8" w:rsidR="009B4767" w:rsidRPr="009B4767" w:rsidRDefault="009B4767" w:rsidP="009B4767">
+  <w:p w14:paraId="33A7F1D1" w14:textId="07E3D542" w:rsidR="00D07104" w:rsidRPr="00D07104" w:rsidRDefault="00D07104" w:rsidP="00D07104">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidRPr="009B4767">
+      <w:r w:rsidRPr="00D07104">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>https://www.open.edu/openlearn/languages/beginners-chinese-taster-course/content-section-0</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D227105" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767" w:rsidP="009B4767">
+    <w:p w14:paraId="272DF75E" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104" w:rsidP="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5829F4CA" w14:textId="77777777" w:rsidR="009B4767" w:rsidRDefault="009B4767" w:rsidP="009B4767">
+    <w:p w14:paraId="308D27D5" w14:textId="77777777" w:rsidR="00D07104" w:rsidRDefault="00D07104" w:rsidP="00D07104">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="72C85334" w14:textId="77777777" w:rsidR="009B4767" w:rsidRPr="009B4767" w:rsidRDefault="009B4767" w:rsidP="009B4767">
+  <w:p w14:paraId="0384C0D3" w14:textId="77777777" w:rsidR="00D07104" w:rsidRPr="00D07104" w:rsidRDefault="00D07104" w:rsidP="00D07104">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                               </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E31EEC7" wp14:editId="7115DA44">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4FD8FD2E" wp14:editId="054DCD8C">
           <wp:extent cx="1638300" cy="533400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="14" name="Picture 14"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="14" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1638300" cy="533400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5308236E" w14:textId="0A2CDAB8" w:rsidR="009B4767" w:rsidRPr="009B4767" w:rsidRDefault="009B4767" w:rsidP="009B4767">
+  <w:p w14:paraId="00F0036D" w14:textId="16E6082A" w:rsidR="00D07104" w:rsidRPr="00D07104" w:rsidRDefault="00D07104" w:rsidP="00D07104">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009B4767">
+    <w:r w:rsidRPr="00D07104">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Beginners' Chinese: a taster course </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="067D2C5F"/>
+    <w:nsid w:val="039B122A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FD241886"/>
+    <w:tmpl w:val="F7588DEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -36885,53 +30430,202 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BD23663"/>
+    <w:nsid w:val="054B513D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7E2254FC"/>
+    <w:tmpl w:val="C4AEDD3A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="066C2060"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5BAC58D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -37033,54 +30727,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10152006"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="095D6EDE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="63644912"/>
+    <w:tmpl w:val="1BE46B6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -37182,54 +30876,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13EA3EBE"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A5C2E07"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="79949BA2"/>
+    <w:tmpl w:val="FC1C7882"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -37331,54 +31025,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25E7567E"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E353EB7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B6DA5F4C"/>
+    <w:tmpl w:val="6CE6184C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -37480,54 +31174,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="27243E9A"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13D5051B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AEE28560"/>
+    <w:tmpl w:val="230C0262"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -37629,54 +31323,352 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="279402B9"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FB17D4E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5BD8ED78"/>
+    <w:tmpl w:val="D50A9E74"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35B948E5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="98D23EE4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36A46E47"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D632D7C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -37778,71 +31770,71 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2C47647A"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AE477BF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BAD29FC4"/>
+    <w:tmpl w:val="5210826E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
@@ -37927,54 +31919,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="391E6BF6"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D506D73"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1BA277EC"/>
+    <w:tmpl w:val="40E86A94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38076,54 +32068,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3EFA4961"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C1468AA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A1DC1978"/>
+    <w:tmpl w:val="FB3E2538"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38225,54 +32217,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40F008CC"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DCE2139"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="39B66DD2"/>
+    <w:tmpl w:val="6C3C9EB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38374,54 +32366,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="42266F6F"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55F84AB5"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7C32F362"/>
+    <w:tmpl w:val="AD3EA226"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38523,54 +32515,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="45A63FD3"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="572A3F1D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7160D708"/>
+    <w:tmpl w:val="05E0A57A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38672,54 +32664,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="51A73B91"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AB40048"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F8B26AA0"/>
+    <w:tmpl w:val="DE4457E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38821,54 +32813,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="56263357"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AB81867"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9592849C"/>
+    <w:tmpl w:val="AE84B4E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38970,54 +32962,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5ED318B7"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CB72461"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BE66C17A"/>
+    <w:tmpl w:val="B6207DD8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -39119,54 +33111,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5F87775A"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69DA1033"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="19205628"/>
+    <w:tmpl w:val="5E880248"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -39268,54 +33260,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="66B044B2"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E0D4618"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5CC8CA46"/>
+    <w:tmpl w:val="8AA2CA52"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -39417,54 +33409,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6B8B0EC0"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75F169A0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3B0E1750"/>
+    <w:tmpl w:val="F612DAFE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -39566,54 +33558,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="752F6183"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C231A2B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6A585034"/>
+    <w:tmpl w:val="23967CBE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -39715,629 +33707,181 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-[...446 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1609462280">
+  <w:num w:numId="1" w16cid:durableId="606231812">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="379865768">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="727844334">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1911035686">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="934938846">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="733817835">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="762148309">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="561987814">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="907113492">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1878082702">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1215462086">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="661935844">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="536426869">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1418094639">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1735545218">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1414428319">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1514416077">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1981568500">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1955624751">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1009524893">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1061438779">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="21" w16cid:durableId="442380685">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1499809130">
+  <w:num w:numId="22" w16cid:durableId="1586918886">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1752848104">
-[...53 lines deleted...]
-  <w:num w:numId="22" w16cid:durableId="1693146171">
+  <w:num w:numId="23" w16cid:durableId="1698853272">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:saveSubsetFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000B67FC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FC4F65"/>
+    <w:rsidRoot w:val="00904CF8"/>
+    <w:rsid w:val="00432675"/>
+    <w:rsid w:val="00904CF8"/>
+    <w:rsid w:val="00D07104"/>
+    <w:rsid w:val="00E71E6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0DFBFB88"/>
+  <w14:docId w14:val="1BB11F7F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A9929475-8F56-43DD-AFFC-CEF2FA76259E}"/>
+  <w15:docId w15:val="{B787A45E-81A2-4E7E-A6A7-BD61D1E5292E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -41918,7097 +35462,7097 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="heading10">
     <w:name w:val="heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="chess1">
     <w:name w:val="chess1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="navbutton">
     <w:name w:val="nav_button"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009B4767"/>
+    <w:rsid w:val="00D07104"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009B4767"/>
+    <w:rsid w:val="00D07104"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009B4767"/>
+    <w:rsid w:val="00D07104"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009B4767"/>
+    <w:rsid w:val="00D07104"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009B4767"/>
+    <w:rsid w:val="00D07104"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="13771728">
+    <w:div w:id="34552000">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="804467959">
+        <w:div w:id="2087070219">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="18088387">
+    <w:div w:id="44255049">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1147430722">
+        <w:div w:id="1517187719">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1083795644">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="750081528">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="643125415">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="813523353">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1139572180">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1323848643">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="78909154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="91971530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1555432919">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="20328259">
+    <w:div w:id="180166487">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1547836888">
+        <w:div w:id="787547570">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="58595427">
+    <w:div w:id="269897393">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2032294621">
+        <w:div w:id="1331643123">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="104857701">
-[...11 lines deleted...]
-    <w:div w:id="179858541">
+    <w:div w:id="356272410">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="660693883">
+        <w:div w:id="1792047720">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="248271116">
+    <w:div w:id="395974522">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="248464246">
+        <w:div w:id="346443462">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="251360732">
+    <w:div w:id="450327387">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="302925334">
-[...23 lines deleted...]
-    <w:div w:id="402066071">
+    <w:div w:id="475338922">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2063745474">
-[...107 lines deleted...]
-        <w:div w:id="1361667510">
+        <w:div w:id="870604594">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="485167186">
-[...11 lines deleted...]
-    <w:div w:id="546530668">
+    <w:div w:id="477692588">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2075423021">
-[...95 lines deleted...]
-        <w:div w:id="1487235650">
+        <w:div w:id="433405663">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="559246041">
-[...11 lines deleted...]
-    <w:div w:id="687800377">
+    <w:div w:id="497355484">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="906887819">
+        <w:div w:id="161970308">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="539632757">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="88502538">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="956065752">
+            <w:div w:id="255602101">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1607928417">
+            <w:div w:id="968239467">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1899512711">
+        <w:div w:id="520624827">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="83496570">
+            <w:div w:id="1053458244">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1918633273">
+            <w:div w:id="2013410055">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1828206522">
+                <w:div w:id="1812165283">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="141167799">
+                    <w:div w:id="1412966090">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1469202817">
+                        <w:div w:id="2008438762">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="511994790">
+                    <w:div w:id="1370760311">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1716657518">
+                        <w:div w:id="548734325">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="112872049">
+        <w:div w:id="1864201491">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="495144681">
+            <w:div w:id="343283401">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1339581811">
+            <w:div w:id="964896733">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="88892282">
+        <w:div w:id="1080365958">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1699038410">
+            <w:div w:id="2123109609">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="690954776">
+            <w:div w:id="418914068">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1596476285">
+                <w:div w:id="211113273">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1437553776">
+                    <w:div w:id="511914742">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="94252928">
+                        <w:div w:id="917324412">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1392654002">
+        <w:div w:id="1879780143">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1455096463">
+            <w:div w:id="2144079435">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1912813107">
+            <w:div w:id="947546165">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="934047417">
+                <w:div w:id="27146791">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1077827251">
+                    <w:div w:id="1084955810">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1053236014">
+                        <w:div w:id="1455321931">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1352299141">
+                <w:div w:id="2113814765">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="2034186580">
+                <w:div w:id="1832673152">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1771199231">
+                <w:div w:id="1361392415">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="2027290899">
+                <w:div w:id="822741124">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1014309721">
+                <w:div w:id="943653940">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="729036286">
+                <w:div w:id="1438599595">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1781728529">
+                <w:div w:id="1399522102">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1626353953">
+                <w:div w:id="657660022">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1377004506">
+                <w:div w:id="1845780848">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="771097179">
+                <w:div w:id="685983523">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="120"/>
                   <w:marTop w:val="120"/>
                   <w:marBottom w:val="120"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="48113417">
+        <w:div w:id="1074398523">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1938251049">
+            <w:div w:id="1130434935">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1165970174">
+            <w:div w:id="1259875846">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2020813983">
+                <w:div w:id="960115521">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="382406888">
+                    <w:div w:id="578172986">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                         <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                         <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="72508997">
+                    <w:div w:id="117965085">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="240"/>
                       <w:marBottom w:val="240"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="739140094">
+                        <w:div w:id="464009814">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1365906322">
+                <w:div w:id="41026575">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="240"/>
                   <w:marBottom w:val="240"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1606378108">
+                    <w:div w:id="1482233587">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="716585848">
+    <w:div w:id="544676668">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="547186779">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="621107888">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="693772853">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1160149849">
+        <w:div w:id="1215968127">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="797525153">
+    <w:div w:id="798454394">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="903762890">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="962033626">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1928416909">
+        <w:div w:id="941844690">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
-          <w:marTop w:val="0"/>
-          <w:marBottom w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
           <w:divBdr>
-            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1261597078">
-[...241 lines deleted...]
-              <w:marBottom w:val="240"/>
+            <w:div w:id="2146047240">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-          </w:divsChild>
-[...17 lines deleted...]
-              <w:marBottom w:val="120"/>
+            <w:div w:id="1823614299">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
               <w:divBdr>
-                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
-[...2 lines deleted...]
-                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
-            </w:div>
-[...58 lines deleted...]
-              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1850174262">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1065955164">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1073043924">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1368792314">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1644777907">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1045831064">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                        <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                        <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="89392851">
+        <w:div w:id="2037390536">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
-          <w:marTop w:val="0"/>
-          <w:marBottom w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
           <w:divBdr>
-            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="476648396">
-[...1109 lines deleted...]
-              <w:marBottom w:val="240"/>
+            <w:div w:id="1764495150">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-          </w:divsChild>
-[...29 lines deleted...]
-              <w:marBottom w:val="120"/>
+            <w:div w:id="534544333">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
               <w:divBdr>
-                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
-[...2 lines deleted...]
-                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
-            </w:div>
-[...106 lines deleted...]
-              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1295331712">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1367028855">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="766465009">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="559829978">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="145824881">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="154415551">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1834098444">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="437988708">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1881240427">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2038314242">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1681196292">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="518156656">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="944311077">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1950624272">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1842625435">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1137840633">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="100419452">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="212498910">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1421292332">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="467364288">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2113546594">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1924491782">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="20867176">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1961036909">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="727798507">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="291402355">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="520701140">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1563100815">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1777869181">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="836923276">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="884173423">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1387139511">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="703599657">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="121534480">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="857354349">
+    <w:div w:id="983122880">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="271479297">
+        <w:div w:id="1426224545">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="982733413">
+    <w:div w:id="1067797547">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1053849559">
+    <w:div w:id="1126659878">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="366294665">
-[...63 lines deleted...]
-        <w:div w:id="1507285832">
+        <w:div w:id="1670790036">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1702441410">
+            <w:div w:id="102460142">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="120"/>
               <w:marBottom w:val="120"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                 <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                 <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="534733736">
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1790052525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1966306118">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
-              <w:marTop w:val="240"/>
-              <w:marBottom w:val="240"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1084691129">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="51661684">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2054500807">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1283027704">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1271084065">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="476922589">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="541552754">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="568686851">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="727605552">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1777599620">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1436630749">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1219584301">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1654406179">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="737555823">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2002153033">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="88933165">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1850868315">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="820076639">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="320082880">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1249728000">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1284268005">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1917745854">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="7223498">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2100711021">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="675570280">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="746726282">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="987903845">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="494152253">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1600525267">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="240"/>
+                          <w:marBottom w:val="240"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1487086364">
+                              <w:marLeft w:val="240"/>
+                              <w:marRight w:val="240"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1241327694">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1858345419">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="558906287">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1505627023">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1048381159">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1254049132">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1747074862">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="572937915">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1724716807">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="4795770">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="627128104">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="436490529">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1482311887">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1395929005">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="199826474">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="799345877">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2083679080">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="397828488">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1349791995">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="2076316319">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1405032342">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1771075591">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1541092686">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="393698482">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1619020562">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="178784542">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1325429105">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1678265680">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="46151920">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2036037207">
+                <w:div w:id="1810394964">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="120"/>
+                  <w:marBottom w:val="120"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="636178740">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="238906700">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="120"/>
+                  <w:marBottom w:val="120"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1296637858">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="848757068">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="120"/>
+                  <w:marBottom w:val="120"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1057898300">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="337387500">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="120"/>
+                  <w:marBottom w:val="120"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="293487834">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="380710695">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="120"/>
+                  <w:marBottom w:val="120"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1534532566">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1201239841">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="120"/>
+                  <w:marBottom w:val="120"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1277174116">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="718944735">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="120"/>
+                  <w:marBottom w:val="120"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1781217247">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="154299446">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-          </w:divsChild>
-[...285 lines deleted...]
-            <w:div w:id="588542972">
+            <w:div w:id="1831291728">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2077388502">
+                <w:div w:id="166789889">
                   <w:marLeft w:val="240"/>
                   <w:marRight w:val="240"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="283927783">
+                <w:div w:id="1620917612">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="516576812">
+                    <w:div w:id="1800609640">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="800537324">
-[...485 lines deleted...]
-                        <w:div w:id="1419403410">
+                        <w:div w:id="1516118608">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="2027251401">
+                            <w:div w:id="1359424841">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="120"/>
                               <w:marBottom w:val="120"/>
                               <w:divBdr>
                                 <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                                 <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                                 <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1191183636">
+        <w:div w:id="1455977375">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1480150984">
+            <w:div w:id="1956447850">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="477454108">
+                  <w:marLeft w:val="240"/>
+                  <w:marRight w:val="240"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1263950787">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="135032585">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="491337880">
+                  <w:marLeft w:val="240"/>
+                  <w:marRight w:val="240"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1157112935">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1126968626">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="972249796">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1225487810">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1239631047">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="414935613">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1277564397">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1278024556">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1350329463">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1311598948">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1480616544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2053114097">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="506409291">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="839197779">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="125050835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="9796190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="340815370">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="451247449">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1732994821">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1395858159">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="233249643">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1571887351">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="348530334">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="799571232">
+                <w:div w:id="1573195734">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1551069023">
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="728264727">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1510219267">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1216895891">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1907718855">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="947008985">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1272977708">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1459108320">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1230652153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1476994234">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1428648136">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1634287070">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1501045034">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1645620826">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1668560912">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1385248894">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1740134066">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="165555896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1774326432">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="609972159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="537354375">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="975064733">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="126630702">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1789349683">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1141340318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1812867911">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="922224362">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="87235878">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1491365070">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1046182549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2036223468">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1123035680">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="325480626">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1976328064">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="499154814">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1152939714">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="704868300">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="918365152">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1575124267">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1644046437">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1038507951">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1998726759">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="433480431">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1127815070">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="332801751">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="933513317">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1783256635">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2090105754">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1436824085">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1622760409">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="959459074">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2068989512">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1270577603">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1228110219">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1152021891">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1847016508">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1985155422">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1067344466">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2103213402">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="244806180">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="106390313">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1199659527">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1054154837">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2117479875">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="398329233">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="256906521">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1923946310">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1590625132">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1618221420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1523780980">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="526870252">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="547769055">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1848864096">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="908346162">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="67845807">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="741803349">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1336689233">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="935553763">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="939025010">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1361322194">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="981155841">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="175970460">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1779448162">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="479342893">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="565844595">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1036077208">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="66389677">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="494760500">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1430850340">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="661549318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1869902273">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="776172992">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1996300798">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="421688316">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="421226768">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="725378571">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1258099719">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1495802800">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="385952908">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1665745193">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="745110888">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="800541532">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="444079810">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="431975217">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2016883301">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1755854086">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="816339766">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1204832675">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="46687512">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="59791341">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1664703123">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1293512118">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="41297939">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="696078149">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1167750555">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1502040785">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1111363066">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1504588681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="753090952">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="280918988">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2103455684">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2094737219">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="859200573">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="395398124">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1074545580">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="388579380">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="943154328">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="881284122">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1027095855">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="720859841">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1849758786">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="58133452">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1155343629">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1834641015">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="321323349">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="428082308">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1122189574">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="27415838">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="582909438">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="746927571">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="823356197">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="283778604">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="82924521">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1533418558">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="490567500">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="31541063">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="148060644">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="152455249">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1975863738">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="338970711">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1592276013">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="969088172">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2132895614">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1959794597">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="903224290">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="856700074">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2024165118">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1882551566">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="370615425">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1896314001">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="704712948">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1896699979">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2071534703">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1962415806">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="558130876">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1168248911">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1153982867">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1297251742">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1603101031">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1199199650">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1272976154">
+                <w:div w:id="1323243566">
                   <w:marLeft w:val="240"/>
                   <w:marRight w:val="240"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1708405072">
+                <w:div w:id="2117360838">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="438139645">
+                    <w:div w:id="1980382084">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="2044817827">
+                        <w:div w:id="669337479">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="592789060">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1283339557">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="2035419054">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1295016769">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1288850769">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="955677664">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="580136921">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="483621949">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1644583994">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1183667590">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="462121713">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1065370757">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="833030376">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="919757455">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1339962942">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="928780846">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="185139984">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="307131919">
+                          <w:marLeft w:val="120"/>
+                          <w:marRight w:val="120"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="822355599">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="700012705">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1920166585">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="120"/>
+                  <w:marBottom w:val="120"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="277759939">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="240"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1584029656">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1841116798">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="875236635">
+                  <w:marLeft w:val="240"/>
+                  <w:marRight w:val="240"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1668245270">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1495225796">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="240"/>
+                      <w:marBottom w:val="240"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1069155600">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="148446432">
+                  <w:marLeft w:val="240"/>
+                  <w:marRight w:val="240"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1005203681">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="27532959">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1436822909">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="240"/>
+                          <w:marBottom w:val="240"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="single" w:sz="36" w:space="0" w:color="000000"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1289704026">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                        <w:div w:id="551964775">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="240"/>
+                          <w:marBottom w:val="240"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="single" w:sz="36" w:space="0" w:color="000000"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="557476479">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                        <w:div w:id="1956256304">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="240"/>
+                          <w:marBottom w:val="240"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="single" w:sz="36" w:space="0" w:color="000000"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="711225732">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                        <w:div w:id="2010399939">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="1550343468">
+                            <w:div w:id="671101151">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="120"/>
                               <w:marBottom w:val="120"/>
                               <w:divBdr>
                                 <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                                 <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                                 <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
-                        <w:div w:id="806625246">
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2083866881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="18824225">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1033921653">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="361327223">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1341851830">
+                  <w:marLeft w:val="240"/>
+                  <w:marRight w:val="240"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="944773886">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1187250311">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1872569671">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="689986739">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                        <w:div w:id="836648676">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="240"/>
                           <w:marBottom w:val="240"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1540821318">
+        <w:div w:id="1289244092">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="242615256">
+        <w:div w:id="1219394339">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="913314812">
+            <w:div w:id="15467999">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1166243415">
+            <w:div w:id="85614797">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="948588794">
+                <w:div w:id="1313755944">
                   <w:marLeft w:val="240"/>
                   <w:marRight w:val="240"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1514997869">
+                <w:div w:id="723798832">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="340091513">
+                    <w:div w:id="1043863681">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="984510569">
+                        <w:div w:id="319886929">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="240"/>
                           <w:marBottom w:val="240"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="947858625">
+                            <w:div w:id="1469663044">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="60"/>
                               <w:marBottom w:val="60"/>
                               <w:divBdr>
                                 <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                                 <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                                 <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                                 <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                               </w:divBdr>
                             </w:div>
-                            <w:div w:id="241573544">
+                            <w:div w:id="346560437">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="60"/>
                               <w:marBottom w:val="60"/>
                               <w:divBdr>
                                 <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                                 <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                                 <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                                 <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                               </w:divBdr>
                             </w:div>
-                            <w:div w:id="535583959">
+                            <w:div w:id="1998027408">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="60"/>
                               <w:marBottom w:val="60"/>
                               <w:divBdr>
                                 <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                                 <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                                 <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                                 <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="839585037">
+        <w:div w:id="1909728833">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1301426331">
+            <w:div w:id="1462071133">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="61104382">
+                <w:div w:id="364647381">
                   <w:marLeft w:val="240"/>
                   <w:marRight w:val="240"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="262887225">
+                <w:div w:id="1499728015">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="973019930">
+            <w:div w:id="1462840816">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1353805383">
+                <w:div w:id="1759015332">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2018188132">
+        <w:div w:id="157618050">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1950502744">
+            <w:div w:id="1719743809">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1002469587">
+                <w:div w:id="269550351">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1624382142">
+            <w:div w:id="1209299316">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="346516620">
+                <w:div w:id="623510230">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="24989527">
+            <w:div w:id="1912613822">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="80221045">
+                <w:div w:id="568883975">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1764836407">
+            <w:div w:id="609168463">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1804349429">
+                <w:div w:id="480120063">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1062681554">
+            <w:div w:id="1940718112">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="240"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="82145911">
+                <w:div w:id="1997494621">
                   <w:marLeft w:val="240"/>
                   <w:marRight w:val="240"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="202598732">
+                <w:div w:id="622155605">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="610206166">
+                    <w:div w:id="370493815">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="2023781455">
+                        <w:div w:id="1937788761">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="267855001">
+                    <w:div w:id="805465244">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="2125494792">
+                        <w:div w:id="1965311248">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="971247869">
+                        <w:div w:id="584338162">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1255169969">
+                        <w:div w:id="1318878169">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="864515552">
+                        <w:div w:id="1365865416">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1329096514">
+                        <w:div w:id="2006474738">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1955481998">
+                        <w:div w:id="1645624876">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1847941053">
+                        <w:div w:id="864711195">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1522623724">
+                    <w:div w:id="135807715">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="540242213">
+                        <w:div w:id="1314025248">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1017542722">
+                        <w:div w:id="1291401542">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="823861773">
+                        <w:div w:id="1031297200">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1686663578">
+                        <w:div w:id="81535471">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1214267941">
+                        <w:div w:id="1660572794">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="570309065">
+                        <w:div w:id="1517962299">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1972859257">
+                        <w:div w:id="896673578">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="188690087">
+                    <w:div w:id="1899584600">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1161122112">
+                        <w:div w:id="653876136">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="738594968">
+                        <w:div w:id="1877697172">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="553740746">
+                        <w:div w:id="1888296607">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="532353812">
+                        <w:div w:id="1260797561">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1930796">
+                        <w:div w:id="1090664891">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="754321281">
+                        <w:div w:id="1564833598">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="2090929523">
+                        <w:div w:id="1142696999">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1396052542">
+                    <w:div w:id="1755740833">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1695887230">
+                        <w:div w:id="1039671832">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="73666383">
+                        <w:div w:id="379012746">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1480724948">
+                        <w:div w:id="923951239">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1813255758">
+                        <w:div w:id="1287008215">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="918715716">
+                        <w:div w:id="1437288211">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="979463032">
+                        <w:div w:id="804468546">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1997686247">
+                        <w:div w:id="2059694981">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1453329425">
+                    <w:div w:id="1465199475">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1461722715">
+                        <w:div w:id="767316835">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="655495038">
+                        <w:div w:id="588734861">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1733194794">
+                        <w:div w:id="35088044">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="481316627">
+                        <w:div w:id="51781450">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="654574540">
+                        <w:div w:id="2106804955">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="814756708">
+                        <w:div w:id="1607495272">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="448742243">
+                        <w:div w:id="602685894">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1294753422">
+                    <w:div w:id="897934184">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1690522013">
+                        <w:div w:id="1956059430">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="187570419">
+                        <w:div w:id="1675834542">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="581644684">
+                        <w:div w:id="459618926">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1581713652">
+                        <w:div w:id="964963160">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="2087678458">
+                        <w:div w:id="1400666025">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="831487333">
+                        <w:div w:id="801385521">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="926184081">
+                        <w:div w:id="1898859290">
                           <w:marLeft w:val="120"/>
                           <w:marRight w:val="120"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1512259912">
+    <w:div w:id="2027634730">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2004891224">
+        <w:div w:id="613251847">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1564221073">
+    <w:div w:id="2101442610">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...2052 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:encoding w:val="unicode"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.ac.uk/courses/language-short-courses" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/ocw/mod/oucontent/olinkremote.php?website=CHN_1&amp;targetdoc=OU%20Character%20Learning%20Free%20App_Chinese@OU" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/2.0/legalcode" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=5npEndvX0gA" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=iELOd_sGans&amp;hl=en&amp;fs=1&amp;rel=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=2eLP3FuuEVs" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/lesquare/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/free-courses?utm_source=openlearn&amp;utm_campaign=ol&amp;utm_medium=ebook" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/about-openlearn/frequently-asked-questions-on-openlearn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://university.open.ac.uk/apps/chinese-at-ou?nocache=6646029a70d59" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/languages/chinese/download-our-chinese-characters-learning-apps" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en_GB" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=T7Bi_DVFecE&amp;feature=emb_logo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.ac.uk/conditions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://university.open.ac.uk/apps/chinese-at-ou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/languages/beginners-chinese-taster-course/content-section-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/ocw/mod/oucontent/olinkremote.php?website=CHN_1&amp;targetdoc=How%20to%20install%20the%20Chinese%20font" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://university.open.ac.uk/apps/chinese-at-ou?nocache=6646029a70d59" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/ocw/mod/oucontent/olinkremote.php?website=CHN_1&amp;targetdoc=OU%20Character%20Learning%20Free%20App_Chinese@OU" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/modules/l108/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=troxvPRmZm8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/languages/beginners-chinese-taster-course/content-section-0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -49292,81 +42836,81 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>global_docx</Template>
   <TotalTime></TotalTime>
-  <Pages>106</Pages>
-[...1 lines deleted...]
-  <Characters>59752</Characters>
+  <Pages>12</Pages>
+  <Words>12952</Words>
+  <Characters>57640</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2489</Lines>
+  <Lines>2401</Lines>
   <Paragraphs>1721</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>The Open University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>68841</CharactersWithSpaces>
+  <CharactersWithSpaces>68871</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Beginners’ Chinese: a taster course</dc:title>
   <dc:subject/>
   <dc:creator>The Open University</dc:creator>
   <cp:keywords/>
   <dc:description>Comments</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="UnitURL">
     <vt:lpwstr>https://www.open.edu/openlearn/languages/beginners-chinese-taster-course/content-section-0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DateProcessed">
-    <vt:lpwstr>18th November 2025</vt:lpwstr>
+    <vt:lpwstr>1st December 2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ItemID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ItemTitle">
     <vt:lpwstr>Beginners' Chinese: a taster course</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="OuLogo">
     <vt:lpwstr>\\stcn-file-live\system\other\oulogo.jpg</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="BrandLogo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Copyright">
     <vt:lpwstr>Unless otherwise stated, copyright © 2025 The Open University, all rights reserved.</vt:lpwstr>
   </property>
 </Properties>
 </file>