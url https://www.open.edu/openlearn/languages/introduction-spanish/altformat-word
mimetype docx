--- v0 (2026-01-22)
+++ v1 (2026-03-12)
@@ -8,5457 +8,5698 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="49996D05" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1FC90BB6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30F7BCC7" wp14:editId="353D0789">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B31219A" wp14:editId="4F49CC83">
             <wp:extent cx="5278120" cy="8444992"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="Introduction to Spanish"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Introduction to Spanish"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5278120" cy="8444992"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B66D89" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="3B6EB6B2" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D09ED1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="03B675EC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
-        <w:divId w:val="332340982"/>
+        <w:divId w:val="1638684876"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t>L106_1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05699F7B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="09D69283" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="384" w:beforeAutospacing="0" w:after="144" w:afterAutospacing="0" w:line="216" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="332340982"/>
+        <w:divId w:val="1638684876"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Introduction to Spanish</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F834918" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="05EFE2F2" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE765C1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="56A2DED5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>About this free course</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B378989" w14:textId="0C11DDDE" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="414B8777" w14:textId="19B18C66" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This free course is an adapted extract from the Open University course </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>L106 Introduction to Spanish Studies (beginners)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA42051" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="0998C443" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This version of the content may include video, images and interactive content that may not be optimised for your device. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F788B34" w14:textId="5CACE44F" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="44AE049F" w14:textId="54845C64" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">You can experience this free course as it was originally designed on OpenLearn, the home of free learning from The Open University – </w:t>
+        <w:t xml:space="preserve">You can experience this free course as it was originally designed on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OpenLearn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the home of free learning from The Open University – </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.open.edu/openlearn/languages/introduction-spanish/content-section-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E814A8B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="62F43023" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>There you’ll also be able to track your progress via your activity record, which you can use to demonstrate your learning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51158BB0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="4CE78987" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>First published 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429CCCEF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="6993DF93" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unless otherwise stated, copyright © 2025 The Open University, all rights reserved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146EB92E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="68F4FAF1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Intellectual property</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C2D0B5" w14:textId="251EED78" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="194BE903" w14:textId="48768402" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Unless otherwise stated, this resource is released under the terms of the Creative Commons Licence v4.0 </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Within that The Open University interprets this licence in the following way: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.open.edu/openlearn/about-openlearn/frequently-asked-questions-on-openlearn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copyright and rights falling outside the terms of the Creative Commons Licence are retained or controlled by The Open University. Please read the full text before using any of the content. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACD9608" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="1036DC6D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We believe the primary barrier to accessing high-quality educational experiences is cost, which is why we aim to publish as much free content as possible under an open licence. If it proves difficult to release content under our preferred Creative Commons licence (e.g. because we can’t afford or gain the clearances or find suitable alternatives), we will still release the materials for free under a personal end-user licence. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C018880" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="23B30E40" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is because the learning experience will always be the same high-quality offering and that should always be seen as positive – even if at times the licensing is different to Creative Commons. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51DE56F0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="2736801F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When using the content you must attribute us (The Open University) (the OU) and any identified author in accordance with the terms of the Creative Commons Licence. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BA171E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="70DDFB0D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Acknowledgements section is used to list, amongst other things, third party (Proprietary), licensed content which is not subject to Creative Commons licensing. Proprietary content must be used (retained) intact and in context to the content at all times. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5315C33F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="0EF5211B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Acknowledgements section is also used to bring to your attention any other Special Restrictions which may apply to the content. For example there may be times when the Creative Commons Non-Commercial Sharealike licence does not apply to any of the content even if owned by us (The Open University). In these instances, unless stated otherwise, the content may be used for personal and non-commercial use. </w:t>
-[...4 lines deleted...]
-        <w:divId w:val="1218472528"/>
+        <w:t xml:space="preserve">The Acknowledgements section is also used to bring to your attention any other Special Restrictions which may apply to the content. For example there may be times when the Creative Commons Non-Commercial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Sharealike</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">We have also identified as Proprietary other material included in the content which is not subject to Creative Commons Licence. These are OU logos, trading names and may extend to certain photographic and video images and sound recordings and any other material as may be brought to your attention. </w:t>
-[...4 lines deleted...]
-        <w:divId w:val="1218472528"/>
+        <w:t xml:space="preserve"> licence does not apply to any of the content even if owned by us (The Open University). In these instances, unless stated otherwise, the content may be used for personal and non-commercial use. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D03B431" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">We have also identified as Proprietary other material included in the content which is not subject to Creative Commons Licence. These are OU logos, trading names and may extend to certain photographic and video images and sound recordings and any other material as may be brought to your attention. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42249C29" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Unauthorised use of any of the content may constitute a breach of the terms and conditions and/or intellectual property laws.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15814044" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="11879B27" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We reserve the right to alter, amend or bring to an end any terms and conditions provided here without notice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8B3C62" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="1A57DADF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All rights falling outside the terms of the Creative Commons licence are retained or controlled by The Open University.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A98409C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1218472528"/>
+    <w:p w14:paraId="37745D3A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="929461517"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Head of Intellectual Property, The Open University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457F1DE9" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="2196DCF1" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325C11FE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7899596E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112B1684" w14:textId="51FCDA5D" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="2E08B883" w14:textId="415A1201" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session1" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D0B863E" w14:textId="21206FF0" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="1F9B54A1" w14:textId="1BA1699D" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session2" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>1 Professions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E29CC84" w14:textId="7A4C367F" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="250A7291" w14:textId="0E844F78" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session3" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>2 Understanding professions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2497D58C" w14:textId="48F7BC7E" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="1CD9E27E" w14:textId="07056DFE" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session4" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>3 Saying what you do - practice</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FE81D6B" w14:textId="20207F2F" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="6DD2CFFE" w14:textId="5DD1FD36" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session5" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>4 Verbs for jobs</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36BD8F9A" w14:textId="591900C3" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="4B822368" w14:textId="06F6D4D4" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session6" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
-          <w:t>5 En chiva or en guagua. Regional variations in vocabulary</w:t>
+          <w:t xml:space="preserve">5 En </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00523ACA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+          </w:rPr>
+          <w:t>chiva</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00523ACA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> or </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00523ACA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+          </w:rPr>
+          <w:t>en</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00523ACA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00523ACA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+          </w:rPr>
+          <w:t>guagua</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00523ACA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+          </w:rPr>
+          <w:t>. Regional variations in vocabulary</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="213AD8FE" w14:textId="24267314" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="5A95286B" w14:textId="7278FEAB" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session7" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>6 Using your dictionary</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="69A35E24" w14:textId="5B81E498" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="273C7055" w14:textId="66A0FB5A" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session8" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>7 Quiz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B5F6B10" w14:textId="1AA118D9" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="54AE3017" w14:textId="10AEB8FC" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session9" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Conclusion</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="569B1270" w14:textId="7356F259" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="3977B993" w14:textId="5BDF2AA6" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Session10" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Acknowledgements</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="161F336C" w14:textId="26FAC0D5" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="4117005D" w14:textId="4CFE7935" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Solutions1" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Solutions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="46047CD1" w14:textId="1937B287" w:rsidR="006D154A" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="2A75BFF6" w14:textId="20979944" w:rsidR="00523ACA" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2040"/>
-        <w:divId w:val="653021883"/>
+        <w:divId w:val="22943324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Descriptions1" w:history="1">
-        <w:r w:rsidR="006D154A">
+        <w:r w:rsidR="00523ACA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Descriptions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1F975669" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="2220FF84" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564464E4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1F0F9F9B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1401368659"/>
+        <w:divId w:val="1820003176"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Session1"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DF5FDD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1401368659"/>
+    <w:p w14:paraId="356AC192" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1820003176"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this short course you will learn how to talk about your work and your working day. You will learn vocabulary for different professions, say what your job is, and how you go to work. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6D5D61" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1401368659"/>
+    <w:p w14:paraId="5B90DAB9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1820003176"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This course is an extract from the L106 Introduction to Spanish Studies (beginners) course. Whether you are a complete beginner or have some knowledge of Spanish you could give it a go and we hope that you enjoy the course! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AA41FA4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1401368659"/>
+    <w:p w14:paraId="5F23DF7F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1820003176"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The course comprises 4 hours of interactive activities, explanations, and tips about language learning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="255EA268" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1401368659"/>
+    <w:p w14:paraId="7E41E160" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1820003176"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It’s a good idea to keep notes, either on paper in a notebook or on your preferred digital device, of the points you want to remember, such as key vocabulary, grammar rules, or expressions. There’s also a quiz at the end of the course for you to practise what you’ve learnt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A8942BA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1401368659"/>
+    <w:p w14:paraId="407022B3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1820003176"/>
       </w:pPr>
       <w:r>
         <w:t>After completing this course, you will be able to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED1B655" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="28F00C90" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1401368659"/>
+        <w:divId w:val="1820003176"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>talk about what you do for a living</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4CAFC7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1C1EBA7E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1401368659"/>
+        <w:divId w:val="1820003176"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>explain how you go to work</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F00110D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="61E546DE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1401368659"/>
+        <w:divId w:val="1820003176"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>conjugate come common regular and irregular verbs in the present tense.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309AFC8F" w14:textId="15BA9385" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="33DC9D59" w14:textId="042FB4C1" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1820003176"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>This course is an extract from the </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>L106 Introduction to Spanish Studies (beginners)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> course. Enjoy! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B92D9F" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="316592FD" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27325A91" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0FDD356C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="2134204624"/>
+        <w:divId w:val="1471285492"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="Session2"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>1 Professions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C92386" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="34571FAA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:t>In this section you will learn vocabulary for different professions </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>(profesiones</w:t>
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>profesiones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, also called </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>oficios</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">), and their gender. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C64A406" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="0D6695C7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:t>In this activity you will look at several professions and learn how to refer to men and women who have the same profession.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF53394" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="338C9EAD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C86D7C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="34B03335" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="58333573"/>
+        <w:divId w:val="371614825"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="Session2_Figure1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66C2F790" wp14:editId="7F148B48">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="703B0ECB" wp14:editId="18A2FADF">
             <wp:extent cx="2743200" cy="1123950"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Picture 2" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2743200" cy="1123950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1D1B25" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="66A9425B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="624239220"/>
+        <w:divId w:val="809828541"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">From left to right: Mónica Ojeda, escritora; Claudia Llosa, directora; Eduardo Galeano, escritor </w:t>
+        <w:t xml:space="preserve">From left to right: Mónica Ojeda, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>escritora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Claudia Llosa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>directora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Eduardo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Galeano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>escritor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="3" w:name="View_Session2_Description1"/>
-    <w:p w14:paraId="43A71FE6" w14:textId="4CEF7761" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="06638F8E" w14:textId="754E3CDA" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="624239220"/>
+        <w:divId w:val="809828541"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>View description - From left to right: Mónica Ojeda, escritora; Claudia Llosa, directora; Eduardo Galeano, ...</w:t>
+        <w:t xml:space="preserve">View description - From left to right: Mónica Ojeda, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>escritora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Claudia Llosa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>directora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Eduardo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Galeano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>, ...</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="7D7FA300" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="3486DCAE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249D3F26" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="34CCCB7D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this activity you will look at several professions and learn how to refer to men and women who have the same profession. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8C49EE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="2FA750CE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03FD00FD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="40D3B2DF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1526357955"/>
+        <w:divId w:val="1304703115"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="Session2_Activity1"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1B8F01" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1357384568"/>
+    <w:p w14:paraId="1481EC28" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1314139635"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6849C977" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1263496195"/>
+    <w:p w14:paraId="574D7786" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1487749300"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="Session2_Question1"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t xml:space="preserve">To begin by attuning your ear to Spanish, listen to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, a song about professions. Do not try to understand it, just focus on the rhythm of the language. The following traditional professions are mentioned: </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>botellero</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ‘bottle seller’, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>carpintero</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ‘carpenter’ and </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>panadero</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ‘baker’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71C2CB98" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1263496195"/>
+    <w:p w14:paraId="51EF23F9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1487749300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59097F9A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5E43EE8F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1453595968"/>
+        <w:divId w:val="1471097325"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="Session2_MediaContent1"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C711AAC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6F23BB63" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="843084196"/>
+        <w:divId w:val="2084132789"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 1</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="7" w:name="View_Session2_Transcript1"/>
-    <w:p w14:paraId="7A192F9E" w14:textId="2C77EAEE" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="48D8C431" w14:textId="13B4F156" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="843084196"/>
+        <w:divId w:val="2084132789"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 1</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="3344B942" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1263496195"/>
+    <w:p w14:paraId="3EEB7620" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1487749300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E83F25D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1357384568"/>
+    <w:p w14:paraId="6A1F79CC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1314139635"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F5CE5F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="54906E96" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EFB04A1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="43EF4469" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EED6077" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4D205AC4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="908811572"/>
+        <w:divId w:val="1480882657"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="Session2_Activity2"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239A961D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="881936787"/>
+    <w:p w14:paraId="6D46FD3F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1647123541"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7DAB20" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1602294426"/>
+    <w:p w14:paraId="576E573E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="Session2_Question2"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Here is a list of famous people from the Spanish-speaking world. Read who they are, and then complete the table with the correct word for each profession. The first one has been done for you. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1AED99" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3F15BB04" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1602294426"/>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Mónica Ojeda, escritora ecuatoriana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3019F3E7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3FB46BF5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1602294426"/>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Claudia Llosa, directora de cine peruana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EAEBF5B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="079E783D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1602294426"/>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Eduardo Galeano, escritor y periodista uruguayo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40EFE91D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="657774A7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1602294426"/>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Guillermo del Toro, director de cine mexicano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECEDC78" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="32C32939" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1602294426"/>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Sofía Vergara, actriz colombiana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70ECC6C0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="04114188" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1602294426"/>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Luis Fonsi, cantante portorriqueño</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4691A7D0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="250BBF5F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1602294426"/>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Marta Gómez, cantante colombiana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CDFBE56" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4EB9657F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1602294426"/>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Álvaro Morte, actor español</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E95D90A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1602294426"/>
+    <w:p w14:paraId="397785A4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="3473"/>
         <w:gridCol w:w="3473"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="454C84F5" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="5780231E" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="546065442"/>
+          <w:divId w:val="1439830447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25B40869" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="394EA983" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:bookmarkStart w:id="10" w:name="Session2_Table1"/>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06B36B55" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="19C9E4A1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C293E6C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7154A663" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="36742F65" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="67DFABEA" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="546065442"/>
+          <w:divId w:val="1439830447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23958F09" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="69D0192D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>singer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B9D128E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6F62C709" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>cantante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13DD939A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3B7A8F7E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1265959706"/>
+              <w:divId w:val="423963735"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="11" w:name="Session2_FreeResponse1"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="4D8698AB" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="58B4BE97" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="546065442"/>
+          <w:divId w:val="1439830447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="224B153A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0AD3135E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>writer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="357A1C40" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5E9AAB14" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="271474940"/>
+              <w:divId w:val="246042068"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="Session2_FreeResponse2"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="289A9659" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6EA2055D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1534263876"/>
+              <w:divId w:val="1556504324"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="13" w:name="Session2_FreeResponse3"/>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="288AC1B8" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="4ADD0CA5" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="546065442"/>
+          <w:divId w:val="1439830447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F9BA4C6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="29007FCC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>director</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="510D12CD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="13337FE4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="2007199359"/>
+              <w:divId w:val="1276794778"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="14" w:name="Session2_FreeResponse4"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D971843" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="39BE0BF2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="850488214"/>
+              <w:divId w:val="1502239909"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="15" w:name="Session2_FreeResponse5"/>
             <w:bookmarkEnd w:id="15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="63DF8DDC" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="34F58F02" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="546065442"/>
+          <w:divId w:val="1439830447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E368197" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1D3AE598" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>actor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C165E37" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7786AEEA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="219290996"/>
+              <w:divId w:val="1375033679"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="16" w:name="Session2_FreeResponse6"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41292E3C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="04F137C7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="2048752513"/>
+              <w:divId w:val="1546678631"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="17" w:name="Session2_FreeResponse7"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="12521780" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1602294426"/>
+    <w:p w14:paraId="4B7BFEAA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="56244147"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725C5686" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="881936787"/>
+    <w:p w14:paraId="6EE5AFC6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1647123541"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="18" w:name="View_Session2_Answer1"/>
-    <w:p w14:paraId="5B704864" w14:textId="7BD14EF0" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7C952DF8" w14:textId="2080A411" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="881936787"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:divId w:val="1647123541"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Answer1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">View answer - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> B</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="7D960BF3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="02118ACB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00557180" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="76063F6C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68EFF7AA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="68BBFC7C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="525408284"/>
+        <w:divId w:val="1666124816"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="Session2_Activity3"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> C </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58FD2F7E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="995108716"/>
+    <w:p w14:paraId="0ED20155" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="213391983"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0413CADF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="687634702"/>
+    <w:p w14:paraId="2989DD04" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="527329855"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="Session2_Question3"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t xml:space="preserve">Complete the table with the missing masculine and feminine forms of Spanish words for people in these professions. You may want to look up words you don’t know in the dictionary. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065A752D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="687634702"/>
+    <w:p w14:paraId="28F0B2B4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="527329855"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4156"/>
         <w:gridCol w:w="4156"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="7B57176C" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="45A4671C" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="751780009"/>
+          <w:divId w:val="1304699317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="574E009C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="35046B79" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="21" w:name="Session2_Table3"/>
             <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="667A4287" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="059BD0C2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="16C2CD22" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="50E947CC" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="751780009"/>
+          <w:divId w:val="1304699317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="572A7707" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4F1485B2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el pintor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13253DDC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6159E669" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la pintora</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="1612ADED" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="30099072" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="751780009"/>
+          <w:divId w:val="1304699317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A444B45" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="20744E67" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el secretario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39087F91" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="28F09179" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="11536982"/>
+              <w:divId w:val="1336302786"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="22" w:name="Session2_FreeResponse8"/>
             <w:bookmarkEnd w:id="22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="2F8DD73A" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="527F15AF" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="751780009"/>
+          <w:divId w:val="1304699317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65A7252D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="79F735CF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el recepcionista</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="584A2582" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1BD84295" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="173618807"/>
+              <w:divId w:val="552041662"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="23" w:name="Session2_FreeResponse9"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="05F62085" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="368E520B" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="751780009"/>
+          <w:divId w:val="1304699317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F868E3B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="706FC652" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="301430223"/>
+              <w:divId w:val="988022654"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="24" w:name="Session2_FreeResponse10"/>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="180B5630" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0B181946" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la estudiante</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="1496B3AF" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="221499FB" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="751780009"/>
+          <w:divId w:val="1304699317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E4A40D1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0CEE5201" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="748190413"/>
+              <w:divId w:val="2046052894"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="25" w:name="Session2_FreeResponse11"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11A57C1A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2DCCBA52" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la camarera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="76348C4D" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="2D2DF4ED" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="751780009"/>
+          <w:divId w:val="1304699317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="747809ED" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0B6402E3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1137334099"/>
+              <w:divId w:val="178814482"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="26" w:name="Session2_FreeResponse12"/>
             <w:bookmarkEnd w:id="26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C21C2A2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="16CF63A2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la repartidora</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58F762CD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="687634702"/>
+    <w:p w14:paraId="5719EEFB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="527329855"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259643FE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="995108716"/>
+    <w:p w14:paraId="18F1E695" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="213391983"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="27" w:name="View_Session2_Answer2"/>
-    <w:p w14:paraId="10BB21DF" w14:textId="331CB8C6" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="13279BFA" w14:textId="67B43A9F" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="995108716"/>
+        <w:divId w:val="213391983"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Answer2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">View answer - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="760F1D22" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="719781FC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDD993D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="5C629B47" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4C849E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4DEBE103" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="889421785"/>
+        <w:divId w:val="326445304"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="Session2_Box1"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Language 1: Gender of professions </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E885181" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1052508935"/>
+    <w:p w14:paraId="6D241158" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="735208337"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Most nouns denoting professional activities have the usual gender markings: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>-o</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for male and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>-a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for female. A few follow other patterns or use the same word for both genders. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EAB8CDF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1052508935"/>
+    <w:p w14:paraId="1BBA5455" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="735208337"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2265"/>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="2813"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="01D94AEA" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="0CB68727" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="574169252"/>
+          <w:divId w:val="1762412143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6647F3AB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="564201FE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="29" w:name="Session2_Table5"/>
             <w:bookmarkEnd w:id="29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ending</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="715BCAD9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3D534132" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Masculine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6981DDF7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3DF8DF6D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Feminine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="362D45BE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0FA01E49" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="10E7D6DB" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="5A2C2C47" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="574169252"/>
+          <w:divId w:val="1762412143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="081BB207" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="516B9239" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:noBreakHyphen/>
               <w:t>o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for masculine </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="298960CE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="26D5713F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:noBreakHyphen/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>a</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for feminine </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16539A64" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="65663DE0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el diputado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2056B793" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1E6098DD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la diputada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39CD37F0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7AD50BA1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>member of parliament</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="66B43F34" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="67ED4D09" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="574169252"/>
+          <w:divId w:val="1762412143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="292A577E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6BAB8552" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">consonant for </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="586B3EA2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2E26795A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>masculine,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="254EC018" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="150A2E2A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">consonant + </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:noBreakHyphen/>
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="592C1A21" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4299CB23" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">for feminine </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BF353C9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2112DB4D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el profesor</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10E1F9CC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6B73EDCA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el bailarín</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4838CE4B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="59764FE6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la profesora</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="464EDC27" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2AE40B97" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la bailarina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A6093E4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="099D5BF4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>teacher</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="461675DB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="74DD46AD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dancer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="3060BFD1" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="094CFEDA" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="574169252"/>
+          <w:divId w:val="1762412143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BE99644" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="15B14B95" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:noBreakHyphen/>
               <w:t>ante</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B368984" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4DAD4987" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:noBreakHyphen/>
               <w:t>ente</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36466C7D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0BEA94F1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:noBreakHyphen/>
               <w:t>ista</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46BCC197" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="41608D4F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>el estudiante</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="525B90F3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3019EC89" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>el gerente</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DD4A4FA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6D941FA1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el artista</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01C9D77A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="668E57DA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>la estudiante</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="375C0FD4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7DCD237A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>la gerente</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D80DCF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="41D704FE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la artista</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3896AE38" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="70E75FE8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>student</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07A66307" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="77574D1A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>manager</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1531BE5D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6B35C82B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>artist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AAB7A17" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1052508935"/>
+    <w:p w14:paraId="69D9B3F4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="735208337"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F776A91" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1052508935"/>
+    <w:p w14:paraId="5FD991C6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="735208337"/>
       </w:pPr>
       <w:r>
         <w:t>You will see that the endings in the last row (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿﻿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>ante</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿﻿</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>ente</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>ista</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) are the same for masculine and feminine. Note also that the masculine ending </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿﻿</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>í</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> has an accent mark while the feminine does not (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>bailarín</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>bailarina</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53402EF1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1052508935"/>
+    <w:p w14:paraId="38BA359E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="735208337"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Note that many words for professions end in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>ero</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>/-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>era</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (as in </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>camarero</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
       <w:r>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>camarera</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>/-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿﻿</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>ora</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (as in </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>profesor</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
       <w:r>
         <w:t>/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>profesora</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6055AD8A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1052508935"/>
+    <w:p w14:paraId="5AA7BC53" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="735208337"/>
       </w:pPr>
       <w:r>
         <w:t>It is always advisable to check the gender of nouns in the dictionary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51EF66BE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="6FF09264" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6845582B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="7B2D0926" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To finish this section, watch this short Video 1 about verbs and verb forms in Spanish and define the following terms. It doesn’t have to be a formal definition, just an explanation in your own words. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47545EF5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="09C4FCB5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ACBC814" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="651F4FA5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:t>1. verb stem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C77065" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="7D3F4700" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:t>2. verb ending</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2FB751" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7F93D7F0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>3. to conjugate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D989C74" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="65D005A6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B6FC0F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7875AE0F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="2100787816"/>
+        <w:divId w:val="1072235779"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Session2_MediaContent2"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>Video content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F0B746" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="55A35FD9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1712655682"/>
+        <w:divId w:val="1780107313"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Video 1</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="31" w:name="View_Session2_Transcript2"/>
-    <w:p w14:paraId="4DB3BA84" w14:textId="20E974F0" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="77A0DEF8" w14:textId="73182BCF" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1712655682"/>
+        <w:divId w:val="1780107313"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Transcript2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Video 1</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="03073BBD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1712655682"/>
+    <w:p w14:paraId="7196D9CF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1780107313"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478B76B6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="432ED502" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="545485619"/>
+        <w:divId w:val="1336111796"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="Session2_Figure2"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DFDF051" wp14:editId="7A4DF06C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13345422" wp14:editId="4B86DFC8">
             <wp:extent cx="4876800" cy="2743200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Picture 3" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Picture 3" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4876800" cy="2743200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C55EEAC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1712655682"/>
+    <w:p w14:paraId="76AE7C79" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1780107313"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B22310" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="1EEA2A7D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F7E9D7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="186CD30E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD2AC74" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1303852983"/>
+    <w:p w14:paraId="21E98B2B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="843204791"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="Session2_Activity4"/>
       <w:bookmarkStart w:id="34" w:name="Session2_Part1"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="692EC5B0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="569776218"/>
+    <w:p w14:paraId="178CA440" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="265699921"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="Session2_Question4"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>verb stem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4262F257" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="569776218"/>
+    <w:p w14:paraId="0985E480" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="265699921"/>
       </w:pPr>
       <w:r>
         <w:t>Definition:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F7C1AE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1303852983"/>
+    <w:p w14:paraId="709BAD48" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="843204791"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03CE1465" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1F53987F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1057127488"/>
+        <w:divId w:val="941958668"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="Session2_FreeResponse13"/>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="37" w:name="View_Session2_Answer3"/>
-    <w:p w14:paraId="13F1148D" w14:textId="675B1999" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="650E04FE" w14:textId="74D1ADC2" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1303852983"/>
+        <w:divId w:val="843204791"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Answer3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="22AE1EFF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1225488327"/>
+    <w:p w14:paraId="65E281B4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="228154533"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="Session2_Part2"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE7D1D7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="188884896"/>
+    <w:p w14:paraId="3D96B2C7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="919950534"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="Session2_Question5"/>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>verb ending</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3469D73C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="188884896"/>
+    <w:p w14:paraId="595554B5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="919950534"/>
       </w:pPr>
       <w:r>
         <w:t>Definition:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B72E021" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1225488327"/>
+    <w:p w14:paraId="399F8A7B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="228154533"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610D28D4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="38906BA6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="750277793"/>
+        <w:divId w:val="1533106176"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="Session2_FreeResponse14"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="41" w:name="View_Session2_Answer4"/>
-    <w:p w14:paraId="50E43ADC" w14:textId="5AD6D049" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="177E866A" w14:textId="206A012B" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1225488327"/>
+        <w:divId w:val="228154533"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Answer4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="5EB2EEB3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1092773803"/>
+    <w:p w14:paraId="6BF75271" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="91977983"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="Session2_Part3"/>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117C2EA2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="775831567"/>
+    <w:p w14:paraId="0A22B343" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1258950530"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="Session2_Question6"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>to conjugate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6415BC04" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="775831567"/>
+    <w:p w14:paraId="7043CEB4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1258950530"/>
       </w:pPr>
       <w:r>
         <w:t>Definition:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DAC404" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1092773803"/>
+    <w:p w14:paraId="745DC686" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="91977983"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539E89C5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4C95FBB0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="182981942"/>
+        <w:divId w:val="191917397"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="Session2_FreeResponse15"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="45" w:name="View_Session2_Answer5"/>
-    <w:p w14:paraId="04182CE0" w14:textId="79AC5CCE" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="30E57644" w14:textId="421AC933" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1092773803"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:divId w:val="91977983"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Answer5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="2E7E4CD7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="6DF6D4AF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E56A82D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="314A3071" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D7E988C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="06312410" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="191462172"/>
+        <w:divId w:val="839079243"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="Session2_Box2"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Language 2: Present tense of verbs ending in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-ar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAEF04E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1649749073"/>
+    <w:p w14:paraId="26413874" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1935745288"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The majority of verbs in Spanish end in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-ar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, like </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>hablar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (‘to speak’). This group of verbs is called the first conjugation. There are also verbs that end in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-er</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-ir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. These belong to the second and the third conjugations respectively. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4591B6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1649749073"/>
+    <w:p w14:paraId="2F1F8E49" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1935745288"/>
       </w:pPr>
       <w:r>
         <w:t>To conjugate a verb in Spanish, you need to start with the infinitive. This is the form of the verb that you find in the lists of words in a dictionary. In English, the infinitive is preceded by ‘to’, for example ‘to speak’; in Spanish, the infinitive has a particular ending (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-ar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-er</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-ir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DF3E7DB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1649749073"/>
+    <w:p w14:paraId="68A25FAF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1935745288"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-ar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-er</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-ir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ending from the infinitive. What is left is called the stem, which does not change in the vast majority of Spanish verbs. The stem serves as the base to which we add endings; there is a different ending for each person. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21129666" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1649749073"/>
+    <w:p w14:paraId="383D9C42" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1935745288"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Here are the endings in the singular for all regular verbs ending in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-ar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="612098BA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1649749073"/>
+    <w:p w14:paraId="2EA06818" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1935745288"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1124"/>
         <w:gridCol w:w="1010"/>
         <w:gridCol w:w="2328"/>
         <w:gridCol w:w="3850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="3F1BDB98" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="7F826B7C" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1461190815"/>
+          <w:divId w:val="1764454227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A8FF0F6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5AC62B92" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="47" w:name="Session2_Table6"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>HABL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>-AR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="0D176A93" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="54242185" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1461190815"/>
+          <w:divId w:val="1764454227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AC421F9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="49626005" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>yo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4158196F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5E0A6FEA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>habl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BD49834" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="51744484" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Hablo japonés</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55DFFDC6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="747553FE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I speak Japanese.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="29ED8AA0" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="3AC4041A" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1461190815"/>
+          <w:divId w:val="1764454227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5660547B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0926DB0A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>tú</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4895CCAC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="32ADBB71" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>habl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35D9C218" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4DFCA95A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Hablas gallego.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DF7E3DD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="70F9D096" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>You (informal) speak Galician.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="0B62EF09" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="572A6B65" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1461190815"/>
+          <w:divId w:val="1764454227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18EBE0FD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0CDE2BCC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>usted</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C22FA9D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4242D620" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>habl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54F5356C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="191D5920" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Usted habla galés.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E0F48A6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="15F0EFC1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>You (formal) speak Welsh.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="331BDB0F" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="4F17D7DB" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1461190815"/>
+          <w:divId w:val="1764454227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D78E0DE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1166E8F2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>él</w:t>
             </w:r>
             <w:r>
@@ -5477,788 +5718,805 @@
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>ella</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5157921E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="34034AEE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>habl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="278D7146" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7D5E5D15" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Juan habla griego.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="783F653D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2825D98E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>John speaks Greek.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EAF98B4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1649749073"/>
+    <w:p w14:paraId="60C0BA08" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1935745288"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41820B74" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1649749073"/>
+    <w:p w14:paraId="5CADBE10" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1935745288"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You will have noticed that the verb form for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>usted</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (‘you-formal’) takes the same ending as the third person. This happens with all verbs and in all tenses. From now on you will find the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>usted</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> form in the verb tables listed together with the third person (i.e. ‘he/she’). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34FE47B8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134204624"/>
+    <w:p w14:paraId="10616101" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1471285492"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E49211" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="35EE54C3" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46037C5C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="779E8215" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="540018905"/>
+        <w:divId w:val="741100386"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="Session3"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>2 Understanding professions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC6BCFA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...9 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="16F169E0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In this section you will learn how to say what you do for a living and how to conjugate the singular forms of the verbs ending in -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, -er, and -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in the present tense. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="467785B9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058B5179" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7251F1C1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="736829645"/>
+        <w:divId w:val="268704990"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="Session3_Figure1"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22F3714B" wp14:editId="63049E47">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75BCF6BF" wp14:editId="2372924D">
             <wp:extent cx="2286000" cy="1179576"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:docPr id="4" name="Picture 4" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2286000" cy="1179576"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="50" w:name="View_Session3_Description1"/>
-    <w:p w14:paraId="4CC15504" w14:textId="1E7EAE6C" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4CB47A5D" w14:textId="49210336" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1667590438"/>
+        <w:divId w:val="1975862717"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View description - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
-    <w:p w14:paraId="2FE74DED" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="42C7285D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A53DE9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="6D6444CF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this activity you will practise your listening skills. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7944F20D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="3AB0AEEA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6506D7D4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="27330846" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="174349589"/>
+        <w:divId w:val="123499055"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="Session3_Activity1"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5292CAA3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1941184074"/>
+    <w:p w14:paraId="6BD120EC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="407194682"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="Session3_Part1"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6474BB42" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="364715350"/>
+    <w:p w14:paraId="50E8E01D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1604611637"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="Session3_Question1"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t xml:space="preserve">You can use the regular verb </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>trabajar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (‘to work’) to ask and say what someone does for a living. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D40D054" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="364715350"/>
+    <w:p w14:paraId="10EAA569" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1604611637"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Trabajar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> follows the same pattern as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>hablar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A85224B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="364715350"/>
+    <w:p w14:paraId="14D85DB3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1604611637"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="939"/>
         <w:gridCol w:w="939"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="570363CB" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="57F4AAFA" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="45034706"/>
+          <w:divId w:val="791248734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10819A26" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4B8F6A7A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="54" w:name="Session3_Table1"/>
             <w:bookmarkEnd w:id="54"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>trabajar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="1C8E81DF" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="141FFADB" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="45034706"/>
+          <w:divId w:val="791248734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3818413B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="60501ECC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>yo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="158B5026" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7CBA5A1D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>trabajo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="65026812" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="2C0C1833" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="45034706"/>
+          <w:divId w:val="791248734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2219071A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="29E761D3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>tú</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3532480A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2CA0B352" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>trabajas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="490D163A" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="3715C6DD" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="45034706"/>
+          <w:divId w:val="791248734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="285F5C79" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="670913F9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>usted</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D6B50F1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6250212E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>trabaja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="33ECF298" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="075A5BFA" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="45034706"/>
+          <w:divId w:val="791248734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="161A7F79" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="597AEE5D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>él</w:t>
             </w:r>
             <w:r>
@@ -6277,3351 +6535,3438 @@
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>ella</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1198F49D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5C175D12" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>trabaja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2423769B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="364715350"/>
+    <w:p w14:paraId="30873088" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1604611637"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F89D36C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="364715350"/>
+    <w:p w14:paraId="4D5D9969" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1604611637"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Complete the questions below with the correct form of the verb. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6580E280" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1941184074"/>
+    <w:p w14:paraId="1AD34057" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="407194682"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7E238A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="892734705"/>
+    <w:p w14:paraId="3558125D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1974214306"/>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="Session3_Part2"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E263336" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="383411214"/>
+    <w:p w14:paraId="0EC53B93" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2024932648"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="Session3_Question2"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">¿En qué _________ (trabajar, usted)? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A875C70" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="892734705"/>
+    <w:p w14:paraId="3F8B3C50" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1974214306"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F1E28C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5B958E98" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="318272608"/>
+        <w:divId w:val="1566254472"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="Session3_FreeResponse1"/>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="58" w:name="View_Session3_Answer1"/>
-    <w:p w14:paraId="2B8CCEA1" w14:textId="6BDF19C8" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="138C4CA4" w14:textId="5A2169C6" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="892734705"/>
+        <w:divId w:val="1974214306"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Answer1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
     </w:p>
-    <w:p w14:paraId="53DFD20D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="607471735"/>
+    <w:p w14:paraId="0864E6E1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="236938020"/>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="Session3_Part3"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C8A1536" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="176508159"/>
+    <w:p w14:paraId="21F9FB2A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="975182843"/>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="Session3_Question3"/>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">¿Trabajas o _________ (estudiar, tú)? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685CA64F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="607471735"/>
+    <w:p w14:paraId="0E25414B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="236938020"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456521E8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="46469537" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="26607844"/>
+        <w:divId w:val="2017803902"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="Session3_FreeResponse2"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="62" w:name="View_Session3_Answer2"/>
-    <w:p w14:paraId="53D288C3" w14:textId="25684C16" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1CD736F3" w14:textId="6459AF41" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="607471735"/>
+        <w:divId w:val="236938020"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Answer2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
     </w:p>
-    <w:p w14:paraId="4ED5859E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="0763C533" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7073E400" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="1990DC7E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28FEB988" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="656792A1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="101609095"/>
+        <w:divId w:val="186526069"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="63" w:name="Session3_Activity2"/>
       <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F204EAD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1595818926"/>
+    <w:p w14:paraId="517127EB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2022704711"/>
       </w:pPr>
       <w:bookmarkStart w:id="64" w:name="Session3_Part4"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25772C80" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="560754965"/>
+    <w:p w14:paraId="7D153EC1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="879785655"/>
       </w:pPr>
       <w:bookmarkStart w:id="65" w:name="Session3_Question4"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:t xml:space="preserve">Listen to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and select from the list below what jobs and professions the different people say they do. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F2E252" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="560754965"/>
+    <w:p w14:paraId="331570E5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="879785655"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE149FD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5898C18E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1200901062"/>
+        <w:divId w:val="1975869690"/>
       </w:pPr>
       <w:bookmarkStart w:id="66" w:name="Session3_MediaContent1"/>
       <w:bookmarkEnd w:id="66"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE065D2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="77463F8C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="403725316"/>
+        <w:divId w:val="1877423242"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 2</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="67" w:name="View_Session3_Transcript1"/>
-    <w:p w14:paraId="07AF0D52" w14:textId="43C8C5CA" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5D00CB54" w14:textId="3AD04909" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="403725316"/>
+        <w:divId w:val="1877423242"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
     </w:p>
-    <w:p w14:paraId="619EC912" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="560754965"/>
+    <w:p w14:paraId="02853DE5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="879785655"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23949FEB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1595818926"/>
+    <w:p w14:paraId="4CA42EA4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2022704711"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C7AED3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1623996279"/>
+    <w:p w14:paraId="519E291D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1913159459"/>
       </w:pPr>
       <w:r>
         <w:t>ama de casa (housewife)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628A8DD2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...68 lines deleted...]
-        <w:t>taxista (taxi driver)</w:t>
+    <w:p w14:paraId="3B9C1EB8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="573591656"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>barrendero</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/a (road sweeper)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5342DF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1372151417"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>catedrático</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">/a de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>universidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (university professor)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68395088" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1774013685"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>estudiante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D3646B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1670910841"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>jubilado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/a (retired person)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC0561B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="336884088"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>parado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/a (unemployed)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B41FC1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="910189147"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pensionista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (pensioner)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1732EFB4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1967158907"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>profesor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">/a de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>música</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (music teacher)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182295E6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1927182215"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sacerdote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (priest)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DD534D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="746653900"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>taxista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (taxi driver)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="68" w:name="View_Session3_Interaction3"/>
-    <w:p w14:paraId="407D1BFB" w14:textId="4E86A994" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="22D17409" w14:textId="58A8166E" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1595818926"/>
+        <w:divId w:val="2022704711"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
     </w:p>
-    <w:p w14:paraId="1AA74CEB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="585D468D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3E99F5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="0D68726E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA50387" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7AFAAC51" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1123229397"/>
+        <w:divId w:val="21981050"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="69" w:name="Session3_Box1"/>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Language 3: Saying what you do for a living</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38851C5F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="345055915"/>
+    <w:p w14:paraId="7DB18EC4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:t>To ask what someone does for a living, you can use the following expressions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659E498B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1FBEF269" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>¿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Cuál</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> es tu profesión? (tú) / ¿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Cuál</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> es su profesión? (usted)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04783BF5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7B666DB3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>What’s your occupation?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A0CD0B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="238B57C7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>¿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En qué</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> trabajas? (tú) / ¿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En qué</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> trabaja? (usted)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE6EAD3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="33B32890" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>What do you do?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CB739A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7B27E9C9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>¿Estudias o trabajas? (tú) / Estudia o trabaja? (usted)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431E9158" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4540BD2E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>Are you studying or (are you) working? / Do you study or (do you) work?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06BAB1DE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="345055915"/>
+    <w:p w14:paraId="5FA65C9C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:t>To give information about what you do, where you work and for whom, you can use the following expressions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43463D68" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0C3BB0C8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ser + occupation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78AE9B9D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="68F98F8B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Soy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> enfermero.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D94D842" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4904ABC0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I’m a nurse</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3239507E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="533DBFF0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Soy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> cajera</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD1B68E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="02F93634" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I’m a checkout assistant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17555C0D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="345055915"/>
+    <w:p w14:paraId="2DA11E77" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Note that in Spanish you don’t use the indefinite article </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>un/una</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> before the profession. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B918DE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="191A9034" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>trabajar + en</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> + place/institution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17FBD4B1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2B1AE49F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Trabajo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> una empresa de construcción.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331B4E30" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="41C17769" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I work in/for a construction company.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399350A5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="360ED435" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Trabajo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> parking. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63898F2C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="71EFBFA8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I work in a car park.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4684E5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="15987809" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Trabajo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> el Instituto Cervantes</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F650CF9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1541A93E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I work at the Cervantes Institute.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22AF86BF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="13067D4D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>trabajar + para</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> + person </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D12281" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7B01BB46" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Trabajo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> un dentista.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2595E3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0C7A7780" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I work for a dentist.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F41C4C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="514721C5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Trabajo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> una familia con tres niños.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47EE931C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="30E76C37" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I work for a family with three children.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268E6A9F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="392F582B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>trabajar + desde + casa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409D1A3F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="68562975" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Trabajo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>desde</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> casa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6604BD79" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4C81646A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="3000" w:right="1560"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">I work from home. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE5BBF3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="345055915"/>
+    <w:p w14:paraId="1AF61A77" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:t>To explain what your occupation involves, you will often need a verb that describes the action, followed by a noun.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E682FD2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6E62068B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy barrendera. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Barro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> la calle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DFF5D42" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="41A1EEFE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I’m a road sweeper. I sweep the street</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A9A23C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7C5A60B5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy camionero. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Transporto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> fruta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC1E257" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="323D092C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I’m a lorry driver. I transport fruit</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F14F7E7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6A95BBEB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy repartidora de pizza. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Reparto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> pizzas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327719A8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0D570589" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I’m a pizza delivery person. I deliver pizzas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E20197A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5E7C001B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="95486102"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>To say that you are not working, you can use the following expressions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507E0FD2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="561CF382" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Estoy en paro. (Spain).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F31D577" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2FB6AB0D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I’m unemployed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D6F879" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0DCCEFFC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Estoy parado/a. (Spain).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2306DCF3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0A1F5D5C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I’m unemployed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59572972" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="704D387C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Estoy desempleado/a. (LAm).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FDDEC14" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5D7CD160" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I’m unemployed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB6AA28" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1879321C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Estoy / Soy jubilado/a.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DAABA24" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7C8414AA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I’m retired</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B3C96D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7219BC4F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>No trabajo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414325FA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="605A1AF5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="345055915"/>
+        <w:divId w:val="95486102"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>I don’t work</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4814B752" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="7BC9175F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC993E9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="6C9286B4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193C4AA8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4C469682" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1057365336"/>
+        <w:divId w:val="771630564"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="70" w:name="Session3_Activity3"/>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> C </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3908CFEB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1753164154"/>
+    <w:p w14:paraId="4B08E174" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="699163585"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221D4FC0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1941641204"/>
+    <w:p w14:paraId="2EBDEC05" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1743524359"/>
       </w:pPr>
       <w:bookmarkStart w:id="71" w:name="Session3_Question5"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:t xml:space="preserve">Now practise talking about the professions you have learned in this activity. Listen to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and respond according to the prompt. The last dialogue has been left open so that you can give your own information. (You can always make it up if you wish.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5989495F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1941641204"/>
+    <w:p w14:paraId="47143D3B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1743524359"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D0AC70" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6E7DC9DC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1392388689"/>
+        <w:divId w:val="1050422863"/>
       </w:pPr>
       <w:bookmarkStart w:id="72" w:name="Session3_MediaContent2"/>
       <w:bookmarkEnd w:id="72"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A73FFE2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6AB5FD6C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="194927355"/>
+        <w:divId w:val="256445224"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 3</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="73" w:name="View_Session3_Transcript2"/>
-    <w:p w14:paraId="6F2C479C" w14:textId="77EE4E16" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="62C805DA" w14:textId="794B6283" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="194927355"/>
+        <w:divId w:val="256445224"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Transcript2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w14:paraId="10C41998" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1941641204"/>
+    <w:p w14:paraId="2E95726F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1743524359"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E16A1AD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1941641204"/>
+    <w:p w14:paraId="3653D7EE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1743524359"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5545524C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="498F8380" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="1827627515"/>
+        <w:divId w:val="2048411412"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="74" w:name="Session3_Quote1"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Vocabulario</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F730F64" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1827627515"/>
+    <w:p w14:paraId="21B4AEA0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2048411412"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>la clínica  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>clinic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>hospital</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C224ABD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1941641204"/>
+    <w:p w14:paraId="2B9C03E5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1743524359"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9A2594" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1753164154"/>
+    <w:p w14:paraId="1B4E44E1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="699163585"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A06E56" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="540018905"/>
+    <w:p w14:paraId="24B539AA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="741100386"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="134F6F0B" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="313F3760" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D402A0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4C36AD76" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="117115153"/>
+        <w:divId w:val="1467121642"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="75" w:name="Session4"/>
       <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>3 Saying what you do - practice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D75A2B7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="68A96740" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F04A94" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="45EAE4DB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1898971421"/>
+        <w:divId w:val="2126387851"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="76" w:name="Session4_Figure1"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BE8C9EB" wp14:editId="61EEE103">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22E8C643" wp14:editId="496836D7">
+            <wp:extent cx="1237059" cy="826356"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
             <wp:docPr id="5" name="Picture 5" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 5" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2286000" cy="1527048"/>
+                      <a:ext cx="1237059" cy="826356"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2169F299" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5F5A80E5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="781144841"/>
+        <w:divId w:val="1422411545"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">Can you see the name for ‘firefighters’ in mirror writing on the front of the fire engine? It is BOMBEROS. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="77" w:name="View_Session4_Description1"/>
-    <w:p w14:paraId="788CA175" w14:textId="73D44FDC" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2E0FBB24" w14:textId="434D28BF" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="781144841"/>
+        <w:divId w:val="1422411545"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View description - Can you see the name for ‘firefighters’ in mirror writing on the front of the fire ...</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
     </w:p>
-    <w:p w14:paraId="461B0974" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="2C8B27C6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16467C0A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="7181ACA5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As well as saying what you do and where you work / who you work for, you might want to give some details about the activities that you carry out as part of your job. In this activity you will learn how to say a little about what a job entails. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29113765" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="16C92E5B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1486D42B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3F0408A3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="366106335"/>
+        <w:divId w:val="644504344"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="78" w:name="Session4_Activity1"/>
       <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13862B1F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1001658144"/>
+    <w:p w14:paraId="18CC3C2B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1091852807"/>
       </w:pPr>
       <w:bookmarkStart w:id="79" w:name="Session4_Part1"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D311244" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="854458683"/>
+    <w:p w14:paraId="6E2D0720" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="695156755"/>
       </w:pPr>
       <w:bookmarkStart w:id="80" w:name="Session4_Question1"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Write full sentences in the first person (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) using </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ser</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>trabajar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to state what your job is and where you work. Follow the example (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ejemplo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) below. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E96718C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="854458683"/>
+    <w:p w14:paraId="507737BB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="695156755"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8F0690" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="08A1EA5D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="1349911890"/>
+        <w:divId w:val="1466041206"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="81" w:name="Session4_Quote1"/>
       <w:bookmarkEnd w:id="81"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Ejemplo:</w:t>
-[...54 lines deleted...]
-        <w:divId w:val="485632658"/>
+        <w:t>Ejemplo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A894B4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1466041206"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>profesora / escuela</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5D8998" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1466041206"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">→ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Soy profesora. Trabajo en una escuela.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B745BA5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="695156755"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Quote</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79EC9118" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="695156755"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Quote</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038742DA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:divId w:val="1429350414"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="Session4_Quote2"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Vocabulario</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:divId w:val="485632658"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="771C65DB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1429350414"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el/la dependiente</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>shop assistant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636A4751" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="485632658"/>
+    <w:p w14:paraId="177C7966" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1429350414"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>la fábrica</w:t>
       </w:r>
       <w:r>
         <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>factory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3ECF9B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="854458683"/>
+    <w:p w14:paraId="1D49F4D4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="695156755"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27AF5DB4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1001658144"/>
+    <w:p w14:paraId="39423A63" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1091852807"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DAA878E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2052535795"/>
+    <w:p w14:paraId="3CC6CBD8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2072925811"/>
       </w:pPr>
       <w:bookmarkStart w:id="83" w:name="Session4_Part2"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621EF8CC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="727000776"/>
+    <w:p w14:paraId="3186FC2E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1797136257"/>
       </w:pPr>
       <w:bookmarkStart w:id="84" w:name="Session4_Question2"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>camarero / cafetería</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="593B9C60" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2052535795"/>
+    <w:p w14:paraId="22853AF8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2072925811"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EEAE8CA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6C33EFCB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1657372440"/>
+        <w:divId w:val="573127981"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="85" w:name="Session4_FreeResponse1"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="86" w:name="View_Session4_Answer1"/>
-    <w:p w14:paraId="74F16605" w14:textId="17EF75B7" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1F832553" w14:textId="05DB6227" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2052535795"/>
+        <w:divId w:val="2072925811"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Answer1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="86"/>
     </w:p>
-    <w:p w14:paraId="6BE3C972" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="568535954"/>
+    <w:p w14:paraId="053BAE42" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="460615616"/>
       </w:pPr>
       <w:bookmarkStart w:id="87" w:name="Session4_Part3"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB40F88" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1325863181"/>
+    <w:p w14:paraId="5D98C9EE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="485049477"/>
       </w:pPr>
       <w:bookmarkStart w:id="88" w:name="Session4_Question3"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>gerente / banco</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C48449" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="568535954"/>
+    <w:p w14:paraId="498792E4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="460615616"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0813C0FC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="711B1017" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="581380763"/>
+        <w:divId w:val="1146432679"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="89" w:name="Session4_FreeResponse2"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="90" w:name="View_Session4_Answer2"/>
-    <w:p w14:paraId="78DF3C90" w14:textId="3535C384" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="36452556" w14:textId="6281EF07" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="568535954"/>
+        <w:divId w:val="460615616"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Answer2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
     </w:p>
-    <w:p w14:paraId="27236949" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1467434979"/>
+    <w:p w14:paraId="15B62C23" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="282275003"/>
       </w:pPr>
       <w:bookmarkStart w:id="91" w:name="Session4_Part4"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="148ACA7F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="376053880"/>
+    <w:p w14:paraId="08C7F0AB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="927159309"/>
       </w:pPr>
       <w:bookmarkStart w:id="92" w:name="Session4_Question4"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">dependiente / supermercado </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B872DB9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1467434979"/>
+    <w:p w14:paraId="79687B34" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="282275003"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF1E5E6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="384B64BD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1057437669"/>
+        <w:divId w:val="174005347"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="93" w:name="Session4_FreeResponse3"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="94" w:name="View_Session4_Answer3"/>
-    <w:p w14:paraId="0A0DA4A4" w14:textId="0F5E32BE" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3F648166" w14:textId="25A39CCD" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1467434979"/>
+        <w:divId w:val="282275003"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Answer3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
     </w:p>
-    <w:p w14:paraId="4871D343" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="144251274"/>
+    <w:p w14:paraId="0DC4FEA0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1908572112"/>
       </w:pPr>
       <w:bookmarkStart w:id="95" w:name="Session4_Part5"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C28735" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1742751970"/>
+    <w:p w14:paraId="5968E810" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="160238176"/>
       </w:pPr>
       <w:bookmarkStart w:id="96" w:name="Session4_Question5"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>psicóloga / clínica infantil</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC9DC3D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="144251274"/>
+    <w:p w14:paraId="289B8089" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1908572112"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1112DDCA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="709ECFA0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="337775223"/>
+        <w:divId w:val="152764863"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="97" w:name="Session4_FreeResponse4"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="98" w:name="View_Session4_Answer4"/>
-    <w:p w14:paraId="1BD348C1" w14:textId="12F97D36" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="17900E62" w14:textId="0380B6C3" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="144251274"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:divId w:val="1908572112"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Answer4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
-    <w:p w14:paraId="139ADAB3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="570895942"/>
+    <w:p w14:paraId="0C8496C1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="229656557"/>
       </w:pPr>
       <w:bookmarkStart w:id="99" w:name="Session4_Part6"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C4BC8D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1267888844"/>
+    <w:p w14:paraId="559812B9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1978754674"/>
       </w:pPr>
       <w:bookmarkStart w:id="100" w:name="Session4_Question6"/>
       <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>administrativo / oficina</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3482378D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="570895942"/>
+    <w:p w14:paraId="46132E48" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="229656557"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0299FD42" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="68E34949" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="532815324"/>
+        <w:divId w:val="1436899401"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="101" w:name="Session4_FreeResponse5"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="102" w:name="View_Session4_Answer5"/>
-    <w:p w14:paraId="68958911" w14:textId="05DD6F53" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="727F5A25" w14:textId="31A314B6" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="570895942"/>
+        <w:divId w:val="229656557"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Answer5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="102"/>
     </w:p>
-    <w:p w14:paraId="4BB844F1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1709642989"/>
+    <w:p w14:paraId="1AB23B79" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="156963399"/>
       </w:pPr>
       <w:bookmarkStart w:id="103" w:name="Session4_Part7"/>
       <w:bookmarkEnd w:id="103"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7739B461" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1274753623"/>
+    <w:p w14:paraId="42A05884" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2030519895"/>
       </w:pPr>
       <w:bookmarkStart w:id="104" w:name="Session4_Question7"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>electricista / fábrica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC9DD7A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1709642989"/>
+    <w:p w14:paraId="1C708557" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="156963399"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A42956C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="23B815BA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1297490665"/>
+        <w:divId w:val="421418173"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="105" w:name="Session4_FreeResponse6"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="106" w:name="View_Session4_Answer6"/>
-    <w:p w14:paraId="376B0CB4" w14:textId="677D0067" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6826401B" w14:textId="4D4EDE2F" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1709642989"/>
+        <w:divId w:val="156963399"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Answer6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
     </w:p>
-    <w:p w14:paraId="20D31F46" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="1E764D36" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6377A6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="3B7CDEB1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F2167D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4078107B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="2032955842"/>
+        <w:divId w:val="1409231148"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="107" w:name="Session4_Activity2"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A558490" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1299921165"/>
+    <w:p w14:paraId="591D12E7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1696693165"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DCB6944" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="919485353"/>
+    <w:p w14:paraId="4B6B080D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="609820033"/>
       </w:pPr>
       <w:bookmarkStart w:id="108" w:name="Session4_Question8"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Now read out the sentences from </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> A aloud to practise the forms and then listen to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, which contains these sentences, and repeat again, trying to imitate the sound of the Spanish as closely as you can. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F92578E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="919485353"/>
+    <w:p w14:paraId="6420B648" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="609820033"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C35B42F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="55FDE702" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1239250553"/>
+        <w:divId w:val="344287456"/>
       </w:pPr>
       <w:bookmarkStart w:id="109" w:name="Session4_MediaContent1"/>
       <w:bookmarkEnd w:id="109"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534E417F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0894256D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="826283439"/>
+        <w:divId w:val="60712935"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 4</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="110" w:name="View_Session4_Transcript1"/>
-    <w:p w14:paraId="7C33777B" w14:textId="330101D2" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="366C7714" w14:textId="15F7800C" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="826283439"/>
+        <w:divId w:val="60712935"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
     </w:p>
-    <w:p w14:paraId="5D7B9B6C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="919485353"/>
+    <w:p w14:paraId="7A2101BE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="609820033"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A06743F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5F4CE12A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="919485353"/>
+        <w:divId w:val="609820033"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy camarero. Trabajo en una cafetería. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A671F3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2366EDF0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="919485353"/>
+        <w:divId w:val="609820033"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy gerente. Trabajo en un banco. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506E41AE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3EC2D652" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="919485353"/>
+        <w:divId w:val="609820033"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy dependiente. Trabajo en un supermercado. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DA9836" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="53A4E23A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="919485353"/>
+        <w:divId w:val="609820033"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy psicóloga. Trabajo en una clínica infantil. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D0E2DF4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7787AE1F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="919485353"/>
+        <w:divId w:val="609820033"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy administrativo. Trabajo en una oficina. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3405B76B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2B2FE069" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="919485353"/>
+        <w:divId w:val="609820033"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Soy electricista. Trabajo en una fábrica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5A4C2D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1299921165"/>
+    <w:p w14:paraId="66C0ED71" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1696693165"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55293F0D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="1261E4F7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A64B45C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="50999432" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7467F0B4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2ED73268" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1437481709"/>
+        <w:divId w:val="1485969261"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="111" w:name="Session4_Box1"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Skills: Selecting vocabulary that is useful for you personally</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528A2DF0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="10B59D5F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1295065876"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You will come across many new words throughout the module. Some of them will appear very frequently and others maybe only once. Although most of the vocabulary presented in the module consists of words or expressions that are frequently used in Spanish or are useful for the topics covered, some words may be more useful to you personally than others. Once you have got past an initial level of words that are always going to be useful, you can think about prioritising learning the words or expressions that you think you will use more frequently in Spanish or those that you often use in your own language. For example, if you have a particular hobby, you will want to know words that allow you to talk about it in Spanish. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A113678" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="2262F3F8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21634AC0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="49363C3F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79376138" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="40B21DD8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1304578949"/>
+        <w:divId w:val="1480076586"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="112" w:name="Session4_Activity3"/>
       <w:bookmarkEnd w:id="112"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> C </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C998765" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2110737147"/>
+    <w:p w14:paraId="0C2FC2F6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="28378948"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08EC16D2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="426654674"/>
+    <w:p w14:paraId="1F570287" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1068310397"/>
       </w:pPr>
       <w:bookmarkStart w:id="113" w:name="Session4_Question9"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:t xml:space="preserve">Read the occupations listed below, then listen to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and complete the sentences you hear with the speakers’ occupations from the following list. Not all of them appear in the recording. Use the appropriate gender (as said by the speaker). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643423B2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="426654674"/>
+    <w:p w14:paraId="6808C07E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1068310397"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4A405A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="32CD9E9B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1280994710"/>
+        <w:divId w:val="1254781741"/>
       </w:pPr>
       <w:bookmarkStart w:id="114" w:name="Session4_MediaContent2"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E938AA0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="154A6B51" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1019163387"/>
+        <w:divId w:val="1087077855"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 5</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="115" w:name="View_Session4_Transcript2"/>
-    <w:p w14:paraId="1D39CC02" w14:textId="745DCBB8" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6303AF15" w14:textId="59853EEC" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1019163387"/>
+        <w:divId w:val="1087077855"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Transcript2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="115"/>
     </w:p>
-    <w:p w14:paraId="4D541ED3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="426654674"/>
+    <w:p w14:paraId="1F609C5C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1068310397"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2F640A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="426654674"/>
+    <w:p w14:paraId="585B4632" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1068310397"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481D8FE0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1336229539"/>
+    <w:p w14:paraId="40A0BEA9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2076196643"/>
       </w:pPr>
       <w:bookmarkStart w:id="116" w:name="Session4_Quote3"/>
       <w:bookmarkEnd w:id="116"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>psicólogo/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>a   •   secretario/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>a   •   escritor/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -9630,2621 +9975,2624 @@
         <w:noBreakHyphen/>
         <w:t>a   •   panadero/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>a   •   vendedor/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>a   •   profesor/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>a   •   taxista   •   artista   •   cantante   •   ama de casa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31255FB7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="426654674"/>
+    <w:p w14:paraId="71BF32B5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1068310397"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D5B312" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2110737147"/>
+    <w:p w14:paraId="4F093760" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="28378948"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4366DE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="2F9E2DD3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ACE4EBB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="6250CA39" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57AF450F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="506ACCFD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1543244795"/>
+        <w:divId w:val="888226344"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="117" w:name="Session4_Activity4"/>
       <w:bookmarkEnd w:id="117"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> D </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F9244A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1211189943"/>
+    <w:p w14:paraId="2C46EF69" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="72360527"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F234E6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="500244818"/>
+    <w:p w14:paraId="385B5F65" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1446387564"/>
       </w:pPr>
       <w:bookmarkStart w:id="118" w:name="Session4_Question10"/>
       <w:bookmarkEnd w:id="118"/>
       <w:r>
         <w:t xml:space="preserve">Match each word in the first column with a word from the second and third columns, linking each occupation with a related activity, as in the example, and type it in the table. Try to guess the meaning of the words in each column or check them in the dictionary. At present you are working with just the vocabulary. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E44BE0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="500244818"/>
+    <w:p w14:paraId="24676DC6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1446387564"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Start of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3F8E91" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2EEB14BB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="831944861"/>
+        <w:divId w:val="325286564"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="119" w:name="Session4_Quote4"/>
       <w:bookmarkEnd w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Ejemplo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D4D2160" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="831944861"/>
+    <w:p w14:paraId="0B870E92" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="325286564"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el barrendero   barrer   la calle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33062B67" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="500244818"/>
+    <w:p w14:paraId="5746B933" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1446387564"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EBBEBDB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="500244818"/>
+    <w:p w14:paraId="4F3BC247" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1446387564"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3719"/>
         <w:gridCol w:w="1829"/>
         <w:gridCol w:w="2764"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="5997DC4B" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="6703FADF" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="319700386"/>
+          <w:divId w:val="446705975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A53F771" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4298F516" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="120" w:name="Session4_Table1"/>
             <w:bookmarkEnd w:id="120"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el barrendero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62487D72" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="00FF17ED" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>escribir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12015EA0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="554584C9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la página web</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="0C8C9C3B" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="486E7355" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="319700386"/>
+          <w:divId w:val="446705975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31EAFD9E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1EBC18E0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el pianista</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F105E1B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="31131760" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>entregar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51F70521" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="44749B16" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>libros</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="21B2E8D3" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="2C129037" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="319700386"/>
+          <w:divId w:val="446705975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="095243BA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="504B63A3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el repartidor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33FCE434" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="773A434C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>editar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07CB6A1F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1134A7B5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el piano</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="6599175E" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="2FE1026D" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="319700386"/>
+          <w:divId w:val="446705975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="679ABE04" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5F335011" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el escritor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="367897B7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4E937DF5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>aprender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B610F69" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0B53FB6C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el vocabulario</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="5B038F47" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="1EC85F03" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="319700386"/>
+          <w:divId w:val="446705975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D226463" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6626DF2B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el estudiante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B7211BD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7C4C7113" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>barrer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="121F6F75" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1B9ADACB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>pizzas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="5C266417" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="39C75921" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="319700386"/>
+          <w:divId w:val="446705975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="329C8457" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="07F1B196" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el diseñador gráfico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="398DC683" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5E368382" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>tocar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F055F51" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6C5FFF05" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la calle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47DAB300" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="500244818"/>
+    <w:p w14:paraId="2FB319A3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1446387564"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C11EF60" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="500244818"/>
+    <w:p w14:paraId="04EB431B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1446387564"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2538"/>
         <w:gridCol w:w="2887"/>
         <w:gridCol w:w="2887"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="00A694D1" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="100BF255" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1876966074"/>
+          <w:divId w:val="1963687350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="471910B0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="507A21D3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="121" w:name="Session4_Table2"/>
             <w:bookmarkEnd w:id="121"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el barrendero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27A20F79" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="78706C46" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="189028834"/>
+              <w:divId w:val="676613045"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="122" w:name="Session4_FreeResponse7"/>
             <w:bookmarkEnd w:id="122"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F385F24" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0BF6A45B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1215891960"/>
+              <w:divId w:val="2147356427"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="123" w:name="Session4_FreeResponse8"/>
             <w:bookmarkEnd w:id="123"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="66DCF487" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="246365EC" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1876966074"/>
+          <w:divId w:val="1963687350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11A7B3E6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="355C4DFE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el pianista</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69AD4B35" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3128DC12" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="2026207226"/>
+              <w:divId w:val="695959290"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="124" w:name="Session4_FreeResponse9"/>
             <w:bookmarkEnd w:id="124"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="382B0EA0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="078F6D5E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1765490803"/>
+              <w:divId w:val="1602496363"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="125" w:name="Session4_FreeResponse10"/>
             <w:bookmarkEnd w:id="125"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="05C85162" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="19CB3790" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1876966074"/>
+          <w:divId w:val="1963687350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="459DC82B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1449E01C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el repartidor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5114ED64" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="71274FAF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="89593772"/>
+              <w:divId w:val="1418794693"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="126" w:name="Session4_FreeResponse11"/>
             <w:bookmarkEnd w:id="126"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AE3F204" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0C28F1A6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1008144310"/>
+              <w:divId w:val="2132282512"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="127" w:name="Session4_FreeResponse12"/>
             <w:bookmarkEnd w:id="127"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="2F71A200" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="055A4A28" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1876966074"/>
+          <w:divId w:val="1963687350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70E6CC7A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="241F4304" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el escritor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="613F6725" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5E5AB0AA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="966853757"/>
+              <w:divId w:val="1758793982"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="128" w:name="Session4_FreeResponse13"/>
             <w:bookmarkEnd w:id="128"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5864D5F9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="58385D25" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="768232553"/>
+              <w:divId w:val="1532767155"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="129" w:name="Session4_FreeResponse14"/>
             <w:bookmarkEnd w:id="129"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="12F1848E" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="164EE49E" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1876966074"/>
+          <w:divId w:val="1963687350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3560AD19" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="73DBA1B7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>el estudiante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58DD5C6A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4BD7EABB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="68121514"/>
+              <w:divId w:val="1982541673"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="130" w:name="Session4_FreeResponse15"/>
             <w:bookmarkEnd w:id="130"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F2F4186" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3554EE83" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1825972598"/>
+              <w:divId w:val="1609660759"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="131" w:name="Session4_FreeResponse16"/>
             <w:bookmarkEnd w:id="131"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="095B7BF8" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="61408F25" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1876966074"/>
+          <w:divId w:val="1963687350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5676EB04" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6BA550BF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el diseñador gráfico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B22D178" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="401796F0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1076979870"/>
+              <w:divId w:val="799109326"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="132" w:name="Session4_FreeResponse17"/>
             <w:bookmarkEnd w:id="132"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71CABA56" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="64065039" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="506216498"/>
+              <w:divId w:val="765661625"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="133" w:name="Session4_FreeResponse18"/>
             <w:bookmarkEnd w:id="133"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15AF7CFD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="500244818"/>
+    <w:p w14:paraId="04C062A0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1446387564"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="085AA99D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1211189943"/>
+    <w:p w14:paraId="639441FB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="72360527"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="134" w:name="View_Session4_Answer7"/>
-    <w:p w14:paraId="1929AC40" w14:textId="1B721E40" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="49B41A51" w14:textId="6E9E4E35" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1211189943"/>
+        <w:divId w:val="72360527"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Answer7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">View answer - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> D</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="134"/>
     </w:p>
-    <w:p w14:paraId="6EC1E046" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="117115153"/>
+    <w:p w14:paraId="1D6270FE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1467121642"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EA4C74" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="5AE7FF0B" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2641F3B5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5452A0C0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="614138164"/>
+        <w:divId w:val="410009964"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="135" w:name="Session5"/>
       <w:bookmarkEnd w:id="135"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>4 Verbs for jobs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2F223F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="00EDBC99" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A41AD44" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3B68DAB3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1465734367"/>
+        <w:divId w:val="1779106977"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="136" w:name="Session5_Figure1"/>
       <w:bookmarkEnd w:id="136"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F5DB7C6" wp14:editId="6075934A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54A40697" wp14:editId="1A1AE07C">
             <wp:extent cx="2286000" cy="1527048"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Picture 6" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Picture 6" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2286000" cy="1527048"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="137" w:name="View_Session5_Description1"/>
-    <w:p w14:paraId="74A0F67F" w14:textId="45D61288" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="409AE9CF" w14:textId="56B9DB0C" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="514811094"/>
+        <w:divId w:val="386731606"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View description - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="137"/>
     </w:p>
-    <w:p w14:paraId="5E1D5C72" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="120874E8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27707A6D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="69799F6D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In this activity you will learn more verbs you can use to describe jobs, so that you can say more about the activities you carry out. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2115687D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="79E60CCF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D56426D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="098656D7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="292907219"/>
+        <w:divId w:val="219827525"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="138" w:name="Session5_Activity1"/>
       <w:bookmarkEnd w:id="138"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013F203A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1126972587"/>
+    <w:p w14:paraId="01BE307B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="5914021"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC3EF44" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1810707804"/>
+    <w:p w14:paraId="78567EE6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="950477802"/>
       </w:pPr>
       <w:bookmarkStart w:id="139" w:name="Session5_Question1"/>
       <w:bookmarkEnd w:id="139"/>
       <w:r>
         <w:t xml:space="preserve">Now put the verbs from the previous activity into the correct form and write full sentences describing these occupations. Check the language note first if you need to. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10BEE544" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1810707804"/>
+    <w:p w14:paraId="294F41CF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="950477802"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066E0D64" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="609C5D2B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="302008169"/>
+        <w:divId w:val="1575437289"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="140" w:name="Session5_Quote1"/>
       <w:bookmarkEnd w:id="140"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Ejemplo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470464D5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="302008169"/>
+    <w:p w14:paraId="69AF1296" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1575437289"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El barrendero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>barre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> la calle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9D1F5E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1810707804"/>
+    <w:p w14:paraId="7C68E7C5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="950477802"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC90069" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1810707804"/>
+    <w:p w14:paraId="5F906441" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="950477802"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3569"/>
         <w:gridCol w:w="2091"/>
         <w:gridCol w:w="2652"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="5022DC2D" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="62D323E8" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="947934393"/>
+          <w:divId w:val="1894925758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06219CE1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4162FCD6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="141" w:name="Session5_Table1"/>
             <w:bookmarkEnd w:id="141"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el barrendero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="528C2A52" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0D8A74D0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>barrer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="664069AC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="13B00597" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la calle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="0B9C6402" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="11EB0016" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="947934393"/>
+          <w:divId w:val="1894925758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64658B61" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="59156202" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el escritor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26A0EAB2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="245DC1B1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>escribir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06587C12" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3BDC6A69" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>libros</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="57EFADF6" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="3302A877" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="947934393"/>
+          <w:divId w:val="1894925758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09B54D50" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7F6EF978" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el repartidor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B63AC77" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5F657A9C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>entregar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09DBFFC4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="531DA2FD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>pizzas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="0F29FCD3" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="1EC7A637" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="947934393"/>
+          <w:divId w:val="1894925758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20F19335" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0805ADEF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el estudiante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EA90DC0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5CEE4EFD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>aprender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6681731D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3D591D59" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el vocabulario</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="71D53932" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="6B6E5756" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="947934393"/>
+          <w:divId w:val="1894925758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58D4E399" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6C405F60" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el pianista</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A2C4037" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7C97C614" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>tocar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EA883CE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6596F628" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el piano</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="7EB96704" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="518E0065" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="947934393"/>
+          <w:divId w:val="1894925758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C001852" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="03197349" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el diseñador gráfico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AB1BDA8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="02686082" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>editar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FC5B4E5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="794B1C6A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la página web</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29B1FCA4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1810707804"/>
+    <w:p w14:paraId="4FB1F8A2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="950477802"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C35E08B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1126972587"/>
+    <w:p w14:paraId="799C45CD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="5914021"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F3FA7B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7B2EB956" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="382489511"/>
+        <w:divId w:val="1356810759"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="142" w:name="Session5_FreeResponse1"/>
       <w:bookmarkEnd w:id="142"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="143" w:name="View_Session5_Answer1"/>
-    <w:p w14:paraId="0FDD0D30" w14:textId="251F768F" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4A891FCA" w14:textId="6E7EB47F" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1126972587"/>
+        <w:divId w:val="5914021"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Answer1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">View answer - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="143"/>
     </w:p>
-    <w:p w14:paraId="2E4FAF5F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="0995527E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4207AD8C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="408A518A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B99AC20" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1566E397" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="169610736"/>
+        <w:divId w:val="2014841340"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="144" w:name="Session5_Box1"/>
       <w:bookmarkEnd w:id="144"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Language 5: Present tense of verbs ending in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
@@ -12258,55 +12606,56 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>ir</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116D206B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2735E422" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1202400475"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To form the present tense of verbs ending in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>er</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, you need to do the same as you did with </w:t>
       </w:r>
       <w:r>
@@ -12321,727 +12670,727 @@
         <w:t xml:space="preserve"> verbs: remove the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>er</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ending, then add the different endings for each person to the stem (the part that is left). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228165B7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="227346376"/>
+    <w:p w14:paraId="597DC2BE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1202400475"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Here are the endings for the singular of the regular verbs </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>aprender</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vivir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Note that the endings in singular are the same for both. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5927E3D6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="227346376"/>
+    <w:p w14:paraId="48A4DD6C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1202400475"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Verbs are grouped into ‘conjugations’ according to their different types: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>ar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> verbs belong to the first conjugation, verbs ending in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>er</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> belong to the second conjugation, and verbs ending in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> belong to the third conjugation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5C7815" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="227346376"/>
+    <w:p w14:paraId="77CF4F5F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1202400475"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1242"/>
         <w:gridCol w:w="1434"/>
         <w:gridCol w:w="2567"/>
         <w:gridCol w:w="3069"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="2441AB7C" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="107A20E2" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="298388754"/>
+          <w:divId w:val="183633328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7877BAAE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6724F93A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="145" w:name="Session5_Table2"/>
             <w:bookmarkEnd w:id="145"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>aprend</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="64031B8F" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="3F5DFA9F" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="298388754"/>
+          <w:divId w:val="183633328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="065C7AB5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="384C266A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>yo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24DC303F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5C6A7FB5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>aprend</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E33A719" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7CB21C5D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Aprendo japonés</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E9E2521" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="57F72547" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I learn Japanese</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="6FC2EACF" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="1696AA04" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="298388754"/>
+          <w:divId w:val="183633328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66451C1B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="136479D6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>tú</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04542BE0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="10A2B294" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>aprend</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>es</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C23F1B7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4CA99535" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Aprendes gallego</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79FCBBF0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="20CDE9FF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>You learn</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Galician</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="32141A14" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="01F59245" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="298388754"/>
+          <w:divId w:val="183633328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23B6F486" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2D050EC8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>usted</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CCF6CC1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3614D264" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>aprend</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C8C0B2A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="57D827F5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Aprende galés.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23954F68" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1A81D5D8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>You learn Welsh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="2CF4FADF" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="75E7525E" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="298388754"/>
+          <w:divId w:val="183633328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48394E2D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="44F90987" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>él</w:t>
             </w:r>
             <w:r>
@@ -13060,748 +13409,760 @@
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>ella</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5978F72D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="20EF5D2F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>aprend</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10AF6998" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="19D69617" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Aprende galés.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3472A371" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5848A4CE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>He/She learns Welsh</w:t>
+              <w:t>He/She</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learns Welsh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D49082A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="227346376"/>
+    <w:p w14:paraId="464FD0B1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1202400475"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05CB1438" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="227346376"/>
+    <w:p w14:paraId="7F05E98B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1202400475"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1300"/>
         <w:gridCol w:w="1021"/>
         <w:gridCol w:w="2842"/>
         <w:gridCol w:w="3149"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="79B5961D" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="6A7046E9" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="980307560"/>
+          <w:divId w:val="1414085601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AD35D77" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="20DD7222" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="146" w:name="Session5_Table3"/>
             <w:bookmarkEnd w:id="146"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>viv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="6840736D" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="22377AD5" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="980307560"/>
+          <w:divId w:val="1414085601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="464CC85A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="705D3A33" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>yo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AAEFB3E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="438EA366" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>viv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75E92521" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="521F570C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Vivo en San José.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C425841" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="175B3CC8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I live in San José.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="79EC3462" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="3E6C8D1D" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="980307560"/>
+          <w:divId w:val="1414085601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B99172F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="456FFD5E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>tú</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B1B1FD9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7457DDA1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>viv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>es</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AA17D08" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="69DE6B90" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Vives en Managua.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10467466" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="14D159BE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">You live in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Managua</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="2CBACF15" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="31D45B01" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="980307560"/>
+          <w:divId w:val="1414085601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75A290CE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="656E6920" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>usted</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="789A1CC1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="57C3D76D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>viv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B4E03EF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0F2C5288" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Vive en Jaén.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AF9D05A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3266EE65" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">You live in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Jaén</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="7CC6301E" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="1627CC4B" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="980307560"/>
+          <w:divId w:val="1414085601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15A72FEC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3AB405B0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>él</w:t>
             </w:r>
             <w:r>
@@ -13820,2514 +14181,2813 @@
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>ella</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49E63BAA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="274AFFFD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>viv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="208BB4D0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="034B5897" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Vive en Jaén.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AA4510D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7C925DDC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>He/She lives in Jaén.</w:t>
+              <w:t>He/She</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lives in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jaén</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A30EB47" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="227346376"/>
+    <w:p w14:paraId="0FD51E1C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1202400475"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21BEF0B7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="7DF0C8DF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Box</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352561DD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="195715C4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76283CC4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3CEAB255" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="853959597"/>
+        <w:divId w:val="693460110"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="147" w:name="Session5_Activity2"/>
       <w:bookmarkEnd w:id="147"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B0111C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1148865806"/>
+    <w:p w14:paraId="12C82E37" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2011643450"/>
       </w:pPr>
       <w:bookmarkStart w:id="148" w:name="Session5_Part1"/>
       <w:bookmarkEnd w:id="148"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8D13D8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="422335132"/>
+    <w:p w14:paraId="24A1A476" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1522549781"/>
       </w:pPr>
       <w:bookmarkStart w:id="149" w:name="Session5_Question2"/>
       <w:bookmarkEnd w:id="149"/>
       <w:r>
         <w:t xml:space="preserve">Now look at your sentences from Paso A, change them into the feminine and read them out aloud. Use the feminine form of each profession. Then listen to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> below to check your answers. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283F39E9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1148865806"/>
+    <w:p w14:paraId="682F0A59" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2011643450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9D6900" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1924148203"/>
+    <w:p w14:paraId="6FACDD1C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1290941029"/>
       </w:pPr>
       <w:bookmarkStart w:id="150" w:name="Session5_Part2"/>
       <w:bookmarkEnd w:id="150"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD1F82B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1024331453"/>
+    <w:p w14:paraId="55AB60C6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1426531050"/>
       </w:pPr>
       <w:bookmarkStart w:id="151" w:name="Session5_Question3"/>
       <w:bookmarkEnd w:id="151"/>
       <w:r>
-        <w:t>1. El barrendero barre la calle.</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="1924148203"/>
+        <w:t xml:space="preserve">1. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>barrendero</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> barre la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>calle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AAC7176" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1290941029"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C88E6B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="34897410" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1775518210"/>
+        <w:divId w:val="2112774703"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="152" w:name="Session5_FreeResponse2"/>
       <w:bookmarkEnd w:id="152"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340C4BC1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="68385564"/>
+    <w:p w14:paraId="18366C7F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="898590802"/>
       </w:pPr>
       <w:bookmarkStart w:id="153" w:name="Session5_Part3"/>
       <w:bookmarkEnd w:id="153"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C2FD62" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1557275269"/>
+    <w:p w14:paraId="7AED0013" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1355887236"/>
       </w:pPr>
       <w:bookmarkStart w:id="154" w:name="Session5_Question4"/>
       <w:bookmarkEnd w:id="154"/>
       <w:r>
-        <w:t>2. El escritor escribe libros.</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="68385564"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>escritor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> escribe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>libros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7128E517" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="898590802"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DFCD7E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="48E99DDD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1299845738"/>
+        <w:divId w:val="102698296"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="155" w:name="Session5_FreeResponse3"/>
       <w:bookmarkEnd w:id="155"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDB4FE4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="189420162"/>
+    <w:p w14:paraId="455A0086" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1668509335"/>
       </w:pPr>
       <w:bookmarkStart w:id="156" w:name="Session5_Part4"/>
       <w:bookmarkEnd w:id="156"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47948DA2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="154686123"/>
+    <w:p w14:paraId="28D2FB55" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1119882671"/>
       </w:pPr>
       <w:bookmarkStart w:id="157" w:name="Session5_Question5"/>
       <w:bookmarkEnd w:id="157"/>
       <w:r>
-        <w:t>3. El repartidor entrega pizzas.</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="189420162"/>
+        <w:t xml:space="preserve">3. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>repartidor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>entrega</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> pizzas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4100BFE0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1668509335"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C78F47A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="54CDBF9A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="302079626"/>
+        <w:divId w:val="1871382191"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="158" w:name="Session5_FreeResponse4"/>
       <w:bookmarkEnd w:id="158"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1747A831" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="430131266"/>
+    <w:p w14:paraId="743C5EDE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="367142793"/>
       </w:pPr>
       <w:bookmarkStart w:id="159" w:name="Session5_Part5"/>
       <w:bookmarkEnd w:id="159"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="330C184C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1738163284"/>
+    <w:p w14:paraId="4B106861" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1356886774"/>
       </w:pPr>
       <w:bookmarkStart w:id="160" w:name="Session5_Question6"/>
       <w:bookmarkEnd w:id="160"/>
       <w:r>
-        <w:t>4. El estudiante aprende el vocabulario.</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="430131266"/>
+        <w:t xml:space="preserve">4. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>estudiante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>aprende</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>vocabulario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F812349" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="367142793"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F1D14B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="28337D64" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1602369273"/>
+        <w:divId w:val="2113624795"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="161" w:name="Session5_FreeResponse5"/>
       <w:bookmarkEnd w:id="161"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F71192" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1495486571"/>
+    <w:p w14:paraId="5A5E1EF2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1102723171"/>
       </w:pPr>
       <w:bookmarkStart w:id="162" w:name="Session5_Part6"/>
       <w:bookmarkEnd w:id="162"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1969FA77" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="602610335"/>
+    <w:p w14:paraId="67D61DE7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1231115895"/>
       </w:pPr>
       <w:bookmarkStart w:id="163" w:name="Session5_Question7"/>
       <w:bookmarkEnd w:id="163"/>
       <w:r>
-        <w:t>5. El pianista toca el piano</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="1495486571"/>
+        <w:t xml:space="preserve">5. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pianista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>toca</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> piano</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4607A7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1102723171"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34424E6B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="45A05840" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1209994103"/>
+        <w:divId w:val="639388162"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="164" w:name="Session5_FreeResponse6"/>
       <w:bookmarkEnd w:id="164"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC73D47" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1788040664"/>
+    <w:p w14:paraId="33666D23" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="90250324"/>
       </w:pPr>
       <w:bookmarkStart w:id="165" w:name="Session5_Part7"/>
       <w:bookmarkEnd w:id="165"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C86C7E6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="801114842"/>
+    <w:p w14:paraId="7B75A20A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1009412268"/>
       </w:pPr>
       <w:bookmarkStart w:id="166" w:name="Session5_Question8"/>
       <w:bookmarkEnd w:id="166"/>
       <w:r>
-        <w:t>6. El diseñador gráfico edita la página web.</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="1788040664"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">6. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>diseñador</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>gráfico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>edita</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>página</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> web.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD66107" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="90250324"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33938378" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3D552C13" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1629117839"/>
+        <w:divId w:val="1141850870"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="167" w:name="Session5_FreeResponse7"/>
       <w:bookmarkEnd w:id="167"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D27708E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1013997076"/>
+    <w:p w14:paraId="0788A95A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="9764909"/>
       </w:pPr>
       <w:bookmarkStart w:id="168" w:name="Session5_Part8"/>
       <w:bookmarkEnd w:id="168"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D15C8E2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1429233048"/>
+    <w:p w14:paraId="20D58A02" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1635676325"/>
       </w:pPr>
       <w:bookmarkStart w:id="169" w:name="Session5_Question9"/>
       <w:bookmarkEnd w:id="169"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C86303" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3B1C3DED" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1859157606"/>
+        <w:divId w:val="1167673444"/>
       </w:pPr>
       <w:bookmarkStart w:id="170" w:name="Session5_MediaContent1"/>
       <w:bookmarkEnd w:id="170"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D8B4CEC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="458086B6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="855967556"/>
+        <w:divId w:val="1363440390"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 6</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="171" w:name="View_Session5_Transcript1"/>
-    <w:p w14:paraId="0412C39E" w14:textId="2F20251D" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6EBCD73F" w14:textId="7511E4E6" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="855967556"/>
+        <w:divId w:val="1363440390"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 6</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="171"/>
     </w:p>
-    <w:p w14:paraId="5EE73B9E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1429233048"/>
+    <w:p w14:paraId="5D9A71A3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1635676325"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E71794" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1013997076"/>
+    <w:p w14:paraId="09066DD5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="9764909"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27807A49" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="56B04245" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06DFFD1E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="42EB2C41" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59FE1D05" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="530D95A0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1296446361"/>
+        <w:divId w:val="2045908009"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="172" w:name="Session5_Activity3"/>
       <w:bookmarkEnd w:id="172"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> C </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AC40B5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1951626407"/>
+    <w:p w14:paraId="4B31F710" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="445543845"/>
       </w:pPr>
       <w:bookmarkStart w:id="173" w:name="Session5_Part9"/>
       <w:bookmarkEnd w:id="173"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3B04D8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="268126249"/>
+    <w:p w14:paraId="56DFF5C8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1680614700"/>
       </w:pPr>
       <w:bookmarkStart w:id="174" w:name="Session5_Question10"/>
       <w:bookmarkEnd w:id="174"/>
       <w:r>
         <w:t xml:space="preserve">Write the correct forms of the verb </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vivir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in each dialogue. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7635A8EF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1951626407"/>
+    <w:p w14:paraId="68E4D2BE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="445543845"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039ECA32" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="286160055"/>
+    <w:p w14:paraId="2D75C21A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2030329378"/>
       </w:pPr>
       <w:bookmarkStart w:id="175" w:name="Session5_Part10"/>
       <w:bookmarkEnd w:id="175"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DBF8CE5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1288125481"/>
+    <w:p w14:paraId="19A43BAF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1518887713"/>
       </w:pPr>
       <w:bookmarkStart w:id="176" w:name="Session5_Question11"/>
       <w:bookmarkEnd w:id="176"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>1. ¿Dónde _______ usted?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388D17E4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1288125481"/>
+    <w:p w14:paraId="4C92730D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1518887713"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>(yo) _______ en Londres.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DA527C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="286160055"/>
+    <w:p w14:paraId="2954A8B1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2030329378"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9B0B8E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2FD86884" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="492110291"/>
+        <w:divId w:val="316692472"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="177" w:name="Session5_FreeResponse8"/>
       <w:bookmarkEnd w:id="177"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="178" w:name="View_Session5_Answer2"/>
-    <w:p w14:paraId="30171C61" w14:textId="58CA22DE" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1C2E5E1B" w14:textId="2682BA12" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="286160055"/>
+        <w:divId w:val="2030329378"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Answer2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="178"/>
     </w:p>
-    <w:p w14:paraId="01A88E42" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="777410330"/>
+    <w:p w14:paraId="39DCF698" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="132984782"/>
       </w:pPr>
       <w:bookmarkStart w:id="179" w:name="Session5_Part11"/>
       <w:bookmarkEnd w:id="179"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A66255C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="985284520"/>
+    <w:p w14:paraId="6CECF551" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1794517483"/>
       </w:pPr>
       <w:bookmarkStart w:id="180" w:name="Session5_Question12"/>
       <w:bookmarkEnd w:id="180"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>2. ¿Tú _______ en Inglaterra, no?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB41AC7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="985284520"/>
+    <w:p w14:paraId="598C04EF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1794517483"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>No, (yo) _______ en Escocia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47744039" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="777410330"/>
+    <w:p w14:paraId="6BA61CDD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="132984782"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D0B554" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5EAE3488" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1009262031"/>
+        <w:divId w:val="528834053"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="181" w:name="Session5_FreeResponse9"/>
       <w:bookmarkEnd w:id="181"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="182" w:name="View_Session5_Answer3"/>
-    <w:p w14:paraId="4EC94390" w14:textId="069D2C99" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5C22351F" w14:textId="59E3CC7E" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="777410330"/>
+        <w:divId w:val="132984782"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Answer3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="182"/>
     </w:p>
-    <w:p w14:paraId="1A31C24F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="630793288"/>
+    <w:p w14:paraId="275CDFCC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1627852025"/>
       </w:pPr>
       <w:bookmarkStart w:id="183" w:name="Session5_Part12"/>
       <w:bookmarkEnd w:id="183"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F7FFC2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="413627013"/>
+    <w:p w14:paraId="3102606A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="367336023"/>
       </w:pPr>
       <w:bookmarkStart w:id="184" w:name="Session5_Question13"/>
       <w:bookmarkEnd w:id="184"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>3. Alberto _______ en Barcelona.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221B6BA7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="413627013"/>
+    <w:p w14:paraId="43398B0A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="367336023"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>No, Alberto _______ en Alicante.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10FDA5AA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="630793288"/>
+    <w:p w14:paraId="1197D1E2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1627852025"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC91384" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="085B7703" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1868983965"/>
+        <w:divId w:val="2127503782"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="185" w:name="Session5_FreeResponse10"/>
       <w:bookmarkEnd w:id="185"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="186" w:name="View_Session5_Answer4"/>
-    <w:p w14:paraId="55FEA7F6" w14:textId="04556018" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="37F17280" w14:textId="51C64588" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="630793288"/>
+        <w:divId w:val="1627852025"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Answer4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="186"/>
     </w:p>
-    <w:p w14:paraId="257E6FB2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="44C26C1F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8FC5A5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="71BAB002" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C9E3DCE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="21FF3942" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="50615405"/>
+        <w:divId w:val="1213033349"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="187" w:name="Session5_Activity4"/>
       <w:bookmarkEnd w:id="187"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> D </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB5F336" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1753088373"/>
+    <w:p w14:paraId="57446E9E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="413284972"/>
       </w:pPr>
       <w:bookmarkStart w:id="188" w:name="Session5_Part13"/>
       <w:bookmarkEnd w:id="188"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18401D56" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="691955472"/>
+    <w:p w14:paraId="775494D6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1355958775"/>
       </w:pPr>
       <w:bookmarkStart w:id="189" w:name="Session5_Question14"/>
       <w:bookmarkEnd w:id="189"/>
       <w:r>
         <w:t xml:space="preserve">Listen to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and decide whether you hear the first person (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
       <w:r>
         <w:t>) or third person (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) of the verbs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB220FD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="691955472"/>
+    <w:p w14:paraId="02DED619" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1355958775"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A88551" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="39C83667" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="180583771"/>
+        <w:divId w:val="1801534743"/>
       </w:pPr>
       <w:bookmarkStart w:id="190" w:name="Session5_MediaContent2"/>
       <w:bookmarkEnd w:id="190"/>
       <w:r>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560F548F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="50DBE589" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1223979991"/>
+        <w:divId w:val="1086655127"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 7</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="191" w:name="View_Session5_Transcript2"/>
-    <w:p w14:paraId="252BCD83" w14:textId="554A98F5" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1F019AA1" w14:textId="42FB1940" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1223979991"/>
+        <w:divId w:val="1086655127"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 7</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="191"/>
     </w:p>
-    <w:p w14:paraId="1C77F315" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="691955472"/>
+    <w:p w14:paraId="1B95CE82" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1355958775"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B533F6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1753088373"/>
+    <w:p w14:paraId="5D2017A8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="413284972"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02973B37" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2115247327"/>
+    <w:p w14:paraId="33387E58" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="774447996"/>
       </w:pPr>
       <w:bookmarkStart w:id="192" w:name="Session5_Part14"/>
       <w:bookmarkEnd w:id="192"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC74E18" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1953C88B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="284427544"/>
+        <w:divId w:val="715161295"/>
       </w:pPr>
       <w:bookmarkStart w:id="193" w:name="Session5_Question15"/>
       <w:bookmarkEnd w:id="193"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0BF9DD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2115247327"/>
+    <w:p w14:paraId="3E41366B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="774447996"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497D6987" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1719281231"/>
+    <w:p w14:paraId="66D16A01" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1839300110"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B463C81" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="635064999"/>
+    <w:p w14:paraId="0ADC9EFA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="361638412"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="194" w:name="View_Session5_Interaction11"/>
-    <w:p w14:paraId="008C0040" w14:textId="530BE711" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4CCBA4E7" w14:textId="6D48152E" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2115247327"/>
+        <w:divId w:val="774447996"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction11"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="194"/>
     </w:p>
-    <w:p w14:paraId="15F25392" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="860775555"/>
+    <w:p w14:paraId="3B8201B8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="175921329"/>
       </w:pPr>
       <w:bookmarkStart w:id="195" w:name="Session5_Part15"/>
       <w:bookmarkEnd w:id="195"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7CC3FD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0588B47B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="886335385"/>
+        <w:divId w:val="2122605117"/>
       </w:pPr>
       <w:bookmarkStart w:id="196" w:name="Session5_Question16"/>
       <w:bookmarkEnd w:id="196"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>escribo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29776584" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="860775555"/>
+    <w:p w14:paraId="688094D8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="175921329"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647E354E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2076662131"/>
+    <w:p w14:paraId="27DB0B38" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1418746679"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CFEA4E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="599145958"/>
+    <w:p w14:paraId="194A3AA3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1587225583"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="197" w:name="View_Session5_Interaction12"/>
-    <w:p w14:paraId="3B5CA953" w14:textId="3D6CC1B1" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4FB84A24" w14:textId="36D5C137" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="860775555"/>
+        <w:divId w:val="175921329"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction12"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="197"/>
     </w:p>
-    <w:p w14:paraId="6CD899B6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="449978684"/>
+    <w:p w14:paraId="6C01397E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="225068003"/>
       </w:pPr>
       <w:bookmarkStart w:id="198" w:name="Session5_Part16"/>
       <w:bookmarkEnd w:id="198"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C8DBCAC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="06077EA1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1249924959"/>
+        <w:divId w:val="182866133"/>
       </w:pPr>
       <w:bookmarkStart w:id="199" w:name="Session5_Question17"/>
       <w:bookmarkEnd w:id="199"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>barre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="748BFF81" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="449978684"/>
+    <w:p w14:paraId="689190AC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="225068003"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D5DCB8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1736202810"/>
+    <w:p w14:paraId="3367FA71" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="515581574"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C814533" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="13769290"/>
+    <w:p w14:paraId="36FF805E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="93064026"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="200" w:name="View_Session5_Interaction13"/>
-    <w:p w14:paraId="6648A4DE" w14:textId="74EFAF8B" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="02EC5C49" w14:textId="2AF0780F" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="449978684"/>
+        <w:divId w:val="225068003"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction13"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="200"/>
     </w:p>
-    <w:p w14:paraId="0BE9D5B5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1192107002"/>
+    <w:p w14:paraId="409D1098" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1559513979"/>
       </w:pPr>
       <w:bookmarkStart w:id="201" w:name="Session5_Part17"/>
       <w:bookmarkEnd w:id="201"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B83A4D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="64927A46" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1755931620"/>
+        <w:divId w:val="1806388568"/>
       </w:pPr>
       <w:bookmarkStart w:id="202" w:name="Session5_Question18"/>
       <w:bookmarkEnd w:id="202"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>abro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA162A1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1192107002"/>
+    <w:p w14:paraId="6269C537" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1559513979"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C519F58" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1255164525"/>
+    <w:p w14:paraId="0EBFBD81" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1033961677"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525AB92D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1204052604"/>
+    <w:p w14:paraId="6CD5AE44" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1124347442"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="203" w:name="View_Session5_Interaction14"/>
-    <w:p w14:paraId="7D7ED4C0" w14:textId="0F778F3C" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5C8B4D94" w14:textId="0BC82EE9" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1192107002"/>
+        <w:divId w:val="1559513979"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction14"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="203"/>
     </w:p>
-    <w:p w14:paraId="05B4CF0D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2094009764"/>
+    <w:p w14:paraId="672C0FBD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="247547298"/>
       </w:pPr>
       <w:bookmarkStart w:id="204" w:name="Session5_Part18"/>
       <w:bookmarkEnd w:id="204"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0477DE99" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2064B1DC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1035690026"/>
+        <w:divId w:val="1951086896"/>
       </w:pPr>
       <w:bookmarkStart w:id="205" w:name="Session5_Question19"/>
       <w:bookmarkEnd w:id="205"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>aprende</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A341E4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2094009764"/>
+    <w:p w14:paraId="5208037C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="247547298"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6323850B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1390111302"/>
+    <w:p w14:paraId="187A9F97" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1883446099"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B3E032" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="776604843"/>
+    <w:p w14:paraId="33491AC7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1420558853"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="206" w:name="View_Session5_Interaction15"/>
-    <w:p w14:paraId="63ACB8E6" w14:textId="63B11C27" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1695239B" w14:textId="1F3A457E" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2094009764"/>
+        <w:divId w:val="247547298"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction15"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="206"/>
     </w:p>
-    <w:p w14:paraId="743E4E7B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1979653025"/>
+    <w:p w14:paraId="7283A694" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1369840393"/>
       </w:pPr>
       <w:bookmarkStart w:id="207" w:name="Session5_Part19"/>
       <w:bookmarkEnd w:id="207"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1555B95A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3F9A8197" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1299526862"/>
+        <w:divId w:val="2089300133"/>
       </w:pPr>
       <w:bookmarkStart w:id="208" w:name="Session5_Question20"/>
       <w:bookmarkEnd w:id="208"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>escribe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B45E21" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1979653025"/>
+    <w:p w14:paraId="256A4138" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1369840393"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668BE6D0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1671325145"/>
+    <w:p w14:paraId="7854C021" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1056512891"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="202296B3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1743139843"/>
+    <w:p w14:paraId="665BBA6E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="995298574"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="209" w:name="View_Session5_Interaction16"/>
-    <w:p w14:paraId="69FC2266" w14:textId="7E4D3072" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="680C0552" w14:textId="3B852AE8" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1979653025"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:divId w:val="1369840393"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction16"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="209"/>
     </w:p>
-    <w:p w14:paraId="08C086F0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="834345993"/>
+    <w:p w14:paraId="30350231" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1110050061"/>
       </w:pPr>
       <w:bookmarkStart w:id="210" w:name="Session5_Part20"/>
       <w:bookmarkEnd w:id="210"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D055D88" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7CA1DEC0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="216862786"/>
+        <w:divId w:val="2100517477"/>
       </w:pPr>
       <w:bookmarkStart w:id="211" w:name="Session5_Question21"/>
       <w:bookmarkEnd w:id="211"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vivo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E21B06" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="834345993"/>
+    <w:p w14:paraId="68EB5A7E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1110050061"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A338F3E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="831599217"/>
+    <w:p w14:paraId="27FB7F99" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="161897308"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370B241A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="705180153"/>
+    <w:p w14:paraId="765AD2AA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="174000380"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="212" w:name="View_Session5_Interaction17"/>
-    <w:p w14:paraId="4174C679" w14:textId="72C3951B" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1550CBE8" w14:textId="699E0A91" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="834345993"/>
+        <w:divId w:val="1110050061"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Interaction17"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="212"/>
     </w:p>
-    <w:p w14:paraId="37EEDF4F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="57AB3867" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F99AE3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="5E9FBF4D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB7D15A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="317ADECA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="282544493"/>
+        <w:divId w:val="1520005808"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="213" w:name="Session5_Activity5"/>
       <w:bookmarkEnd w:id="213"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> E </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E75033" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2048798785"/>
+    <w:p w14:paraId="51C1C1D9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="769937305"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09FC7A97" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="69624522"/>
+    <w:p w14:paraId="11369334" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1967464778"/>
       </w:pPr>
       <w:bookmarkStart w:id="214" w:name="Session5_Question22"/>
       <w:bookmarkEnd w:id="214"/>
       <w:r>
         <w:t xml:space="preserve">The pronunciation of word-final </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in Spanish is very different from that in English (where it is often not pronounced at all or is pronounced long). Now focus on this sound only. Make sure you pronounce it clearly but at the same time make it short. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F79FF7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="69624522"/>
+    <w:p w14:paraId="75B9DE8C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1967464778"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Listen to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and repeat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C0878A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="69624522"/>
+    <w:p w14:paraId="769B8496" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1967464778"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301CBDE8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="473A65B4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="2083595499"/>
+        <w:divId w:val="1938708146"/>
       </w:pPr>
       <w:bookmarkStart w:id="215" w:name="Session5_MediaContent3"/>
       <w:bookmarkEnd w:id="215"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Audio content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59AE4206" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="265C83EF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="1546525618"/>
+        <w:divId w:val="240068901"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Audio 8</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="216" w:name="View_Session5_Transcript3"/>
-    <w:p w14:paraId="0D27CABB" w14:textId="04DC82CE" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="463E1D9F" w14:textId="25FCE8B9" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1546525618"/>
+        <w:divId w:val="240068901"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Transcript3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Audio 8</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="216"/>
     </w:p>
-    <w:p w14:paraId="4A9926A6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="69624522"/>
+    <w:p w14:paraId="580346A2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1967464778"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706C896A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2048798785"/>
+    <w:p w14:paraId="10B9A7F2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="769937305"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE0A2EB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="614138164"/>
+    <w:p w14:paraId="3D6CA264" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="410009964"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18AE591E" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="015E7EC5" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3BFFA3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="609FE163" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="7101973"/>
+        <w:divId w:val="1952392350"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="217" w:name="Session6"/>
       <w:bookmarkEnd w:id="217"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>5 En chiva or en guagua. Regional variations in vocabulary</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="7101973"/>
+        <w:t xml:space="preserve">5 En </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>chiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>guagua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Regional variations in vocabulary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7096878D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1952392350"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660DECF2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="59DB1E56" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="501239683"/>
+        <w:divId w:val="1560019016"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="218" w:name="Session6_Figure1"/>
       <w:bookmarkEnd w:id="218"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40F68F2A" wp14:editId="2E705BBD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43323CC4" wp14:editId="2E487E06">
             <wp:extent cx="2286000" cy="1527048"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Picture 7" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Picture 7" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2286000" cy="1527048"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F47DDBA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4627BBA8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="2136020593"/>
-      </w:pPr>
+        <w:divId w:val="1229612919"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bolombolo, Colombia: traditional rural bus called </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">chiva </w:t>
+        <w:t>Bolombolo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Colombia: traditional rural bus called </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>chiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="219" w:name="View_Session6_Description1"/>
-    <w:p w14:paraId="431202EF" w14:textId="1FD8F053" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7D5703E1" w14:textId="4ED93C27" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="2136020593"/>
+        <w:divId w:val="1229612919"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Description1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>View description - Bolombolo, Colombia: traditional rural bus called chiva</w:t>
-      </w:r>
+        <w:t xml:space="preserve">View description - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Bolombolo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Colombia: traditional rural bus called </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>chiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="219"/>
     </w:p>
-    <w:p w14:paraId="250766EA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="7101973"/>
+    <w:p w14:paraId="0E3CC581" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1952392350"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2803DB8D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="7101973"/>
+    <w:p w14:paraId="4C719598" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1952392350"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There are several different words for ‘bus’ used by speakers of Spanish from different countries: for example, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>autobús</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>colectivo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. This is called regional variations in vocabulary. Here you will learn more about these variations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370A8112" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="7101973"/>
+    <w:p w14:paraId="3C84B6BE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1952392350"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29066901" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4A637EA6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="54403194"/>
+        <w:divId w:val="1848596400"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="220" w:name="Session6_Activity1"/>
       <w:bookmarkEnd w:id="220"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F7208E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1177035478"/>
+    <w:p w14:paraId="65FE8829" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1816995056"/>
       </w:pPr>
       <w:bookmarkStart w:id="221" w:name="Session6_Part1"/>
       <w:bookmarkEnd w:id="221"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A8D595" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1836921107"/>
+    <w:p w14:paraId="70BA6F46" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="548225421"/>
       </w:pPr>
       <w:bookmarkStart w:id="222" w:name="Session6_Question1"/>
       <w:bookmarkEnd w:id="222"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Read the text and, using the information about regional variations in words, fill in the gaps in the sentences with one of these choices: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C16817A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1836921107"/>
+    <w:p w14:paraId="3B4BBD3A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="548225421"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>autobús   •   camión   •   colectivo   •   guagua   •   micro   •   ómnibus   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0672290C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1836921107"/>
+    <w:p w14:paraId="63A72A04" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="548225421"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649D716C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1F03D464" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
-        <w:divId w:val="143933291"/>
+        <w:divId w:val="347490657"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="223" w:name="Session6_Quote1"/>
       <w:bookmarkEnd w:id="223"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Ejemplo:</w:t>
-[...12 lines deleted...]
-        <w:divId w:val="1836921107"/>
+        <w:t>Ejemplo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F7BA3F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="347490657"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En Cuba, Ricardo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>va</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabajo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>guagua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB0EC62" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="548225421"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Quote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127E05D9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1836921107"/>
+    <w:p w14:paraId="20696237" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="548225421"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Reading</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B31167" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="144441632"/>
+    <w:p w14:paraId="05E9A011" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="779030858"/>
       </w:pPr>
       <w:bookmarkStart w:id="224" w:name="Session6_Reading1"/>
       <w:bookmarkEnd w:id="224"/>
       <w:r>
         <w:t xml:space="preserve">As with American and British English, you may find that the same thing is referred to by different words in different places. Usually these do not create great communication problems, though sometimes they may be the source of humorous confusions. For example, in Spain the word </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>saco</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> means ‘sack’, but in many Latin American countries it is also the most a common word for ‘jacket’. When you use your dictionary, you will find that regional variations are often given. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAF5F67" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="144441632"/>
+    <w:p w14:paraId="6EAE559C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="779030858"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Transport is a subject in which terms certainly vary between places. For example, a bus is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>autobús</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in Spain, </w:t>
       </w:r>
       <w:r>
@@ -16343,2137 +17003,2195 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el colectivo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in Argentina and Venezuela, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el ómnibus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in Uruguay, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>la guagua</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> in Cuba and the Canary Islands and </w:t>
+        <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>guagua</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in Cuba and the Canary Islands and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>el camión</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>México</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. However, whichever word you use, you will probably be understood in most places. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11EBDB19" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1836921107"/>
+    <w:p w14:paraId="31172CAC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="548225421"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Reading</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2040F81E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1177035478"/>
+    <w:p w14:paraId="611984A5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1816995056"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777B6CEA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="785001336"/>
+    <w:p w14:paraId="2B0296B1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1800417689"/>
       </w:pPr>
       <w:bookmarkStart w:id="225" w:name="Session6_Part2"/>
       <w:bookmarkEnd w:id="225"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550E3AED" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1850170866"/>
+    <w:p w14:paraId="1D5BDB98" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="631328142"/>
       </w:pPr>
       <w:bookmarkStart w:id="226" w:name="Session6_Question2"/>
       <w:bookmarkEnd w:id="226"/>
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En Chile, Saulo va a la universidad en _____ .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF781EC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="785001336"/>
+    <w:p w14:paraId="68042125" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1800417689"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3FFCD2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="01787ADC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="580598556"/>
+        <w:divId w:val="1461916806"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="227" w:name="Session6_FreeResponse1"/>
       <w:bookmarkEnd w:id="227"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="228" w:name="View_Session6_Answer1"/>
-    <w:p w14:paraId="20D2E613" w14:textId="25E65C24" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="060E0B6A" w14:textId="7403F102" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="785001336"/>
+        <w:divId w:val="1800417689"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Answer1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="228"/>
     </w:p>
-    <w:p w14:paraId="55D11BF3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1193955125"/>
+    <w:p w14:paraId="63D88B8B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1657680635"/>
       </w:pPr>
       <w:bookmarkStart w:id="229" w:name="Session6_Part3"/>
       <w:bookmarkEnd w:id="229"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522A2A32" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="651832805"/>
+    <w:p w14:paraId="056E3504" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1115834803"/>
       </w:pPr>
       <w:bookmarkStart w:id="230" w:name="Session6_Question3"/>
       <w:bookmarkEnd w:id="230"/>
       <w:r>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En Argentina, Pedro va a la biblioteca en _______ .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A18FBD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1193955125"/>
+    <w:p w14:paraId="6FF482B0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1657680635"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F141BC0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="12468889" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1035035880"/>
+        <w:divId w:val="1932202278"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="231" w:name="Session6_FreeResponse2"/>
       <w:bookmarkEnd w:id="231"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="232" w:name="View_Session6_Answer2"/>
-    <w:p w14:paraId="717989A3" w14:textId="6C01C25D" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="36F0A724" w14:textId="5C8F450A" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1193955125"/>
+        <w:divId w:val="1657680635"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Answer2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="232"/>
     </w:p>
-    <w:p w14:paraId="5EA219D7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1407386892"/>
+    <w:p w14:paraId="4948F2D5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1098982928"/>
       </w:pPr>
       <w:bookmarkStart w:id="233" w:name="Session6_Part4"/>
       <w:bookmarkEnd w:id="233"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC62F0A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="990911586"/>
+    <w:p w14:paraId="0E98BEA8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1848985202"/>
       </w:pPr>
       <w:bookmarkStart w:id="234" w:name="Session6_Question4"/>
       <w:bookmarkEnd w:id="234"/>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En España, Juan va al trabajo en ________ .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D07559E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1407386892"/>
+    <w:p w14:paraId="14D6EE61" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1098982928"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6C7713" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1483AD52" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1534229161"/>
+        <w:divId w:val="589312375"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="235" w:name="Session6_FreeResponse3"/>
       <w:bookmarkEnd w:id="235"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="236" w:name="View_Session6_Answer3"/>
-    <w:p w14:paraId="3520E43A" w14:textId="2CB370C9" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1A9CF177" w14:textId="47C630B4" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1407386892"/>
+        <w:divId w:val="1098982928"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Answer3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="236"/>
     </w:p>
-    <w:p w14:paraId="49E0541F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="7101973"/>
+    <w:p w14:paraId="11E8316F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1952392350"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E07F4F1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="7101973"/>
+    <w:p w14:paraId="13BD2294" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1952392350"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="524C868F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="59E44488" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="2075732429"/>
+        <w:divId w:val="2113667602"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="237" w:name="Session6_Activity2"/>
       <w:bookmarkEnd w:id="237"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD300F3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1407191498"/>
+    <w:p w14:paraId="2525FB29" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1697849953"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D864C9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="983857052"/>
+    <w:p w14:paraId="3D2120FF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1060589866"/>
       </w:pPr>
       <w:bookmarkStart w:id="238" w:name="Session6_Question5"/>
       <w:bookmarkEnd w:id="238"/>
       <w:r>
         <w:t xml:space="preserve">Look up the following words in the dictionary and list them in the table according to where they are used. (Some have more than one meaning; for this step, choose the meaning that refers to transport.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="799F4C2E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="983857052"/>
+    <w:p w14:paraId="3AFBACF4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1060589866"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>la taquilla   •   la parada   •   el carro   •   el paradero   •   el coche •   la boletería   •   el auto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3A86C1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="983857052"/>
+    <w:p w14:paraId="6426F012" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1060589866"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1828"/>
         <w:gridCol w:w="3242"/>
         <w:gridCol w:w="3242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="71CA0C9C" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="701DA558" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="552041452"/>
+          <w:divId w:val="2062509338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="335098AB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="44D4BDCD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:bookmarkStart w:id="239" w:name="Session6_Table1"/>
             <w:bookmarkEnd w:id="239"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35FDAA05" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="30824474" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>España</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F7049BF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1088EDF6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Chile</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="74F76C8C" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="4DBC39AF" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="552041452"/>
+          <w:divId w:val="2062509338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F52AFE9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3C5D1CE7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52336592" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5B2A8E2D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el autobús</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18CC697C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0A9D4066" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la micro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="47411D31" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="6C7C79B4" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="552041452"/>
+          <w:divId w:val="2062509338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="530C2108" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="48FDC3FE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ticket office</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="135C1896" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4A54C3CF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1060329710"/>
+              <w:divId w:val="1756130037"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="240" w:name="Session6_FreeResponse4"/>
             <w:bookmarkEnd w:id="240"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F27DC74" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="30E8C28D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1316105203"/>
+              <w:divId w:val="1360206386"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="241" w:name="Session6_FreeResponse5"/>
             <w:bookmarkEnd w:id="241"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="4E02CA7B" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="0A005983" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="552041452"/>
+          <w:divId w:val="2062509338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2809AC7B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7E55F076" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>car</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="162AAFB2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="41F6EBA8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="279185195"/>
+              <w:divId w:val="1915315113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="242" w:name="Session6_FreeResponse6"/>
             <w:bookmarkEnd w:id="242"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EA2FE4D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="38BB718F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="233122579"/>
+              <w:divId w:val="2136437379"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="243" w:name="Session6_FreeResponse7"/>
             <w:bookmarkEnd w:id="243"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="520EBE98" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="7C8BCDDB" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="552041452"/>
+          <w:divId w:val="2062509338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C1EA9EC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4A76B2E8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>bus stop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F69A963" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="46BA5096" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="167839997"/>
+              <w:divId w:val="1170675943"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="244" w:name="Session6_FreeResponse8"/>
             <w:bookmarkEnd w:id="244"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33940EF6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="74B27051" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1298802877"/>
+              <w:divId w:val="1901404301"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="245" w:name="Session6_FreeResponse9"/>
             <w:bookmarkEnd w:id="245"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1AB2B526" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="983857052"/>
+    <w:p w14:paraId="1A654345" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1060589866"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DC23CF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1407191498"/>
+    <w:p w14:paraId="39D27985" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1697849953"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="246" w:name="View_Session6_Answer4"/>
-    <w:p w14:paraId="1C568E19" w14:textId="5782BA49" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5A8CB9C8" w14:textId="617AC5FD" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1407191498"/>
+        <w:divId w:val="1697849953"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Answer4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">View answer - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> B</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="246"/>
     </w:p>
-    <w:p w14:paraId="3F961D03" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="7101973"/>
+    <w:p w14:paraId="63C01F05" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1952392350"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01309395" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="135D59D7" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DBAC44D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="42421442" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="899291046"/>
+        <w:divId w:val="543755590"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="247" w:name="Session7"/>
       <w:bookmarkEnd w:id="247"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>6 Using your dictionary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1109A5E7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="899291046"/>
+    <w:p w14:paraId="7C0FF8BF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="543755590"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There are many uses you can make of a dictionary. In this activity you will learn how to look up words you don’t understand, and how to find an appropriate translation, examples of the usage of words, and pronunciation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2E3FEC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="899291046"/>
+    <w:p w14:paraId="0BC6B040" w14:textId="1962AB03" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="543755590"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note: Access to the Open University library is not available to non-OU registered students. You can however access the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>Collins dictionary</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60643A46" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="543755590"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5712A2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="001C8406" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1556118379"/>
+        <w:divId w:val="1183982615"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="248" w:name="Session7_Activity1"/>
       <w:bookmarkEnd w:id="248"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767298C8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134404469"/>
+    <w:p w14:paraId="61017F91" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="609626131"/>
       </w:pPr>
       <w:bookmarkStart w:id="249" w:name="Session7_Part1"/>
       <w:bookmarkEnd w:id="249"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="255C18E2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="401373196"/>
+    <w:p w14:paraId="1187D005" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="743990930"/>
       </w:pPr>
       <w:bookmarkStart w:id="250" w:name="Session7_Question1"/>
       <w:bookmarkEnd w:id="250"/>
       <w:r>
         <w:t xml:space="preserve">Watch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Video 2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and decide whether the following statements are true or false. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5933630D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="401373196"/>
+    <w:p w14:paraId="224418B9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="743990930"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236BD878" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="297540EF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
-        <w:divId w:val="1497575688"/>
+        <w:divId w:val="112023287"/>
       </w:pPr>
       <w:bookmarkStart w:id="251" w:name="Session7_MediaContent1"/>
       <w:bookmarkEnd w:id="251"/>
       <w:r>
         <w:t>Video content is not available in this format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5C38E6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1248CE7E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Caption1"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:divId w:val="361248342"/>
+        <w:divId w:val="1568108516"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Video 2</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="252" w:name="View_Session7_Transcript1"/>
-    <w:p w14:paraId="1BFFD06F" w14:textId="641E8A42" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0E267E0F" w14:textId="3FEE0A35" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="361248342"/>
+        <w:divId w:val="1568108516"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_Transcript1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View transcript - Video 2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="252"/>
     </w:p>
-    <w:p w14:paraId="3FEBF5FC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="361248342"/>
+    <w:p w14:paraId="75BEC775" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1568108516"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A489F35" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="32F6D4AE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="525873713"/>
+        <w:divId w:val="1467167275"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="253" w:name="Session7_Figure1"/>
       <w:bookmarkEnd w:id="253"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01E031F1" wp14:editId="1AC8675D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AD1C615" wp14:editId="7F43B45A">
             <wp:extent cx="4876800" cy="2743200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Picture 8" descr="Displayed image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Picture 8" descr="Displayed image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4876800" cy="2743200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F10AC37" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="361248342"/>
+    <w:p w14:paraId="4249F6BF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1568108516"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DAB8C67" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="401373196"/>
+    <w:p w14:paraId="2A8BC791" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="743990930"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Media Content</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29361DC4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2134404469"/>
+    <w:p w14:paraId="4F73D8C5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="609626131"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C20B395" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="729571517"/>
+    <w:p w14:paraId="2A4FE844" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="517432089"/>
       </w:pPr>
       <w:bookmarkStart w:id="254" w:name="Session7_Part2"/>
       <w:bookmarkEnd w:id="254"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D962AA1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="568E455B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="783424674"/>
+        <w:divId w:val="1588268686"/>
       </w:pPr>
       <w:bookmarkStart w:id="255" w:name="Session7_Question2"/>
       <w:bookmarkEnd w:id="255"/>
       <w:r>
         <w:t xml:space="preserve">You can find information about the gender of nouns in a dictionary. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EE319C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="729571517"/>
+    <w:p w14:paraId="2B0786EE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="517432089"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F226AE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1895894552"/>
+    <w:p w14:paraId="5AD02E41" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2080327572"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C2C88A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="778329462"/>
+    <w:p w14:paraId="7F8B4CA0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="134567739"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="256" w:name="View_Session7_Interaction1"/>
-    <w:p w14:paraId="0F941C32" w14:textId="75B81703" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1E078E3D" w14:textId="51E748E0" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="729571517"/>
+        <w:divId w:val="517432089"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_Interaction1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="256"/>
     </w:p>
-    <w:p w14:paraId="400A5745" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1818109599"/>
+    <w:p w14:paraId="22E8743B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1068113755"/>
       </w:pPr>
       <w:bookmarkStart w:id="257" w:name="Session7_Part3"/>
       <w:bookmarkEnd w:id="257"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67C2D93E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4ABFCC81" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="349264270"/>
+        <w:divId w:val="125323069"/>
       </w:pPr>
       <w:bookmarkStart w:id="258" w:name="Session7_Question3"/>
       <w:bookmarkEnd w:id="258"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You can find the translation of whole sentences in a dictionary. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3914FDEF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1818109599"/>
+    <w:p w14:paraId="3B155F3C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1068113755"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="755E8E91" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1090543721"/>
+    <w:p w14:paraId="3DF349A1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2127851211"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47903B39" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1383745120"/>
+    <w:p w14:paraId="395C6E3F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="117601683"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="259" w:name="View_Session7_Interaction2"/>
-    <w:p w14:paraId="033CDEF0" w14:textId="72AE7882" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="29FE28AD" w14:textId="744EF05E" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1818109599"/>
+        <w:divId w:val="1068113755"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_Interaction2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="259"/>
     </w:p>
-    <w:p w14:paraId="51415FDF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1241018312"/>
+    <w:p w14:paraId="166B3AC2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="532113218"/>
       </w:pPr>
       <w:bookmarkStart w:id="260" w:name="Session7_Part4"/>
       <w:bookmarkEnd w:id="260"/>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5407E12E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2AB9EA03" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1408918143"/>
+        <w:divId w:val="462692991"/>
       </w:pPr>
       <w:bookmarkStart w:id="261" w:name="Session7_Question4"/>
       <w:bookmarkEnd w:id="261"/>
       <w:r>
         <w:t xml:space="preserve">You can find the pronunciation of words in some dictionaries. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D567328" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1241018312"/>
+    <w:p w14:paraId="39533E25" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="532113218"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088CB062" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1013413327"/>
+    <w:p w14:paraId="4983EF1A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2144538975"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185753D4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="961884942"/>
+    <w:p w14:paraId="6578943B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1948193937"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="262" w:name="View_Session7_Interaction3"/>
-    <w:p w14:paraId="6937B6A4" w14:textId="72D87BA9" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5DDB88D4" w14:textId="308B382A" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1241018312"/>
+        <w:divId w:val="532113218"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_Interaction3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="262"/>
     </w:p>
-    <w:p w14:paraId="1966AE7C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="899291046"/>
+    <w:p w14:paraId="4A1D0E59" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="543755590"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13409D05" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="899291046"/>
+    <w:p w14:paraId="57BC444C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="543755590"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D497B8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6C94FAE3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="262038627"/>
+        <w:divId w:val="1369257030"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="263" w:name="Session7_Activity2"/>
       <w:bookmarkEnd w:id="263"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66CD2B95" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1353796001"/>
+    <w:p w14:paraId="2A69CA28" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="435709732"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680DE6BE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2039238650"/>
+    <w:p w14:paraId="377D2564" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="209001558"/>
       </w:pPr>
       <w:bookmarkStart w:id="264" w:name="Session7_Question5"/>
       <w:bookmarkEnd w:id="264"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Look up </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>plaza</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>¡Hasta luego!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the dictionary and complete the columns with the relevant information. The first one, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>café</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, has been done for you as an example of what to do. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7859EB46" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2039238650"/>
+    <w:p w14:paraId="57104465" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="209001558"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2356"/>
         <w:gridCol w:w="1563"/>
         <w:gridCol w:w="1563"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="0FBC11CE" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="3F23C06D" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1378898329"/>
+          <w:divId w:val="688675763"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CA3DDFB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="261CB314" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:bookmarkStart w:id="265" w:name="Session7_Table1"/>
             <w:bookmarkEnd w:id="265"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2587C246" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="360EDEAF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>café</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6434B3F8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="73819FEF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>plaza</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54E9284E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4EE19526" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>¡Hasta luego!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="69EE9DDE" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="6FC7E535" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1378898329"/>
+          <w:divId w:val="688675763"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D03BAAB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5999E578" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Translation(s) of each sense/meaning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="531CF9C0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="00051E90" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. coffee</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19A62D78" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5F72385A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. café or cafetería </w:t>
+              <w:t xml:space="preserve">2. café or </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cafetería</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="172B0B98" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3BE8BDD2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1022974656"/>
+              <w:divId w:val="1804730967"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="266" w:name="Session7_FreeResponse1"/>
             <w:bookmarkEnd w:id="266"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69688621" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6AC702EB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="541677991"/>
+              <w:divId w:val="1543471008"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="267" w:name="Session7_FreeResponse2"/>
             <w:bookmarkEnd w:id="267"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="02AB34AE" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="7310732A" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1378898329"/>
+          <w:divId w:val="688675763"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="022B2D7C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="62B11B90" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Examples and related expressions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D7CADBC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3F7B4026" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>un café con leche</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>a white coffee</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4321EE46" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7658CDAA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>un café solo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:br/>
             </w:r>
@@ -18487,3414 +19205,3967 @@
               </w:rPr>
               <w:t>a black coffee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07BED045" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="47D6E71F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="264968247"/>
+              <w:divId w:val="1343823521"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="268" w:name="Session7_FreeResponse3"/>
             <w:bookmarkEnd w:id="268"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E489C91" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1A6D6D8D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="337466691"/>
+              <w:divId w:val="325019834"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="269" w:name="Session7_FreeResponse4"/>
             <w:bookmarkEnd w:id="269"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="45413672" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="0319D160" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1378898329"/>
+          <w:divId w:val="688675763"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D10AE0E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="591F1442" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Other information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03F24DCC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="18590783" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>SUSTANTIVO, el</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> → masculine noun </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="019F3526" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2A81F6C5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Plural: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>los cafés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53C6A275" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="56E4B6A9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="247152554"/>
+              <w:divId w:val="1134299490"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="270" w:name="Session7_FreeResponse5"/>
             <w:bookmarkEnd w:id="270"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0653506E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1F405C18" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:divId w:val="1831361298"/>
+              <w:divId w:val="1992908838"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="271" w:name="Session7_FreeResponse6"/>
             <w:bookmarkEnd w:id="271"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide your answer... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71D28CE0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2039238650"/>
+    <w:p w14:paraId="1081FC63" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="209001558"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357368EF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1353796001"/>
+    <w:p w14:paraId="65BC1165" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="435709732"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="272" w:name="View_Session7_Answer1"/>
-    <w:p w14:paraId="278D6088" w14:textId="1EA16981" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7AF43FB5" w14:textId="26651984" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1353796001"/>
+        <w:divId w:val="435709732"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_Answer1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">View answer - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> B</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="272"/>
     </w:p>
-    <w:p w14:paraId="75BD14B9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="899291046"/>
+    <w:p w14:paraId="073CF1CD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="543755590"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F842529" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="2C5A8A19" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797F77EC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="68BEC704" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="676733759"/>
+        <w:divId w:val="1762483389"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="273" w:name="Session8"/>
       <w:bookmarkEnd w:id="273"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>7 Quiz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A289A23" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="676733759"/>
+    <w:p w14:paraId="79E5C7BB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1762483389"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72ADFEDD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7F2C449F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
-        <w:divId w:val="1884437788"/>
+        <w:divId w:val="974332259"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="274" w:name="Session8_Activity1"/>
       <w:bookmarkStart w:id="275" w:name="Session8_Part1"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Question 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18174F6F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1884437788"/>
+    <w:p w14:paraId="605172FC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="974332259"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="514F2592" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="986938504"/>
+    <w:p w14:paraId="2FB504B1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1244990125"/>
       </w:pPr>
       <w:bookmarkStart w:id="276" w:name="Session8_Question1"/>
       <w:bookmarkEnd w:id="276"/>
       <w:r>
         <w:t xml:space="preserve">Write the correct form of the verb </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>trabajar’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">to complete the sentence: trabajas – trabaja – trabajo </w:t>
-[...4 lines deleted...]
-        <w:divId w:val="986938504"/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> complete the sentence: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabajas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabajo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E81B74B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1244990125"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>works</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> in an office.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F3A4DA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1884437788"/>
+    <w:p w14:paraId="61618C8A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="974332259"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B07DD77" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7659713B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="692730663"/>
+        <w:divId w:val="310212838"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="277" w:name="Session8_FreeResponse1"/>
       <w:bookmarkEnd w:id="277"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Roberto … en una oficina. </w:t>
-[...137 lines deleted...]
-        <w:divId w:val="1907032202"/>
+        <w:t xml:space="preserve">Roberto … </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="281"/>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yo no … , pero Mercedes … en la Universidad de Salamanca. </w:t>
-[...786 lines deleted...]
-        <w:divId w:val="1509909624"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="303"/>
+        <w:t>una</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide your answer... </w:t>
-[...257 lines deleted...]
-        <w:divId w:val="1685210636"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="310"/>
+        <w:t>oficina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="278" w:name="View_Session8_Answer1"/>
+    <w:p w14:paraId="6059E23D" w14:textId="4BBE04EB" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="974332259"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Answer1"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 1</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="278"/>
+    </w:p>
+    <w:p w14:paraId="73491719" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="1529487140"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="279" w:name="Session8_Part2"/>
+      <w:bookmarkEnd w:id="279"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56080B39" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1529487140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA36E57" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1966278780"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="280" w:name="Session8_Question2"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r>
+        <w:t xml:space="preserve">Choose the correct form of the verb </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>trabajar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to complete the sentence: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabajas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabajo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CCB0E8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1966278780"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I don't </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but Mercedes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>works</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the University of Salamanca.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ABA20D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1529487140"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3774AA89" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="2003072848"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="281" w:name="Session8_FreeResponse2"/>
+      <w:bookmarkEnd w:id="281"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no … , </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pero</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mercedes … </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la Universidad de Salamanca. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="282" w:name="View_Session8_Answer2"/>
+    <w:p w14:paraId="11BF0D22" w14:textId="0070F7A4" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1529487140"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Answer2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 2</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="282"/>
+    </w:p>
+    <w:p w14:paraId="69679024" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="1559248278"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="283" w:name="Session8_Part3"/>
+      <w:bookmarkEnd w:id="283"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45119729" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1559248278"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE0D0D1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="775363897"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="284" w:name="Session8_Question3"/>
+      <w:bookmarkEnd w:id="284"/>
+      <w:r>
+        <w:t>You want to say that you are a student. How would you say it? Chose the correct answer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B7C25C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1559248278"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A8147F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="834807822"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">a) Soy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>jubilada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="48271425" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="928545259"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Trabajo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dentista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1E3C9846" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1648127887"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c) Soy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>estudiante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkStart w:id="285" w:name="View_Session8_Interaction3"/>
+    <w:p w14:paraId="15AA7E30" w14:textId="6ADD8E81" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1559248278"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction3"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 3</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="285"/>
+    </w:p>
+    <w:p w14:paraId="48B7B939" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="967586780"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="286" w:name="Session8_Part4"/>
+      <w:bookmarkEnd w:id="286"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B49ABFA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="967586780"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="645781B7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="823739384"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="287" w:name="Session8_Question4"/>
+      <w:bookmarkEnd w:id="287"/>
+      <w:r>
+        <w:t>Decide whether the statement is true or false.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1838E7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="823739384"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The masculine form of ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>profesora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>’ is ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>profesoro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184BAD38" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="967586780"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A40F2C5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="354037801"/>
+      </w:pPr>
+      <w:r>
+        <w:t>True</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AE369A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="995885568"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>False</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="288" w:name="View_Session8_Interaction4"/>
+    <w:p w14:paraId="6E716CE9" w14:textId="561743F9" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="967586780"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction4"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 4</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="288"/>
+    </w:p>
+    <w:p w14:paraId="106C24FA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="1975714040"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="289" w:name="Session8_Part5"/>
+      <w:bookmarkEnd w:id="289"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD347E4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1975714040"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0779AABB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="223218957"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="290" w:name="Session8_Question5"/>
+      <w:bookmarkEnd w:id="290"/>
+      <w:r>
+        <w:t>Decide whether the statement is true or false.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6197848D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="223218957"/>
+      </w:pPr>
+      <w:r>
+        <w:t>All professions or occupations ending in -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> have the same form for feminine and masculine, such as la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>periodista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>periodista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC4ED0B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1975714040"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C66DF9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1107433777"/>
+      </w:pPr>
+      <w:r>
+        <w:t>True</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C75E563" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="24912481"/>
+      </w:pPr>
+      <w:r>
+        <w:t>False</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="291" w:name="View_Session8_Interaction5"/>
+    <w:p w14:paraId="61EDF196" w14:textId="1A445651" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1975714040"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction5"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 5</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="291"/>
+    </w:p>
+    <w:p w14:paraId="0059F38B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="1612938166"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="292" w:name="Session8_Part6"/>
+      <w:bookmarkEnd w:id="292"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E0CC21" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1612938166"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C03BD0B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="530994589"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="293" w:name="Session8_Question6"/>
+      <w:bookmarkEnd w:id="293"/>
+      <w:r>
+        <w:t>Choose the correct answer for the following question: ‘¿</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Dónde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabajas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>?’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667839E6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1612938166"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5215FB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="145435407"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a) Es dentista</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41220777" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1796019993"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>b) En un supermercado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51852C6F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="836922251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c) No </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>estoy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>jubilada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkStart w:id="294" w:name="View_Session8_Interaction6"/>
+    <w:p w14:paraId="7D066DBF" w14:textId="288175EB" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1612938166"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction6"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 6</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="294"/>
+    </w:p>
+    <w:p w14:paraId="7AAD26E7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="872040501"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="295" w:name="Session8_Part7"/>
+      <w:bookmarkEnd w:id="295"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBA691F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="872040501"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5FB82F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="746998714"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="296" w:name="Session8_Question7"/>
+      <w:bookmarkEnd w:id="296"/>
+      <w:r>
+        <w:t xml:space="preserve">Choose the correct question for the following answer: ‘No </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabajo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>estoy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>desempleado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C29A876" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="872040501"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553071FC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1319504997"/>
+      </w:pPr>
+      <w:r>
+        <w:t>¿</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Cómo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>te</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> llamas?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E91B673" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="463280825"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">¿De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dónde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>usted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771134D0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1090397068"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c) ¿En </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>qué</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabajas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="297" w:name="View_Session8_Interaction7"/>
+    <w:p w14:paraId="6A240400" w14:textId="068059E9" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="872040501"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction7"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 7</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="297"/>
+    </w:p>
+    <w:p w14:paraId="02BA5855" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="1616057030"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="298" w:name="Session8_Part8"/>
+      <w:bookmarkEnd w:id="298"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DB70AC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1616057030"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7E4E61" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="804349535"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="299" w:name="Session8_Question8"/>
+      <w:bookmarkEnd w:id="299"/>
+      <w:r>
+        <w:t>Choose the appropriate verb to complete the sentence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A91AC30" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="804349535"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Soy barrendera. …la calle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41879C2F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1616057030"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7F7C89" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2006475400"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>a) trabajo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D955DB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="490873414"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>b) barro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BF9457" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1903952618"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>c) vivo</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="300" w:name="View_Session8_Interaction8"/>
+    <w:p w14:paraId="1BAAA905" w14:textId="19C24B3F" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1616057030"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction8"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 8</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="300"/>
+    </w:p>
+    <w:p w14:paraId="7D22EF5E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="1804809204"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="301" w:name="Session8_Part9"/>
+      <w:bookmarkEnd w:id="301"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4045DF16" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1804809204"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538C253C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1097168244"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="302" w:name="Session8_Question9"/>
+      <w:bookmarkEnd w:id="302"/>
+      <w:r>
+        <w:t>Complete the following sentence with the appropriate verb.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427D4B42" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1097168244"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Soy estudiante y …a la escuela en autobús.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBD025C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1097168244"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>trabajo – voy – vivo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D106606" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1804809204"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7926F5E1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="296185990"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="303" w:name="Session8_FreeResponse3"/>
+      <w:bookmarkEnd w:id="303"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Provide your answer... </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="304" w:name="View_Session8_Answer3"/>
+    <w:p w14:paraId="66B3A2C3" w14:textId="0F0F22E6" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="1804809204"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Answer3"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 9</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="304"/>
+    </w:p>
+    <w:p w14:paraId="1477ED95" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="148905430"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="305" w:name="Session8_Part10"/>
+      <w:bookmarkEnd w:id="305"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E21F54" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="148905430"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D8CE2F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="688680486"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="306" w:name="Session8_Question10"/>
+      <w:bookmarkEnd w:id="306"/>
+      <w:r>
+        <w:t xml:space="preserve">There are several words used in the Hispanic world to refer to a ‘bus’. Which of the following words are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> appropriate? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506A8D6E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="148905430"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C0A32F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1493176194"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>guagua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5340FCF8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1840003682"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7F358716" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1698693952"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>autobús</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="438C64C2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1075130400"/>
+      </w:pPr>
+      <w:r>
+        <w:t>micro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C02336D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1503817895"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tranvía</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7B7BCB57" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1410347186"/>
+      </w:pPr>
+      <w:r>
+        <w:t>colectivo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5734B46D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="560600649"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>omnibús</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1BFAA220" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1791702080"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>camión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkStart w:id="307" w:name="View_Session8_Interaction10"/>
+    <w:p w14:paraId="792A6802" w14:textId="756C1A00" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="navbutton"/>
+        <w:divId w:val="148905430"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session8_Interaction10"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>View answer - Question 10</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="307"/>
+    </w:p>
+    <w:p w14:paraId="6AE51261" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="1796563941"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="308" w:name="Session8_Part11"/>
+      <w:bookmarkEnd w:id="308"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Question 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70FF049A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1796563941"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>Start of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02608168" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="860897961"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="309" w:name="Session8_Question11"/>
+      <w:bookmarkEnd w:id="309"/>
+      <w:r>
+        <w:t>Complete the following sentence with the appropriate conjugation on the verbs in the ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>’ form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B513731" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="860897961"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(Ser)… médico y (trabajar)…en un hospital. (Ir)…al trabajo en coche.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BF266D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1796563941"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+        <w:t>End of Question</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1131E2FD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="1926378876"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="310" w:name="Session8_FreeResponse4"/>
+      <w:bookmarkEnd w:id="310"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide your answer... </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:id="311" w:name="View_Session8_Answer4"/>
-    <w:p w14:paraId="2FDB107B" w14:textId="5CDD3EE6" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="41DDD103" w14:textId="1A5B61E7" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="navbutton"/>
-        <w:divId w:val="1686709436"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:divId w:val="1796563941"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Answer4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>View answer - Question 11</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="311"/>
     </w:p>
-    <w:p w14:paraId="0214106F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="676733759"/>
+    <w:p w14:paraId="75A83667" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1762483389"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28FE11B1" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="066C90AC" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FC0FE6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="09534DF5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="948317759"/>
+        <w:divId w:val="1789858880"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="312" w:name="Session9"/>
       <w:bookmarkEnd w:id="312"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFAA753" w14:textId="48BF16C2" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="948317759"/>
+    <w:p w14:paraId="5BE27396" w14:textId="6A650607" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1789858880"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We hope you enjoyed this short taster course. You should now have some understanding about the present tense verb forms in Spanish and how to say what you do for a living. Now that you have learned about the richness of regional expressions, you may wish to progress your learning further by following The Open University’s beginners’ Spanish module (30 credits): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">L106: </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Emphasis"/>
             <w:color w:val="143748"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Introduction to Spanish studies (beginners)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDD06F9" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="4DC04A48" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7059D398" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5AEE65F0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1990550540"/>
+        <w:divId w:val="736368173"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="313" w:name="Session10"/>
       <w:bookmarkEnd w:id="313"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Acknowledgements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41176AE6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1990550540"/>
+    <w:p w14:paraId="06C9A09A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This free course was written by the L106 course team. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6CDCFC" w14:textId="4744A8F4" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1990550540"/>
+    <w:p w14:paraId="0022E374" w14:textId="6E14E8A1" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Except for third party materials and otherwise stated (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>terms and conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">), this content is made available under a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Creative Commons Attribution-NonCommercial-ShareAlike 4.0 Licence</w:t>
+          <w:t>Creative Commons Attribution-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NonCommercial</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ShareAlike</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 4.0 Licence</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D668ACE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1990550540"/>
+    <w:p w14:paraId="557C92C2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The material acknowledged below is Proprietary and used under licence (not subject to Creative Commons Licence). Grateful acknowledgement is made to the following sources for permission to reproduce material in this free course: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E80A2E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...9 lines deleted...]
-        <w:divId w:val="1990550540"/>
+    <w:p w14:paraId="27171078" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Course image: Radub85 | </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Dreamstime</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3ADF945A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
       </w:pPr>
       <w:r>
         <w:t>Section 1 Professions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C91643" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2E4B027C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1990550540"/>
+        <w:divId w:val="736368173"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mónica Ojeda, escritora: image: Rodrigo Fernández / Wikipedia. </w:t>
+        <w:t xml:space="preserve">Mónica Ojeda, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>escritora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: image: Rodrigo Fernández / Wikipedia. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">https://creativecommons.org/licenses/by-sa/4.0/deed.en https://en.wikipedia.org/wiki/M%C3%B3nica_Ojeda </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5467B36C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0EAB14F5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1990550540"/>
+        <w:divId w:val="736368173"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Claudia Llosa, directora: image: Festival Internacional de Cine en Guadalajara, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Claudia Llosa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:t>directora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: image: Festival Internacional de Cine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Guadalajara, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">https://creativecommons.org/licenses/by/2.0/deed.en (CC BY 2.0) https://en.wikipedia.org/wiki/Claudia_Llosa </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="295B2115" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>https://creativecommons.org/licenses/by/2.0/dee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">d.en (CC BY 2.0) https://en.wikipedia.org/wiki/Claudia_Llosa </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544FC089" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="1990550540"/>
+        <w:divId w:val="736368173"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eduardo Galeano, escritor: image: DONOSTIA KULTURA / Flickr. </w:t>
+        <w:t xml:space="preserve">Eduardo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Galeano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>escritor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: image: DONOSTIA KULTURA / Flickr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">https://creativecommons.org/licenses/by-sa/2.0/ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2810FD38" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...33 lines deleted...]
-        <w:divId w:val="1990550540"/>
+    <w:p w14:paraId="129A3731" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section 2 Understanding professions: image: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>FatCamera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> / Getty Images Plus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41440A19" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section 3 Saying what you do - practice: image: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fortgens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Photography / iStock</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A443CDE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section 4 Verbs for jobs: image: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>lechatnoir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> / Getty Images</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DFFE0B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section 5 En </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>chiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>guagua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Regional variations in vocabulary: image: anamejia18 / iStock Editorial / Getty Images Plus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A21CD53" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Every effort has been made to contact copyright owners. If any have been inadvertently overlooked, the publishers will be pleased to make the necessary arrangements at the first opportunity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="540C6D29" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1990550540"/>
+    <w:p w14:paraId="2DCEE77C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Don't miss out</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC4B181" w14:textId="4C3AC753" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1990550540"/>
+    <w:p w14:paraId="75933CF6" w14:textId="6B4D9723" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="736368173"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If reading this text has inspired you to learn more, you may be interested in joining the millions of people who discover our free learning resources and qualifications by visiting The Open University – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.open.edu/openlearn/free-courses</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB356B8" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="30437A88" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3717C606" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="29140D4F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="314" w:name="Solutions1"/>
       <w:bookmarkEnd w:id="314"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Solutions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261497C4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="014F66C5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0F0DE5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5E264997" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="400174810"/>
+        <w:divId w:val="1834376000"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="315" w:name="Session2_Answer1"/>
       <w:bookmarkEnd w:id="315"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F950645" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="400174810"/>
+    <w:p w14:paraId="7DE1FE45" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1834376000"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2622"/>
         <w:gridCol w:w="2771"/>
         <w:gridCol w:w="2919"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="390892C0" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="4DA2A008" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1022705429"/>
+          <w:divId w:val="1012028091"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="131E7D7B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="61E48F41" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:bookmarkStart w:id="316" w:name="Session2_Table2"/>
             <w:bookmarkEnd w:id="316"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13C08744" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1858A9ED" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C11FC4A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1C7B9F80" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="02C7E739" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="4948EE51" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1022705429"/>
+          <w:divId w:val="1012028091"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18F2B0DC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="72E22506" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>singer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3177AAFC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="68B35A61" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>cantante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56E74ED3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="439F172D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>cantante</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="3710ADA2" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="1DE479E7" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1022705429"/>
+          <w:divId w:val="1012028091"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49FE1EC4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0DEB7285" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>writer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34EF33BA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1C950AAC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>escritor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57A02DFA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1CC71E5C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>escritora</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="0A1E673B" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="3E35DCD4" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1022705429"/>
+          <w:divId w:val="1012028091"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15E1E337" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="61255B86" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>director</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15D673C6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7134FDE4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>director</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F242EA5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="18FD0858" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>directora</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="1CA8A2FF" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="681D725F" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1022705429"/>
+          <w:divId w:val="1012028091"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B6AFC81" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="33658815" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>actor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6265B1EF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="59226A04" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>actor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72680C31" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1849F3DF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>actriz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C81D965" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="400174810"/>
+    <w:p w14:paraId="4CB9A7D6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1834376000"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="317" w:name="Back_To_Session2_Activity2"/>
-    <w:p w14:paraId="6C7DB97A" w14:textId="6C946295" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0968AA37" w14:textId="57068291" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="400174810"/>
+        <w:divId w:val="1834376000"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Activity2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Paso B</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="317"/>
     </w:p>
-    <w:p w14:paraId="2E416998" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0F56C1EC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> C </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7CB1D4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0E5A2838" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1921065486"/>
+        <w:divId w:val="1153596748"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="318" w:name="Session2_Answer2"/>
       <w:bookmarkEnd w:id="318"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BEE20A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1921065486"/>
+    <w:p w14:paraId="33C5A9A3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1153596748"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4156"/>
         <w:gridCol w:w="4156"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="6B9EE450" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="00087545" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="500195778"/>
+          <w:divId w:val="1763187055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25F2732D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="41099C05" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="319" w:name="Session2_Table4"/>
             <w:bookmarkEnd w:id="319"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61393B25" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="28B3426F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="1F42AC67" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="27B2A5A0" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="500195778"/>
+          <w:divId w:val="1763187055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49A9C427" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5F877C7B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el pintor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10D6E603" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6BBF5F29" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la pintora</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="4790E455" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="584F892D" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="500195778"/>
+          <w:divId w:val="1763187055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC9E71" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0B88BD2D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el secretario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39B749A4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="17CE16DB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la secretaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="5F8BA991" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="28F6837B" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="500195778"/>
+          <w:divId w:val="1763187055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C945CDC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7E4E7755" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>el recepcionista</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02BB1E72" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2344FEFA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la recepcionista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="43BDFFF4" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="15AD00FF" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="500195778"/>
+          <w:divId w:val="1763187055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BF51BB0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="141EC42D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el estudiante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5533EAA8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7B58B88D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la estudiante</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="5B2557FA" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="635DE735" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="500195778"/>
+          <w:divId w:val="1763187055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B111412" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="290BEF36" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el camarero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="093BEDFA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="49E4A36A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la camarera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="5065640C" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="5530C37D" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="500195778"/>
+          <w:divId w:val="1763187055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42ACE896" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="247BC3F5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el repartidor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E63A95E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3B195077" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la repartidora</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CBC0596" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1921065486"/>
+    <w:p w14:paraId="4AC87F95" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1153596748"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="320" w:name="Back_To_Session2_Activity3"/>
-    <w:p w14:paraId="342F348B" w14:textId="1E02C945" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="08D3438F" w14:textId="02F13ADE" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1921065486"/>
+        <w:divId w:val="1153596748"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Activity3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Paso C</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="320"/>
     </w:p>
-    <w:p w14:paraId="11FF854D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2BD382EB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A9956B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6C522D29" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED5F76D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="279B7C27" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="163015046"/>
+        <w:divId w:val="192153296"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="321" w:name="Session2_Answer3"/>
       <w:bookmarkEnd w:id="321"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4181C400" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="163015046"/>
+    <w:p w14:paraId="12F69A32" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="192153296"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>verb stem</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the part of the verb that is common to all verb forms, the part that is left when the endings are removed, e.g., </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>habl-</w:t>
+        <w:t>habl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="322" w:name="Back_To_Session2_Part1"/>
-    <w:p w14:paraId="2A48FEB5" w14:textId="05E9B1D7" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="19862238" w14:textId="5A9D946C" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="163015046"/>
+        <w:divId w:val="192153296"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Part1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="322"/>
     </w:p>
-    <w:p w14:paraId="4D601CE7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="49DB7EB5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B4197C4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0498C0B9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1830246515"/>
+        <w:divId w:val="1531869166"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="323" w:name="Session2_Answer4"/>
       <w:bookmarkEnd w:id="323"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E682FD8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1830246515"/>
+    <w:p w14:paraId="732619F3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1531869166"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>verb ending</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the part of the verb added to the stem that designates the person and number (‘number’ means whether singular or plural), e.g. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
@@ -21914,4898 +23185,4990 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>as, -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>﻿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="324" w:name="Back_To_Session2_Part2"/>
-    <w:p w14:paraId="1E002BD7" w14:textId="6D2415D1" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="17BE6795" w14:textId="725C5425" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1830246515"/>
+        <w:divId w:val="1531869166"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Part2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="324"/>
     </w:p>
-    <w:p w14:paraId="079E9DB1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7E986C9B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1446D2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="388B8054" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1518499763"/>
+        <w:divId w:val="415516693"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="325" w:name="Session2_Answer5"/>
       <w:bookmarkEnd w:id="325"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EDD6FC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1518499763"/>
+    <w:p w14:paraId="5AC6E078" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="415516693"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>To conjugate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a verb is to create the adequate verb form according to the person and number. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="326" w:name="Back_To_Session2_Part3"/>
-    <w:p w14:paraId="565D3C37" w14:textId="7B7D3A26" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1A9E4026" w14:textId="741C1A51" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1518499763"/>
+        <w:divId w:val="415516693"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session2_Part3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="326"/>
     </w:p>
-    <w:p w14:paraId="51DBEC6F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="440FC281" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D0A5216" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2BA59A64" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFC0830" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0B20CBC4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1173883422"/>
+        <w:divId w:val="1949777784"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="327" w:name="Session3_Answer1"/>
       <w:bookmarkEnd w:id="327"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D2C605" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1173883422"/>
+    <w:p w14:paraId="0435E517" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1949777784"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>¿En qué trabaja?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="328" w:name="Back_To_Session3_Part2"/>
-    <w:p w14:paraId="7B038A93" w14:textId="58062503" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="22A25064" w14:textId="53FB3D10" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1173883422"/>
+        <w:divId w:val="1949777784"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="328"/>
     </w:p>
-    <w:p w14:paraId="51E824A9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="47F2C62C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D33997" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="47A96884" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="724841686"/>
+        <w:divId w:val="1966542133"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="329" w:name="Session3_Answer2"/>
       <w:bookmarkEnd w:id="329"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5539A9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="724841686"/>
+    <w:p w14:paraId="491B6452" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1966542133"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>¿Trabajas o estudias?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="330" w:name="Back_To_Session3_Part3"/>
-    <w:p w14:paraId="7391E022" w14:textId="4E2B0D33" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3AE48BDC" w14:textId="218D831A" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="724841686"/>
+        <w:divId w:val="1966542133"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="330"/>
     </w:p>
-    <w:p w14:paraId="3E506D17" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6CD64A3D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E75E532" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="73EB05C3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE680D5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1A48F092" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="36899820"/>
+        <w:divId w:val="1087389578"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="331" w:name="Session3_Interaction3"/>
       <w:bookmarkEnd w:id="331"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54E96B21" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7B41C5B6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="36899820"/>
+        <w:divId w:val="1087389578"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BFC5A7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="72555467"/>
+    <w:p w14:paraId="254ACB8F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="737438675"/>
       </w:pPr>
       <w:r>
         <w:t>ama de casa (housewife)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0E6A63" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...47 lines deleted...]
-    <w:p w14:paraId="557A1A6B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="416FEAEA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="627905148"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>barrendero</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/a (road sweeper)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D93F529" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1038549143"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>catedrático</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">/a de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>universidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (university professor)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30312426" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="677315236"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>estudiante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6844A230" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1666669866"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>parado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/a (unemployed)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0F0A38" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="697662887"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>profesor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">/a de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>música</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (music teacher)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5807C6B5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="618141912"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sacerdote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (priest)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5EE8B8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="36899820"/>
+        <w:divId w:val="1087389578"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485452B0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...20 lines deleted...]
-        <w:t>taxista (taxi driver)</w:t>
+    <w:p w14:paraId="7D12A1F3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="844779946"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>jubilado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/a (retired person)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDBCF94" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="277880020"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pensionista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (pensioner)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B7349C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="252588667"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>taxista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (taxi driver)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="332" w:name="Back_To_Session3_Part4"/>
-    <w:p w14:paraId="22F69DAF" w14:textId="4072993E" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4C6A2853" w14:textId="7BC17C17" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="36899820"/>
+        <w:divId w:val="1087389578"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session3_Part4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="332"/>
     </w:p>
-    <w:p w14:paraId="6A0BFA52" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1F99E853" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688F1206" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6E726867" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B36225" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="361C36B9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1467508743"/>
+        <w:divId w:val="608970572"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="333" w:name="Session4_Answer1"/>
       <w:bookmarkEnd w:id="333"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C909D9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1467508743"/>
+    <w:p w14:paraId="736C220F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="608970572"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy camarero. Trabajo en una cafetería. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="334" w:name="Back_To_Session4_Part2"/>
-    <w:p w14:paraId="728B8C97" w14:textId="67BB77D1" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="166384E6" w14:textId="45F0AE42" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1467508743"/>
+        <w:divId w:val="608970572"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="334"/>
     </w:p>
-    <w:p w14:paraId="6E9D76FC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="02EE3151" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EAA4BF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="06E6A807" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1978490851"/>
+        <w:divId w:val="437607947"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="335" w:name="Session4_Answer2"/>
       <w:bookmarkEnd w:id="335"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29BF0F53" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1978490851"/>
+    <w:p w14:paraId="59C8BF7A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="437607947"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy gerente. Trabajo en un banco. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="336" w:name="Back_To_Session4_Part3"/>
-    <w:p w14:paraId="21BBB820" w14:textId="66E767F0" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="05669F3B" w14:textId="0ED352ED" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1978490851"/>
+        <w:divId w:val="437607947"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="336"/>
     </w:p>
-    <w:p w14:paraId="3993565A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4CF73E8C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64649369" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="44276FD4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="599530199"/>
+        <w:divId w:val="1604075242"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="337" w:name="Session4_Answer3"/>
       <w:bookmarkEnd w:id="337"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0177FF63" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="599530199"/>
+    <w:p w14:paraId="37F9F23B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1604075242"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy dependiente. Trabajo en un supermercado. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="338" w:name="Back_To_Session4_Part4"/>
-    <w:p w14:paraId="738D1D14" w14:textId="52A3AC00" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0ACE8F96" w14:textId="0FE1FDD5" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="599530199"/>
+        <w:divId w:val="1604075242"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="338"/>
     </w:p>
-    <w:p w14:paraId="07A1773D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="31673247" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58681EA0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5F009DE4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="883760771"/>
+        <w:divId w:val="611324515"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="339" w:name="Session4_Answer4"/>
       <w:bookmarkEnd w:id="339"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6BB432" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="883760771"/>
+    <w:p w14:paraId="35B61456" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="611324515"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy psicóloga. Trabajo en una clínica infantil. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="340" w:name="Back_To_Session4_Part5"/>
-    <w:p w14:paraId="17ECB45D" w14:textId="1B041248" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2536FF49" w14:textId="395200E3" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="883760771"/>
+        <w:divId w:val="611324515"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="340"/>
     </w:p>
-    <w:p w14:paraId="6ED01139" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="49EC5767" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F31B5D0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0AE1F9FD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="458912758"/>
+        <w:divId w:val="1635601872"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="341" w:name="Session4_Answer5"/>
       <w:bookmarkEnd w:id="341"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7118BB02" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="458912758"/>
+    <w:p w14:paraId="1A402426" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1635601872"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Soy administrativo. Trabajo en una oficina. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="342" w:name="Back_To_Session4_Part6"/>
-    <w:p w14:paraId="5CCB42BF" w14:textId="39613712" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="29B772FD" w14:textId="77D2EA9F" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="458912758"/>
+        <w:divId w:val="1635601872"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="342"/>
     </w:p>
-    <w:p w14:paraId="7CCC7F83" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7DC31BB0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C44B488" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="410A2F97" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1048191603"/>
+        <w:divId w:val="1383824838"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="343" w:name="Session4_Answer6"/>
       <w:bookmarkEnd w:id="343"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CEADA3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1048191603"/>
+    <w:p w14:paraId="3ED0890D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1383824838"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Soy electricista. Trabajo en una fábrica.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="344" w:name="Back_To_Session4_Part7"/>
-    <w:p w14:paraId="4DE7ECBA" w14:textId="38F74613" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="61267F5A" w14:textId="7DB63C18" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1048191603"/>
+        <w:divId w:val="1383824838"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Part7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="344"/>
     </w:p>
-    <w:p w14:paraId="55718359" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1CF0926A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> D </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC8CDC3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="542DA381" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1197543290"/>
+        <w:divId w:val="930162195"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="345" w:name="Session4_Answer7"/>
       <w:bookmarkEnd w:id="345"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788AA946" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1197543290"/>
+    <w:p w14:paraId="75E67223" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="930162195"/>
       </w:pPr>
       <w:r>
         <w:t>Here is the table with the words in the right order.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8CD0F2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1197543290"/>
+    <w:p w14:paraId="24B5A699" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="930162195"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3719"/>
         <w:gridCol w:w="1829"/>
         <w:gridCol w:w="2764"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="0714B1F8" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="7CFFAF1C" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1216432819"/>
+          <w:divId w:val="723985192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0738D11F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="67C4F50D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="346" w:name="Session4_Table3"/>
             <w:bookmarkEnd w:id="346"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el barrendero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29BB59D2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="09F9D9C7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>barrer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="137192AD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="512469E7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la calle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="18B0911A" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="748CBE51" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1216432819"/>
+          <w:divId w:val="723985192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FFC36A2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="77EDD076" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el pianista</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49C8BFE4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="7963327A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>tocar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35765BE8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6D947D03" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el piano</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="4A9E7A00" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="41188B6C" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1216432819"/>
+          <w:divId w:val="723985192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48BB404D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="566E2EB9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el repartidor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="529EAA1B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5C034E71" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>entregar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BF0A95F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="05E519B9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>pizzas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="604914AE" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="7490F589" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1216432819"/>
+          <w:divId w:val="723985192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CBB3FB2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="65A9976F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el escritor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76876681" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="36235810" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>escribir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="437450B5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="04F63662" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>libros</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="32D0AE46" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="31E68D13" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1216432819"/>
+          <w:divId w:val="723985192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EAB4ABF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="782881DA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el estudiante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C5F8509" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="450A766A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>aprender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="377F89A7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3D6DA1D7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el vocabulario</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="38052A01" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="029D580C" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1216432819"/>
+          <w:divId w:val="723985192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ABA8EC5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="74BECED1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el diseñador gráfico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3203DF27" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="57111B9D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>editar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5994AEDD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="465D4142" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la página web</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39293A69" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1197543290"/>
+    <w:p w14:paraId="69477A61" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="930162195"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="347" w:name="Back_To_Session4_Activity4"/>
-    <w:p w14:paraId="7DB2A402" w14:textId="108B73E9" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="762EDA04" w14:textId="4D8DC229" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1197543290"/>
+        <w:divId w:val="930162195"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session4_Activity4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Paso D</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="347"/>
     </w:p>
-    <w:p w14:paraId="494AE713" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7E6EC92E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598F919A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7B28E21E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="119761258"/>
+        <w:divId w:val="1325166805"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="348" w:name="Session5_Answer1"/>
       <w:bookmarkEnd w:id="348"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D1A8A5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6A779534" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="119761258"/>
+        <w:divId w:val="1325166805"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El barrendero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>barre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> la calle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3FAAC4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="08A3D2EC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="119761258"/>
+        <w:divId w:val="1325166805"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El escritor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>escribe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> libros.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E86FF8A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0FDF51D9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="119761258"/>
+        <w:divId w:val="1325166805"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El repartidor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>entrega</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> pizzas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C061EE9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0553A875" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="119761258"/>
+        <w:divId w:val="1325166805"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El estudiante </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>aprende</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> el vocabulario.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51DC98F3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="757253F0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="119761258"/>
+        <w:divId w:val="1325166805"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El pianista </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>toca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> el piano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E486FC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3E0B0A4F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="1500" w:right="780"/>
-        <w:divId w:val="119761258"/>
+        <w:divId w:val="1325166805"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El diseñador gráfico </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>edita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> la página web.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="349" w:name="Back_To_Session5_Activity1"/>
-    <w:p w14:paraId="581B29D1" w14:textId="2F6609B9" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="489756BC" w14:textId="2530C5FC" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="119761258"/>
+        <w:divId w:val="1325166805"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Activity1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Paso A</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="349"/>
     </w:p>
-    <w:p w14:paraId="25202094" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="70E7428F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> C </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8E8596" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="72F1671A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A7B1B1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="320D33BA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="608049736"/>
+        <w:divId w:val="1168442842"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="350" w:name="Session5_Answer2"/>
       <w:bookmarkEnd w:id="350"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5658CA36" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="608049736"/>
+    <w:p w14:paraId="3F8633F9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1168442842"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">¿Dónde </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> usted?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27525D93" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="608049736"/>
+    <w:p w14:paraId="1A84A349" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1168442842"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(yo) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Vivo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en Londres.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="351" w:name="Back_To_Session5_Part10"/>
-    <w:p w14:paraId="1DDC8FB8" w14:textId="5DF5D088" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6D78FA76" w14:textId="1ABAA78F" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="608049736"/>
+        <w:divId w:val="1168442842"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part10"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="351"/>
     </w:p>
-    <w:p w14:paraId="31824BFA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="552D83FE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA99042" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4E2D7C51" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1535314773"/>
+        <w:divId w:val="263072332"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="352" w:name="Session5_Answer3"/>
       <w:bookmarkEnd w:id="352"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A101707" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1535314773"/>
+    <w:p w14:paraId="42070F7C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="263072332"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">¿Tú </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vives</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en Inglaterra, no?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56506CD7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1535314773"/>
+    <w:p w14:paraId="23E9DCA5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="263072332"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">No, (yo) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vivo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en Escocia.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="353" w:name="Back_To_Session5_Part11"/>
-    <w:p w14:paraId="666C5356" w14:textId="3449ECDD" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5DC25C30" w14:textId="347D7861" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1535314773"/>
+        <w:divId w:val="263072332"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part11"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="353"/>
     </w:p>
-    <w:p w14:paraId="64C60546" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="04578AC3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC53203" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2D730ED7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1024330277"/>
+        <w:divId w:val="817235220"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="354" w:name="Session5_Answer4"/>
       <w:bookmarkEnd w:id="354"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771C5FEC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1024330277"/>
+    <w:p w14:paraId="320D2A32" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="817235220"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Alberto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en Barcelona.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1698E1D7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1024330277"/>
+    <w:p w14:paraId="3E187CB5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="817235220"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">No, Alberto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en Alicante.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="355" w:name="Back_To_Session5_Part12"/>
-    <w:p w14:paraId="021CA763" w14:textId="0A413728" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4C74FC9A" w14:textId="29B9DAA7" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1024330277"/>
+        <w:divId w:val="817235220"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part12"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="355"/>
     </w:p>
-    <w:p w14:paraId="204E2FDF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3F0B7969" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> D </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="728F4C9C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="363D8657" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E7B0244" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="71577F3C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="2021857337"/>
+        <w:divId w:val="552355021"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="356" w:name="Session5_Interaction11"/>
       <w:bookmarkEnd w:id="356"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5012E5CF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="44B91383" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2021857337"/>
+        <w:divId w:val="552355021"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000720D4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1187793899"/>
+    <w:p w14:paraId="0B2E6607" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1408723136"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C830456" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0E0CE16E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2021857337"/>
+        <w:divId w:val="552355021"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394A2E3C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="51736580"/>
+    <w:p w14:paraId="1F30E5FF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1112168028"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="357" w:name="Back_To_Session5_Part14"/>
-    <w:p w14:paraId="6DDC96D9" w14:textId="1D51D7DE" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="31F4217C" w14:textId="0B93472B" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2021857337"/>
+        <w:divId w:val="552355021"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part14"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="357"/>
     </w:p>
-    <w:p w14:paraId="429407FB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7DB54E36" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4402F97B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2F86685A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1445418958"/>
+        <w:divId w:val="643857761"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="358" w:name="Session5_Interaction12"/>
       <w:bookmarkEnd w:id="358"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4129C098" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="525E0C8D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1445418958"/>
+        <w:divId w:val="643857761"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CE6A0C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1405295663"/>
+    <w:p w14:paraId="7D145E7A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="111900667"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC73E99" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="117965AF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1445418958"/>
+        <w:divId w:val="643857761"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB977AE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1176381778"/>
+    <w:p w14:paraId="793EABAF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="309989928"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="359" w:name="Back_To_Session5_Part15"/>
-    <w:p w14:paraId="3231310B" w14:textId="212492FE" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="744D52DB" w14:textId="4932EB77" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1445418958"/>
+        <w:divId w:val="643857761"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part15"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="359"/>
     </w:p>
-    <w:p w14:paraId="24333CE1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5570862E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CB33AF6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="58D87ED5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="2125805222"/>
+        <w:divId w:val="1578858335"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="360" w:name="Session5_Interaction13"/>
       <w:bookmarkEnd w:id="360"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E9C42F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="04868F58" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2125805222"/>
+        <w:divId w:val="1578858335"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D183097" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="215046905"/>
+    <w:p w14:paraId="3935CDE7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="497236133"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640CF1D0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6028F3D4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2125805222"/>
+        <w:divId w:val="1578858335"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA5940C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="951597517"/>
+    <w:p w14:paraId="1E1EEED9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1028798664"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="361" w:name="Back_To_Session5_Part16"/>
-    <w:p w14:paraId="6E2D883E" w14:textId="73F499B2" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="23BDC4B7" w14:textId="319FD9AD" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2125805222"/>
+        <w:divId w:val="1578858335"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part16"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="361"/>
     </w:p>
-    <w:p w14:paraId="63D0A456" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="423057B4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563D7426" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="53A16935" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="80684468"/>
+        <w:divId w:val="1417941987"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="362" w:name="Session5_Interaction14"/>
       <w:bookmarkEnd w:id="362"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9DA7C8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="724E07C4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="80684468"/>
+        <w:divId w:val="1417941987"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513A4C31" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="500463895"/>
+    <w:p w14:paraId="368CF186" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="305555377"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4489D7E8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="581A7D51" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="80684468"/>
+        <w:divId w:val="1417941987"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772CAC87" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="444009816"/>
+    <w:p w14:paraId="0B466BE3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="298876258"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="363" w:name="Back_To_Session5_Part17"/>
-    <w:p w14:paraId="07E3C1AA" w14:textId="16CD54F1" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="27A5A6AD" w14:textId="5E0FA198" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="80684468"/>
+        <w:divId w:val="1417941987"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part17"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="363"/>
     </w:p>
-    <w:p w14:paraId="47894BBB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="18F81211" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792B2EE1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7FD9DA22" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1376587042"/>
+        <w:divId w:val="1498302263"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="364" w:name="Session5_Interaction15"/>
       <w:bookmarkEnd w:id="364"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B267CD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="639240E3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1376587042"/>
+        <w:divId w:val="1498302263"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F44D2E7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="124472504"/>
+    <w:p w14:paraId="7CD02C16" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1722627803"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5BC0EF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="59385036" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1376587042"/>
+        <w:divId w:val="1498302263"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31056292" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1589540060"/>
+    <w:p w14:paraId="606A0A25" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="76875302"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="365" w:name="Back_To_Session5_Part18"/>
-    <w:p w14:paraId="36A35B66" w14:textId="4EB13926" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5F14282C" w14:textId="152AEAAA" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1376587042"/>
+        <w:divId w:val="1498302263"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part18"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="365"/>
     </w:p>
-    <w:p w14:paraId="33F62229" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="23560E0E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04894B07" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="37660268" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="216165014"/>
+        <w:divId w:val="1172454214"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="366" w:name="Session5_Interaction16"/>
       <w:bookmarkEnd w:id="366"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220FEDA3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5F772905" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="216165014"/>
+        <w:divId w:val="1172454214"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581C527E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1650205601"/>
+    <w:p w14:paraId="796D8B77" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="646130572"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5195822A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7A8C4E96" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="216165014"/>
+        <w:divId w:val="1172454214"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FAF6FA7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1986008663"/>
+    <w:p w14:paraId="73AFC228" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="566116031"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="367" w:name="Back_To_Session5_Part19"/>
-    <w:p w14:paraId="385B572C" w14:textId="178F03F0" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="38B86780" w14:textId="4CEB85C9" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="216165014"/>
+        <w:divId w:val="1172454214"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part19"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="367"/>
     </w:p>
-    <w:p w14:paraId="232C166B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="156773CB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D64BBC5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3CD1E180" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="922957750"/>
+        <w:divId w:val="1023869365"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="368" w:name="Session5_Interaction17"/>
       <w:bookmarkEnd w:id="368"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C84578C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5AC4D286" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="922957750"/>
+        <w:divId w:val="1023869365"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1F6DC1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="617881193"/>
+    <w:p w14:paraId="4BCD5584" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="280190216"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>yo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC23B10" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1F5685F1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="922957750"/>
+        <w:divId w:val="1023869365"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3260A643" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="606960086"/>
+    <w:p w14:paraId="555D31FC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="704523245"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>él/ella/usted</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="369" w:name="Back_To_Session5_Part20"/>
-    <w:p w14:paraId="40D71CD3" w14:textId="7FEA5F8E" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="73537CAA" w14:textId="149D5789" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="922957750"/>
+        <w:divId w:val="1023869365"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session5_Part20"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="369"/>
     </w:p>
-    <w:p w14:paraId="1779A53E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="64E28A14" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C50627" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="61D81913" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1189DCB7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3A46D8C0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1650095508"/>
+        <w:divId w:val="327834362"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="370" w:name="Session6_Answer1"/>
       <w:bookmarkEnd w:id="370"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E50416" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1650095508"/>
+    <w:p w14:paraId="4AF61857" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="327834362"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En Chile, Saulo va a la universidad en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>micro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="371" w:name="Back_To_Session6_Part2"/>
-    <w:p w14:paraId="1CDAB542" w14:textId="2322780D" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5E108C3C" w14:textId="263D5CFC" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1650095508"/>
+        <w:divId w:val="327834362"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Part2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="371"/>
     </w:p>
-    <w:p w14:paraId="0D6862CC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3BE0B057" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A2D9F6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="35D9CB94" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1679499786"/>
+        <w:divId w:val="1363551482"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="372" w:name="Session6_Answer2"/>
       <w:bookmarkEnd w:id="372"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A90B8DE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1679499786"/>
+    <w:p w14:paraId="7F63BBA9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1363551482"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En Argentina, Pedro va a la biblioteca en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>colectivo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="373" w:name="Back_To_Session6_Part3"/>
-    <w:p w14:paraId="3D10D1EC" w14:textId="25A827CF" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="30234CDD" w14:textId="77F5AF21" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1679499786"/>
+        <w:divId w:val="1363551482"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Part3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="373"/>
     </w:p>
-    <w:p w14:paraId="49522A31" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="55488789" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7029835F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5A847706" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1975065490"/>
+        <w:divId w:val="349570572"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="374" w:name="Session6_Answer3"/>
       <w:bookmarkEnd w:id="374"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A1D118" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1975065490"/>
+    <w:p w14:paraId="26D6FC5F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="349570572"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En España, Juan va al trabajo en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>autobús</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="375" w:name="Back_To_Session6_Part4"/>
-    <w:p w14:paraId="71DF49AD" w14:textId="34436A33" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="209C7E2A" w14:textId="4EDC09F0" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1975065490"/>
+        <w:divId w:val="349570572"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Part4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="375"/>
     </w:p>
-    <w:p w14:paraId="1E1A6863" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2EA0C6D5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76235F39" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="68F8AE58" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="2019961279"/>
+        <w:divId w:val="2078359076"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="376" w:name="Session6_Answer4"/>
       <w:bookmarkEnd w:id="376"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="460915ED" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2019961279"/>
+    <w:p w14:paraId="2745656C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2078359076"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2661"/>
         <w:gridCol w:w="2318"/>
         <w:gridCol w:w="3333"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="47C40DCF" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="555002EE" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1693530412"/>
+          <w:divId w:val="2057922747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="659B07A0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2C50B8F3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:bookmarkStart w:id="377" w:name="Session6_Table2"/>
             <w:bookmarkEnd w:id="377"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07807FDC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2FD41E84" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>España</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67B5E2A0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="77A3786E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Chile</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="6F6D822C" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="17DC7C53" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1693530412"/>
+          <w:divId w:val="2057922747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47529770" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="798D3EBF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46888A57" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3AAD20DF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el autobús</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F2FFF99" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1ED2CBAD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la micro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="656ABEBB" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="269E25BA" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1693530412"/>
+          <w:divId w:val="2057922747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5727B9E9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="009A32C7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ticket office</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A13F716" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="369ABFBB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la taquilla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AFADFDB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="69BA2EB1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la boletería</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="0D4F206A" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="5B7BDAD7" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1693530412"/>
+          <w:divId w:val="2057922747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B23F488" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1C1A19DA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>car</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D68F520" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="305E8C66" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el coche</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E909FCB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="363CF47B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el carro, el auto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="772682C6" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="7423C703" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1693530412"/>
+          <w:divId w:val="2057922747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F9B4B1D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="398740E0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bus stop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="739D71BF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="14D091E4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la parada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A21A0E6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="20799A5E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>el paradero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B73E370" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2019961279"/>
+    <w:p w14:paraId="1B96A724" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2078359076"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E8FCC1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="2019961279"/>
+    <w:p w14:paraId="7D96DD07" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2078359076"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bear in mind that some of these terms may be used in several countries or regions. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="378" w:name="Back_To_Session6_Activity2"/>
-    <w:p w14:paraId="50355360" w14:textId="7B6F484D" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1FAA444A" w14:textId="730B6DA9" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2019961279"/>
+        <w:divId w:val="2078359076"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session6_Activity2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Paso B</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="378"/>
     </w:p>
-    <w:p w14:paraId="28CC6CDB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="620A9057" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4578E560" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4A50420E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A046938" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0402F4DF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1450514433"/>
+        <w:divId w:val="1029335207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="379" w:name="Session7_Interaction1"/>
       <w:bookmarkEnd w:id="379"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26455EEA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0078C411" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1450514433"/>
+        <w:divId w:val="1029335207"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E56FB1E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="681932461"/>
+    <w:p w14:paraId="3406645E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="2094664926"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79EC8C01" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="744539B8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1450514433"/>
+        <w:divId w:val="1029335207"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C407F7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="68121443"/>
+    <w:p w14:paraId="1EC44FCE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="495996598"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="380" w:name="Back_To_Session7_Part2"/>
-    <w:p w14:paraId="35723D1D" w14:textId="5B325869" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6C3648C2" w14:textId="520DED05" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1450514433"/>
+        <w:divId w:val="1029335207"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_Part2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="380"/>
     </w:p>
-    <w:p w14:paraId="7A9F45B8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="799219C8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B429FED" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="74F40FA7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="322707794"/>
+        <w:divId w:val="1868250324"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="381" w:name="Session7_Interaction2"/>
       <w:bookmarkEnd w:id="381"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55FE1925" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="52097F90" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="322707794"/>
+        <w:divId w:val="1868250324"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10177650" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1944653403"/>
+    <w:p w14:paraId="516FA7EE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="151871147"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2294AE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="438A2F86" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="322707794"/>
+        <w:divId w:val="1868250324"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Feedback</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAECB34" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="322707794"/>
+    <w:p w14:paraId="274E0E42" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1868250324"/>
       </w:pPr>
       <w:r>
         <w:t>Many larger dictionaries have full sentences as examples. Many examples, however, consist of phrases/incomplete sentences.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B64442" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7885C700" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="322707794"/>
+        <w:divId w:val="1868250324"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036584ED" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1225217801"/>
+    <w:p w14:paraId="3F3040B6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1546134673"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="382" w:name="Back_To_Session7_Part3"/>
-    <w:p w14:paraId="68A92FC4" w14:textId="4CDF54E3" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="392F6DBE" w14:textId="35DF1098" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="322707794"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:divId w:val="1868250324"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_Part3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="382"/>
     </w:p>
-    <w:p w14:paraId="3D9A70D5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6B91F3E1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E7742B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5945E11E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="551188800"/>
+        <w:divId w:val="883562449"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="383" w:name="Session7_Interaction3"/>
       <w:bookmarkEnd w:id="383"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126078D4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="68DA28C4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="551188800"/>
+        <w:divId w:val="883562449"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A082360" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1744139031"/>
+    <w:p w14:paraId="145AE47C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="730730962"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4541E2DB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7DFC377E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="551188800"/>
+        <w:divId w:val="883562449"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA8C241" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1752695005"/>
+    <w:p w14:paraId="4FE9E3CB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1073048812"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="384" w:name="Back_To_Session7_Part4"/>
-    <w:p w14:paraId="6430F128" w14:textId="4E807D76" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5AD4C8DF" w14:textId="3814D88E" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="551188800"/>
+        <w:divId w:val="883562449"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_Part4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Part</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="384"/>
     </w:p>
-    <w:p w14:paraId="44A0788D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="302B02F5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Paso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B3D9E13" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7D1D32B6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="750586707"/>
+        <w:divId w:val="1214074213"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="385" w:name="Session7_Answer1"/>
       <w:bookmarkEnd w:id="385"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E62B79" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="750586707"/>
+    <w:p w14:paraId="642F7BC8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1214074213"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Start of Table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2304"/>
         <w:gridCol w:w="1913"/>
         <w:gridCol w:w="2078"/>
         <w:gridCol w:w="2017"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="708DBB83" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="629D259A" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1619483926"/>
+          <w:divId w:val="293828118"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A1EA25D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0CAC97AD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:bookmarkStart w:id="386" w:name="Session7_Table2"/>
             <w:bookmarkEnd w:id="386"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1447A8B9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="54439087" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>café</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C207A01" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="3F0C6C3A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>plaza</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24F54611" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5AA0B719" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>¡Hasta luego!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="59BAB817" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="73ED024F" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1619483926"/>
+          <w:divId w:val="293828118"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="085F796B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="41B877E3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Translation(s) of each sense/meaning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51C1B5D7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5CDC0B5E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. coffee</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F69ED3F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="00ACEF11" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. café or cafetería </w:t>
+              <w:t xml:space="preserve">2. café or </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cafetería</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DBF5231" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="055C1175" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. square </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FC10681" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="38166469" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2. market place</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B236180" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="4E16EA3E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3. job, post</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67602EC9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="60251BCC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4. (parking) place</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FEFB334" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="0AA841B2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>See you!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="13676C00" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="466835CC" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1619483926"/>
+          <w:divId w:val="293828118"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B354144" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="667E76D3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Examples and related expressions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7515B1A8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1CA16CAC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>un café con leche</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:br/>
               <w:t>a white coffee</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C4D5FDB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="77D2CB29" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>un café solo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">a black coffee </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F634F12" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="6CC8EB70" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>la plaza mayor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">the main square </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FDD1857" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="72FD1827" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>una plaza de toros</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">a bullring </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FFBA14B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="729482BB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>¡Hasta el viernes!</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> See you on Friday! </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD27D8" w14:paraId="3CF4E8D0" w14:textId="77777777">
+      <w:tr w:rsidR="00B841A1" w14:paraId="65836941" w14:textId="77777777">
         <w:trPr>
-          <w:divId w:val="1619483926"/>
+          <w:divId w:val="293828118"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01A706DC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="26E4A24F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Other information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FBEC4A4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="2C338A51" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>SUSTANTIVO, el</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> → masculine noun </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="548AB38D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="504E0231" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Plural: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>los cafés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="681703DC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="5BB6F78D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>SUSTANTIVO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>, la</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> → feminine noun </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55FBEE61" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+          <w:p w14:paraId="1543CFB1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Could be found under both headwords: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>hasta</w:t>
             </w:r>
@@ -26817,4455 +28180,5191 @@
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>luego</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A944AC8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="750586707"/>
+    <w:p w14:paraId="7D69C60A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1214074213"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>End of Table</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="387" w:name="Back_To_Session7_Activity2"/>
-    <w:p w14:paraId="46059E9E" w14:textId="60CF24F5" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5DDF6F42" w14:textId="0C8DD5A0" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="750586707"/>
+        <w:divId w:val="1214074213"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_Activity2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Paso B</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="387"/>
     </w:p>
-    <w:p w14:paraId="60A2E392" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5FBC1A1B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64013F83" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4E426390" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EEE7EE0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="63F25869" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="118183973"/>
+        <w:divId w:val="1045106052"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="388" w:name="Session8_Answer1"/>
       <w:bookmarkEnd w:id="388"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E861BA3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="118183973"/>
+    <w:p w14:paraId="6336B0D3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1045106052"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Roberto </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>trabaja</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> en una oficina. </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>una</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>oficina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="389" w:name="Back_To_Session8_Part1"/>
-    <w:p w14:paraId="39DF01E6" w14:textId="0C38474F" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="442A7215" w14:textId="3B52459B" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="118183973"/>
+        <w:divId w:val="1045106052"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 1</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="389"/>
     </w:p>
-    <w:p w14:paraId="3B58AB8C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2B676AE5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B9EF47" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="397C8FCF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="365957542"/>
+        <w:divId w:val="318272287"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="390" w:name="Session8_Answer2"/>
       <w:bookmarkEnd w:id="390"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1D5355" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="365957542"/>
+    <w:p w14:paraId="7AA5D003" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="318272287"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">trabajas – trabaja – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>trabajo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">; trabajas – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>trabaja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> – trabajo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4312A3DE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="4629FECC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="318272287"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>trabajo</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pero</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Mercedes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>trabaja</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> en la Universidad de Salamanca. </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> la Universidad de Salamanca. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="391" w:name="Back_To_Session8_Part2"/>
-    <w:p w14:paraId="3D255A22" w14:textId="1D023004" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5420ADC0" w14:textId="39779E89" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="365957542"/>
+        <w:divId w:val="318272287"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="391"/>
     </w:p>
-    <w:p w14:paraId="5CFFA610" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="04B69032" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56929A3D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6AC681CA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="62874799"/>
+        <w:divId w:val="434716947"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="392" w:name="Session8_Interaction3"/>
       <w:bookmarkEnd w:id="392"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5133FB9D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5C6E01FD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="62874799"/>
+        <w:divId w:val="434716947"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52488DA0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...7 lines deleted...]
-    <w:p w14:paraId="446E19ED" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="034F3E6D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="506481681"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c) Soy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>estudiante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="121A8436" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="62874799"/>
+        <w:divId w:val="434716947"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE57B07" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...13 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1E4ED055" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1230195341"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">a) Soy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>jubilada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="509B06A6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="722869464"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Trabajo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dentista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkStart w:id="393" w:name="Back_To_Session8_Part3"/>
-    <w:p w14:paraId="249BA781" w14:textId="24275FE7" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="665AE9DD" w14:textId="49826F40" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="62874799"/>
+        <w:divId w:val="434716947"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part3"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="393"/>
     </w:p>
-    <w:p w14:paraId="0275D031" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="48CAC223" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC0907C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2586A669" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="965355315"/>
+        <w:divId w:val="848063344"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="394" w:name="Session8_Interaction4"/>
       <w:bookmarkEnd w:id="394"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0273D718" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="39AAE0FD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="965355315"/>
+        <w:divId w:val="848063344"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310F6972" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="652295199"/>
+    <w:p w14:paraId="6B861164" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="71586834"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374CF6F6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="11560E1C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="965355315"/>
+        <w:divId w:val="848063344"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAAFCDB" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2D68077D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1759137305"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>True</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="395" w:name="Back_To_Session8_Part4"/>
-    <w:p w14:paraId="20B32DF5" w14:textId="79F8D6C6" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0AF40C8C" w14:textId="5D733E70" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="965355315"/>
+        <w:divId w:val="848063344"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part4"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="395"/>
     </w:p>
-    <w:p w14:paraId="14F6E606" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4F920AEF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE33BBC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="30BA55E1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1811825422"/>
+        <w:divId w:val="1049572314"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="396" w:name="Session8_Interaction5"/>
       <w:bookmarkEnd w:id="396"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E77870B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="777D7785" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1811825422"/>
+        <w:divId w:val="1049572314"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A84927A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1526940420"/>
+    <w:p w14:paraId="235F20E7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1354183445"/>
       </w:pPr>
       <w:r>
         <w:t>True</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF43839" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="137E13DD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1811825422"/>
+        <w:divId w:val="1049572314"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="761DBDBE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="32267326"/>
+    <w:p w14:paraId="66CCC5DF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1130249328"/>
       </w:pPr>
       <w:r>
         <w:t>False</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="397" w:name="Back_To_Session8_Part5"/>
-    <w:p w14:paraId="6E051676" w14:textId="17A5B598" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="58CFEBE1" w14:textId="6BFA3043" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1811825422"/>
+        <w:divId w:val="1049572314"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part5"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="397"/>
     </w:p>
-    <w:p w14:paraId="543B9132" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3B98F7D9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3E0D66" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="766902E4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="628895087"/>
+        <w:divId w:val="1886091458"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="398" w:name="Session8_Interaction6"/>
       <w:bookmarkEnd w:id="398"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4394BA8D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="35A0D479" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="628895087"/>
+        <w:divId w:val="1886091458"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC58B6A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="504784187"/>
+    <w:p w14:paraId="7603F24E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1233930868"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>b) En un supermercado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24823355" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="10739E10" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="628895087"/>
+        <w:divId w:val="1886091458"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F804D8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1059548771"/>
+    <w:p w14:paraId="3E838BE0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1671910672"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>a) Es dentista</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12DE9874" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5799F5D4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1439983259"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c) No </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>estoy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>jubilada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkStart w:id="399" w:name="Back_To_Session8_Part6"/>
-    <w:p w14:paraId="008B66A6" w14:textId="4A393502" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="48789D9B" w14:textId="65B30145" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="628895087"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:divId w:val="1886091458"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part6"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 6</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="399"/>
     </w:p>
-    <w:p w14:paraId="7EED8CDF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="56432A1C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A424B68" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="69B3561A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="2010908026"/>
+        <w:divId w:val="1641493407"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="400" w:name="Session8_Interaction7"/>
       <w:bookmarkEnd w:id="400"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C53DF06" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1FFB0CCC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2010908026"/>
+        <w:divId w:val="1641493407"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189FC7F7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...7 lines deleted...]
-    <w:p w14:paraId="44C71FF4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7D26B06B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1377661878"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c) ¿En </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>qué</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trabajas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504AEF8F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2010908026"/>
+        <w:divId w:val="1641493407"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2621A996" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...12 lines deleted...]
-        <w:t>¿De dónde es usted?</w:t>
+    <w:p w14:paraId="65D50FFF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="687485993"/>
+      </w:pPr>
+      <w:r>
+        <w:t>¿</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Cómo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>te</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> llamas?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D39BAE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="779765514"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">¿De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dónde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>usted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="401" w:name="Back_To_Session8_Part7"/>
-    <w:p w14:paraId="12D10F23" w14:textId="5D985440" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="06082739" w14:textId="0E744545" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2010908026"/>
+        <w:divId w:val="1641493407"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part7"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 7</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="401"/>
     </w:p>
-    <w:p w14:paraId="793E6C88" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="01D5745A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD68DCC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="74DD4E79" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="477385246"/>
+        <w:divId w:val="1332563795"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="402" w:name="Session8_Interaction8"/>
       <w:bookmarkEnd w:id="402"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440AB6A2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6918777C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="477385246"/>
+        <w:divId w:val="1332563795"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0D3180" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="689529775"/>
+    <w:p w14:paraId="6AACC6CE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1829590178"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>b) barro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1730F4BD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0153C939" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="477385246"/>
+        <w:divId w:val="1332563795"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C29A617" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1391609475"/>
+    <w:p w14:paraId="065B30E7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1762412378"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>a) trabajo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D5995E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1048914144"/>
+    <w:p w14:paraId="736FD34D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1839954107"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>c) vivo</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="403" w:name="Back_To_Session8_Part8"/>
-    <w:p w14:paraId="4169A342" w14:textId="1FCED9D0" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="240A1DF4" w14:textId="41840273" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="477385246"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:divId w:val="1332563795"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part8"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 8</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="403"/>
     </w:p>
-    <w:p w14:paraId="0CA8FB6A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="332BE04D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C1BC37" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="3548A877" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1969508353"/>
+        <w:divId w:val="918101066"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="404" w:name="Session8_Answer3"/>
       <w:bookmarkEnd w:id="404"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285E785A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1969508353"/>
+    <w:p w14:paraId="3F73A370" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="918101066"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Soy estudiante y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>voy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> a la escuela en autobús.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="405" w:name="Back_To_Session8_Part9"/>
-    <w:p w14:paraId="4B3BDD86" w14:textId="31D3C006" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5251E118" w14:textId="09181702" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1969508353"/>
+        <w:divId w:val="918101066"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part9"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 9</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="405"/>
     </w:p>
-    <w:p w14:paraId="52AE4CCC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2A3534A8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C51644" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5631C9D3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="1832483475"/>
+        <w:divId w:val="1685589076"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="406" w:name="Session8_Interaction10"/>
       <w:bookmarkEnd w:id="406"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF3CE40" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4F1897B7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1832483475"/>
+        <w:divId w:val="1685589076"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Right:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="363C32C9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7D812F2E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1658219153"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tren</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5FFBE089" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1957102815"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tranvía</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2C434090" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5CE1C61A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1832483475"/>
+        <w:divId w:val="1685589076"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Wrong:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B10B01A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5C79C795" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1662540277"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>guagua</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="46EA8DCC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1036321011"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>autobús</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:divId w:val="1178036291"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2F4EAFD0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1889759154"/>
       </w:pPr>
       <w:r>
         <w:t>micro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69743FA2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1901594791"/>
+    <w:p w14:paraId="78BB9D32" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="748229183"/>
       </w:pPr>
       <w:r>
         <w:t>colectivo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBA0D22" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="508A70D0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="139007349"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>omnibús</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6A16B9E5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1032271244"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>camión</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkStart w:id="407" w:name="Back_To_Session8_Part10"/>
-    <w:p w14:paraId="7C523E11" w14:textId="0189E8FD" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="04E67A56" w14:textId="5937C0D5" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1832483475"/>
+        <w:divId w:val="1685589076"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part10"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 10</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="407"/>
     </w:p>
-    <w:p w14:paraId="7A240F9A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="18EFD730" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="525486361"/>
+        <w:divId w:val="546069766"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Question 11</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="547789D8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="441F0AC7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:divId w:val="151070930"/>
+        <w:divId w:val="255091646"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="408" w:name="Session8_Answer4"/>
       <w:bookmarkEnd w:id="408"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F009E6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="151070930"/>
+    <w:p w14:paraId="75ED52ED" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="255091646"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Soy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> médico y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>trabajo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en un hospital. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Voy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> al trabajo en coche.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="409" w:name="Back_To_Session8_Part11"/>
-    <w:p w14:paraId="7BB87BA4" w14:textId="354A7652" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2C9337C0" w14:textId="029B06DA" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="151070930"/>
+        <w:divId w:val="255091646"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session8_Part11"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Question 11</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="409"/>
     </w:p>
-    <w:p w14:paraId="68F07648" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+    <w:p w14:paraId="1DA4A1D7" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F48849" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="59FA1EFB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1021279987"/>
+        <w:divId w:val="1757359667"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="410" w:name="Descriptions1"/>
       <w:bookmarkEnd w:id="410"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Descriptions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1D1B22" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6B8371DA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="1565335731"/>
+        <w:divId w:val="1523277378"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="411" w:name="Session2_Description1"/>
       <w:bookmarkEnd w:id="411"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">From left to right: Mónica Ojeda, escritora; Claudia Llosa, directora; Eduardo Galeano, escritor </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0DA6AD30" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">From left to right: Mónica Ojeda, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>escritora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Claudia Llosa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>directora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Eduardo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Galeano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>escritor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB39CE7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="1565335731"/>
+        <w:divId w:val="1523277378"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This is a collage of three photos: Mónica Ojeda, Claudia Llosa and Eduardo Galeano. </w:t>
-[...48 lines deleted...]
-        <w:divId w:val="364715839"/>
+        <w:t xml:space="preserve">This is a collage of three photos: Mónica Ojeda, Claudia Llosa and Eduardo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Galeano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This is a photo of a nursery teacher with three young children. They are painting. </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="06DCA653" w14:textId="03E15D09" w:rsidR="00B0629B" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="412" w:name="Back_To_Session2_Figure1"/>
+    <w:p w14:paraId="15769269" w14:textId="0F391B3A" w:rsidR="004F782C" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="364715839"/>
+        <w:divId w:val="1523277378"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session3_Figure1"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session2_Figure1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Uncaptioned Figure</w:t>
+        <w:t xml:space="preserve">Back to - From left to right: Mónica Ojeda, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>escritora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Claudia Llosa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>directora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Eduardo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Galeano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>escritor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="414"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1662CAF6" w14:textId="183D6872" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+      <w:bookmarkEnd w:id="412"/>
+    </w:p>
+    <w:p w14:paraId="276A8B2E" w14:textId="636ADB93" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="884873913"/>
+        <w:divId w:val="513304870"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="415" w:name="Session4_Description1"/>
-      <w:bookmarkEnd w:id="415"/>
+      <w:bookmarkStart w:id="413" w:name="Session3_Description1"/>
+      <w:bookmarkEnd w:id="413"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Can you see the name for ‘firefighters’ in mirror writing on the front of the fire engine? It is BOMBEROS. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6710F038" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Uncaptioned Figure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6A2F0D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="884873913"/>
+        <w:divId w:val="513304870"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This is a photo of a fire engine on the street in a bright Mediterranean looking town. </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="50C0F09E" w14:textId="3F9EADCF" w:rsidR="00B0629B" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">This is a photo of a nursery teacher with three young children. They are painting. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="414" w:name="Back_To_Session3_Figure1"/>
+    <w:p w14:paraId="025F11B3" w14:textId="537783B8" w:rsidR="004F782C" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="884873913"/>
+        <w:divId w:val="513304870"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session4_Figure1"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session3_Figure1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t xml:space="preserve">Back to - Can you see the name for ‘firefighters’ in mirror writing on the front of the fire engine? It is BOMBEROS. </w:t>
+        <w:t>Back to - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="416"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6BD3C2B8" w14:textId="59E56783" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+      <w:bookmarkEnd w:id="414"/>
+    </w:p>
+    <w:p w14:paraId="2260680E" w14:textId="00DB913A" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="827093287"/>
+        <w:divId w:val="227885467"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="417" w:name="Session5_Description1"/>
-      <w:bookmarkEnd w:id="417"/>
+      <w:bookmarkStart w:id="415" w:name="Session4_Description1"/>
+      <w:bookmarkEnd w:id="415"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Uncaptioned Figure</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="35E20721" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">Can you see the name for ‘firefighters’ in mirror writing on the front of the fire engine? It is BOMBEROS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6784B4DB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="827093287"/>
+        <w:divId w:val="227885467"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This is a photo of a woman playing the piano. Only her hands, the keys and the sheet music can be seen. </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="4EE2F05F" w14:textId="203DE5F4" w:rsidR="00B0629B" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">This is a photo of a fire engine on the street in a bright Mediterranean looking town. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="416" w:name="Back_To_Session4_Figure1"/>
+    <w:p w14:paraId="126E8F14" w14:textId="38A44836" w:rsidR="004F782C" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="827093287"/>
+        <w:divId w:val="227885467"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session5_Figure1"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session4_Figure1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Uncaptioned Figure</w:t>
+        <w:t xml:space="preserve">Back to - Can you see the name for ‘firefighters’ in mirror writing on the front of the fire engine? It is BOMBEROS. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="418"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4A201CD1" w14:textId="14DBCA0C" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+      <w:bookmarkEnd w:id="416"/>
+    </w:p>
+    <w:p w14:paraId="2FFFA9CE" w14:textId="1436B947" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:divId w:val="159320193"/>
+        <w:divId w:val="1905211480"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="419" w:name="Session6_Description1"/>
-      <w:bookmarkEnd w:id="419"/>
+      <w:bookmarkStart w:id="417" w:name="Session5_Description1"/>
+      <w:bookmarkEnd w:id="417"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Bolombolo, Colombia: traditional rural bus called chiva</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4CFE536B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Uncaptioned Figure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E22204B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:divId w:val="159320193"/>
+        <w:divId w:val="1905211480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Colourful traditional rural bus with wooden luggage rack on the roof. </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="04B91AB1" w14:textId="29C0201C" w:rsidR="00B0629B" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">This is a photo of a woman playing the piano. Only her hands, the keys and the sheet music can be seen. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="418" w:name="Back_To_Session5_Figure1"/>
+    <w:p w14:paraId="1088AAA8" w14:textId="491DC388" w:rsidR="004F782C" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="159320193"/>
+        <w:divId w:val="1905211480"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session6_Figure1"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session5_Figure1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Bolombolo, Colombia: traditional rural bus called chiva</w:t>
+        <w:t>Back to - Uncaptioned Figure</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="420"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6CD16F31" w14:textId="732C4752" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+      <w:bookmarkEnd w:id="418"/>
+    </w:p>
+    <w:p w14:paraId="790FCF05" w14:textId="3673B8E3" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:divId w:val="762412467"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="419" w:name="Session6_Description1"/>
+      <w:bookmarkEnd w:id="419"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Bolombolo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Colombia: traditional rural bus called </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>chiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6E85DF9C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:divId w:val="762412467"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...266 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...370 lines deleted...]
-    <w:p w14:paraId="02EF772B" w14:textId="2AAF6983" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">Colourful traditional rural bus with wooden luggage rack on the roof. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="420" w:name="Back_To_Session6_Figure1"/>
+    <w:p w14:paraId="4E2E842F" w14:textId="783477F3" w:rsidR="004F782C" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2035963269"/>
+        <w:divId w:val="762412467"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session2_MediaContent2"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session6_Figure1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Video 1</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Back to - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Bolombolo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Colombia: traditional rural bus called </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>chiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="424"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="403CFD2D" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+      <w:bookmarkEnd w:id="420"/>
+    </w:p>
+    <w:p w14:paraId="19F979D0" w14:textId="6607A414" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A17B41F" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="55233E1A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="395007321"/>
+        <w:divId w:val="272596163"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="425" w:name="Session3_Transcript1"/>
-      <w:bookmarkEnd w:id="425"/>
+      <w:bookmarkStart w:id="421" w:name="Session2_Transcript1"/>
+      <w:bookmarkEnd w:id="421"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Audio 2</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6A65CB59" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Audio 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44123C11" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="395007321"/>
+        <w:divId w:val="272596163"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E36F71D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="0A97431A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7DB2EEF2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Quiérome casá’, yo no sé con quién (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F5F7A3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—¿En qué trabajas?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5485AAD4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Cásate con un botellero que eso a ti sí te cumbé (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622A1515" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Pues, de barrendera.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="26F77D08" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Y ese botellero, a mí no me cumbén (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0377C3EA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—¿En qué trabaja usted?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F84529A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Botellero vende botellas, puede venderme a mí también… (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A39019" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Soy ama de casa.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1261CEB7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Y a mí no me cumbén… y a mí no me cumbén (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DBC961" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—¿Trabajas o estudias?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4D440431" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Cásate con un carpintero que eso a ti sí te cumbé (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C94DDA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Estudio. Yo estudio.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4561B11B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Y ese carpintero, a mí no me cumbén (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BC8633" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Y ¿cuál es su profesión?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4FD42276" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Carpintero corta madera, puede cortarme a mí también… (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7542D8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Bueno, soy sacerdote, y también soy catedrático de la Universidad Politécnica de Valencia.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="183AF7EA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Y a mí no me cumbén… y a mí no me cumbén (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C923D06" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—¿Cuál es su profesión?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="294586D4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Cásate con un panadero que eso a ti sí te cumbé (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313BDFE1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Soy profesor de música.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B523D0B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Y ese panadero, a mí no me cumbén (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61088644" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—¿Cuál es su profesión?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4CFCBA85" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Panadero amasa la harina, puede amasarme a mí también… (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F13BC24" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1754005638"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Estoy en paro.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="168C4CF9" w14:textId="2AA212E0" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Y a mí no me cumbén… y a mí no me cumbén (bis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532577F6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A mí no me cumbén, a mí no me cumbén, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F77EBC3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a mí no me cumbén, a mí no me cumbén, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169C780D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>No me cumbén, no me cumbén,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB646E5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1790777096"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>no me cumbén, no me cumbén…</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="422" w:name="Back_To_Session2_MediaContent1"/>
+    <w:p w14:paraId="6ACA6D32" w14:textId="657D8D53" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="395007321"/>
+        <w:divId w:val="272596163"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session3_MediaContent1"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session2_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Audio 2</w:t>
+        <w:t>Back to - Audio 1</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="426"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="10490453" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+      <w:bookmarkEnd w:id="422"/>
+    </w:p>
+    <w:p w14:paraId="5BEDA005" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64061186" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="17F1A232" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1033068115"/>
+        <w:divId w:val="1870946563"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="427" w:name="Session3_Transcript2"/>
-      <w:bookmarkEnd w:id="427"/>
+      <w:bookmarkStart w:id="423" w:name="Session2_Transcript2"/>
+      <w:bookmarkEnd w:id="423"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Audio 3</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57DB1AB2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Video 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE81216" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1033068115"/>
+        <w:divId w:val="1870946563"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9BF06A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...207 lines deleted...]
-    <w:p w14:paraId="169B445E" w14:textId="6BBAF51F" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="010A9922" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The majority of verbs in Spanish end in - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> , for instance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>hablar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to speak </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA1573D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">You have already come across a few like </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>llamar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – to call, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>mirar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – to see/to look. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9C873E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t>They are said to belong to the first conjugation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FD30D3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">There are also verbs that end in - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D46E1F9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t>These belong to the second and third conjugations respectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3357E6B3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This form of the verb, that ends in - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, is called the infinitive. The form you will find in dictionaries and which is preceded by ‘to’ in English, like ‘to speak’. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3A2151" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">To conjugate a verb in Spanish, that is to form the right form, the adequate form in the sentence, you need to remove the - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ending from the infinitive. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271CF46C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">What is left is called the stem, which does not change in the vast majority of Spanish verbs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD99E77" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The stem serves as the base to which we add endings. There is a different ending for each person. These are the endings in the singular for all regular verbs ending in - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A0FCCA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Hablar</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is the infinitive – to speak. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320ECF1D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hablo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>I speak</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, or as an example: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Hablo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>japonés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – I speak Japanese. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2C5D6E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hablas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tú</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – the second person, you informal: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Hablas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>gallego</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – you speak Galician </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A093342" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Usted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>habla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>galés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>you (formal) speak Welsh</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E002CD7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Juan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>habla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>griego</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>John speaks Greek</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> . Habla – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>él</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C500FC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="1870946563"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">You will have noticed that the verb form for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>usted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(you formal) takes the same ending as the third person, third person singular, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>él</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>ella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – he or she. This happens with all verbs and in all tenses. So from now on you will find the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>usted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> form in the verb tables listed together with the third person – he or she. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="424" w:name="Back_To_Session2_MediaContent2"/>
+    <w:p w14:paraId="4BC384F5" w14:textId="34E38C39" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1033068115"/>
+        <w:divId w:val="1870946563"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session3_MediaContent2"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session2_MediaContent2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Audio 3</w:t>
+        <w:t>Back to - Video 1</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="428"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5C284881" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+      <w:bookmarkEnd w:id="424"/>
+    </w:p>
+    <w:p w14:paraId="74B24355" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E478CF8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="2BCF5E40" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1510563882"/>
+        <w:divId w:val="595863088"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="429" w:name="Session4_Transcript1"/>
-      <w:bookmarkEnd w:id="429"/>
+      <w:bookmarkStart w:id="425" w:name="Session3_Transcript1"/>
+      <w:bookmarkEnd w:id="425"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Audio 4</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="69F7B5D2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Audio 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5F846E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1510563882"/>
+        <w:divId w:val="595863088"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F072E2D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="64685F3A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="730035941"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="31835BFA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Listen to the following people talking about what they do for a living.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131A2A29" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="730035941"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">1. </w:t>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Soy camarero. Trabajo en una cafetería. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="176C4151" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—¿En qué trabajas?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD0248F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="730035941"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">2. </w:t>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Soy gerente. Trabajo en un banco. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F127C72" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Pues, de barrendera.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65176E98" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="730035941"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">3. </w:t>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Soy dependiente. Trabajo en un supermercado. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="733CE7D8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—¿En qué trabaja usted?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFAA5BE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="730035941"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">4. </w:t>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Soy psicóloga. Trabajo en una clínica infantil. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="02973FC9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Soy ama de casa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B552C7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="730035941"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">5. </w:t>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Soy administrativo. Trabajo en una oficina. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F76AE4C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—¿Trabajas o estudias?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47354D39" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="730035941"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">6. </w:t>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Soy electricista. Trabajo en una fábrica.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="0709A73B" w14:textId="023BFEA8" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Estudio. Yo estudio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E04EA2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—Y ¿cuál es su profesión?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52359ABB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—Bueno, soy sacerdote, y también soy catedrático de la Universidad Politécnica de Valencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7DD7C4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(e) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—¿Cuál es su profesión?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCB6042" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—Soy profesor de música.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083886BE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(f) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—¿Cuál es su profesión?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B95D46D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1306736251"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—Estoy en paro.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="426" w:name="Back_To_Session3_MediaContent1"/>
+    <w:p w14:paraId="3E035CA6" w14:textId="2116EE10" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1510563882"/>
+        <w:divId w:val="595863088"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session4_MediaContent1"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session3_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Audio 4</w:t>
+        <w:t>Back to - Audio 2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="430"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="0E27410C" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+      <w:bookmarkEnd w:id="426"/>
+    </w:p>
+    <w:p w14:paraId="7CD147CA" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63CE43C8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="5F2BFF8C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1376197774"/>
+        <w:divId w:val="527109632"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="431" w:name="Session4_Transcript2"/>
-      <w:bookmarkEnd w:id="431"/>
+      <w:bookmarkStart w:id="427" w:name="Session3_Transcript2"/>
+      <w:bookmarkEnd w:id="427"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Audio 5</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B0B3747" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Audio 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F77633" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1376197774"/>
+        <w:divId w:val="527109632"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7854A702" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="717E6248" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6298009E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:divId w:val="373388623"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Listen and respond following the prompts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188D699B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Listen and respond, following the prompts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0419261F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Ejemplo:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C5CA834" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—¿Estudias o trabajas?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D81953" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Say that you are a student.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2450697C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="236525911"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Escribo novelas. </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="09ADC7EF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Soy estudiante.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEB75D7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
+        <w:divId w:val="236525911"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Escritora.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6ADBC4CF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—¿Cuál es tu profesión?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="531490FF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0C1A20C1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:divId w:val="236525911"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Say you are a teacher.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570B62F3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Yo enseño matemáticas en un colegio. Soy…</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="616740C9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Soy profesora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADFD5B9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>… profesor.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="512D5375" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—¿En qué trabajas?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2817050E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Say you are retired.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1629C4D4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Canto en un grupo de rock. Soy…</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="52E793AF" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Estoy jubilada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B70AB37" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>… cantante.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="191974CC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—¿En qué trabajas?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6551A6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Say you work in a clinic.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F9F9AA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Vendo coches. Soy…</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00A26FE2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Trabajo en una clínica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EBB69E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>… vendedor.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="72AAE64C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—¿Cuál es tu profesión?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC9864B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Say you work for the University.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3031BC3F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Cuido a mis hijos en casa. Soy…</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2151F077" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Trabajo para la Universidad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0F94ED" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>… ama de casa.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F82D82D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Y tú, ¿estudias o trabajas?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D13259" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1058358829"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="236525911"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>—Transporto clientes en mi taxi. Soy…</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="1965EE11" w14:textId="381EB443" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—¿Qué estudias? ¿En qué trabajas?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="428" w:name="Back_To_Session3_MediaContent2"/>
+    <w:p w14:paraId="5B8549AF" w14:textId="22253592" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1376197774"/>
+        <w:divId w:val="527109632"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session4_MediaContent2"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session3_MediaContent2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Audio 5</w:t>
+        <w:t>Back to - Audio 3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="432"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2EFCF9B0" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+      <w:bookmarkEnd w:id="428"/>
+    </w:p>
+    <w:p w14:paraId="5DDE3E61" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5F4471" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="036BD57B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1483304574"/>
+        <w:divId w:val="1426148809"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="433" w:name="Session5_Transcript1"/>
-      <w:bookmarkEnd w:id="433"/>
+      <w:bookmarkStart w:id="429" w:name="Session4_Transcript1"/>
+      <w:bookmarkEnd w:id="429"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Audio 6</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="10D1A55B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Audio 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE971D9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1483304574"/>
+        <w:divId w:val="1426148809"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C142BD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="48C18B71" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="323900711"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="722A2CB7" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:divId w:val="655764749"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Listen and repeat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440F4052" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="323900711"/>
+        <w:divId w:val="655764749"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>La barrendera barre la calle.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57026370" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">Soy camarero. Trabajo en una cafetería. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18237491" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="323900711"/>
+        <w:divId w:val="655764749"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>La escritora escribe libros.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="11AD9C60" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">Soy gerente. Trabajo en un banco. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233B8BEF" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="323900711"/>
+        <w:divId w:val="655764749"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>La repartidora entrega pizzas.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4C54DCCD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">Soy dependiente. Trabajo en un supermercado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E741E93" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="323900711"/>
+        <w:divId w:val="655764749"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>La estudiante aprende el vocabulario.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6EA77AB6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">Soy psicóloga. Trabajo en una clínica infantil. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C5C393" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="323900711"/>
+        <w:divId w:val="655764749"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>La pianista toca el piano</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A1B9AF2" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">Soy administrativo. Trabajo en una oficina. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48EC8D88" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="323900711"/>
+        <w:divId w:val="655764749"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>La diseñadora gráfica edita la página web.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="0013EF17" w14:textId="5AA0C97A" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Soy electricista. Trabajo en una fábrica.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="430" w:name="Back_To_Session4_MediaContent1"/>
+    <w:p w14:paraId="35FE7DE9" w14:textId="50A1D520" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1483304574"/>
+        <w:divId w:val="1426148809"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session5_MediaContent1"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session4_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Audio 6</w:t>
+        <w:t>Back to - Audio 4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="434"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="39FE9DD8" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+      <w:bookmarkEnd w:id="430"/>
+    </w:p>
+    <w:p w14:paraId="110472E5" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B491014" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="1DECB13D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="2003701010"/>
+        <w:divId w:val="809984896"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="435" w:name="Session5_Transcript2"/>
-      <w:bookmarkEnd w:id="435"/>
+      <w:bookmarkStart w:id="431" w:name="Session4_Transcript2"/>
+      <w:bookmarkEnd w:id="431"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Audio 7</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6CFAC79E" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Audio 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C582324" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="2003701010"/>
+        <w:divId w:val="809984896"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC8E5DE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="7C48D578" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="156577091"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="15275E07" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Listen, and complete the sentence with the word for the profession, as in the example.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1132620B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="156577091"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>vive</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="224EE712" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Ejemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E806CD" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="156577091"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>escribo</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="48035DAD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t xml:space="preserve">Escribo novelas. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Soy… </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6459D943" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="156577091"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>barre</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="442DA245" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Escritora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F0C3AB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="156577091"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">4. </w:t>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Now it’s your turn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608F5947" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">a. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>abro</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25B7048A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Yo enseño matemáticas en un colegio. Soy…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7660D0AE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="156577091"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">5. </w:t>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>aprende</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7935E2F1" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>… profesor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B32A5E2" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="156577091"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">6. </w:t>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">b. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>escribe</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23503C53" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>—Canto en un grupo de rock. Soy…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6112C6E9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="156577091"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">7. </w:t>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t>   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>vivo</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="582710E5" w14:textId="49221D6D" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>… cantante.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2865C392" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—Vendo coches. Soy…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630C733B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>… vendedor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FAD8B4D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">d. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—Cuido a mis hijos en casa. Soy…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC60640" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>… ama de casa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEABA11" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">e. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>—Transporto clientes en mi taxi. Soy…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F0D88C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="914241264"/>
+      </w:pPr>
+      <w:r>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>… taxista.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="432" w:name="Back_To_Session4_MediaContent2"/>
+    <w:p w14:paraId="67B03971" w14:textId="372F2597" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="2003701010"/>
+        <w:divId w:val="809984896"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session5_MediaContent2"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session4_MediaContent2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Audio 7</w:t>
+        <w:t>Back to - Audio 5</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="436"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="57DEB767" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+      <w:bookmarkEnd w:id="432"/>
+    </w:p>
+    <w:p w14:paraId="27C54FF1" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8F36BC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="6BBD9E84" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1156071240"/>
+        <w:divId w:val="109326716"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="437" w:name="Session5_Transcript3"/>
-      <w:bookmarkEnd w:id="437"/>
+      <w:bookmarkStart w:id="433" w:name="Session5_Transcript1"/>
+      <w:bookmarkEnd w:id="433"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Audio 8</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4033CBD9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>Audio 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64770EFC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1156071240"/>
+        <w:divId w:val="109326716"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E201FEC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="4686BC14" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1810394602"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="51755D47" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:divId w:val="1313871724"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Listen to these sentences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39EA1FA3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1810394602"/>
-[...2 lines deleted...]
-        <w:t>1.   </w:t>
+        <w:divId w:val="1313871724"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>estudiante</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1E883DA5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>La barrendera barre la calle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CC77EB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1810394602"/>
-[...2 lines deleted...]
-        <w:t>2.   </w:t>
+        <w:divId w:val="1313871724"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>aprende</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6BB1960A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>La escritora escribe libros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70216C0D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1810394602"/>
-[...2 lines deleted...]
-        <w:t>3.   </w:t>
+        <w:divId w:val="1313871724"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>vive</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="16D5F931" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>La repartidora entrega pizzas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3B2E53" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1810394602"/>
-[...2 lines deleted...]
-        <w:t>4.   </w:t>
+        <w:divId w:val="1313871724"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>calle</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="29C59482" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>La estudiante aprende el vocabulario.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="726D0CE0" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1810394602"/>
-[...2 lines deleted...]
-        <w:t>5.   </w:t>
+        <w:divId w:val="1313871724"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>dirige</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1BDF128D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>La pianista toca el piano</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C93EEB3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="remark"/>
-        <w:divId w:val="1810394602"/>
-[...2 lines deleted...]
-        <w:t>6.   </w:t>
+        <w:divId w:val="1313871724"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>abre</w:t>
-[...63 lines deleted...]
-    <w:p w14:paraId="411EC8C1" w14:textId="6E383F4F" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+        <w:t>La diseñadora gráfica edita la página web.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="434" w:name="Back_To_Session5_MediaContent1"/>
+    <w:p w14:paraId="323936A6" w14:textId="03A47D7A" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1156071240"/>
+        <w:divId w:val="109326716"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText>HYPERLINK "" \l "Session5_MediaContent3"</w:instrText>
+        <w:instrText>HYPERLINK "" \l "Session5_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Back to - Audio 8</w:t>
+        <w:t>Back to - Audio 6</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="438"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1D6ACFC9" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B">
+      <w:bookmarkEnd w:id="434"/>
+    </w:p>
+    <w:p w14:paraId="1569200A" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E47EFE" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="05AE0651" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:divId w:val="1179004379"/>
+        <w:divId w:val="632254213"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="435" w:name="Session5_Transcript2"/>
+      <w:bookmarkEnd w:id="435"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Audio 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00350F78" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="632254213"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Transcript</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9F315C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1900286481"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Decide whether you hear the first person (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) or third person (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>él</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>usted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) of the following verbs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3543D5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1900286481"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>vive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72780711" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1900286481"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>escribo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B40E86" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1900286481"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>barre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739DCD38" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1900286481"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>abro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D6D370" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1900286481"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>aprende</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577A1E11" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1900286481"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>escribe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E05CBA" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="1900286481"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>vivo</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="436" w:name="Back_To_Session5_MediaContent2"/>
+    <w:p w14:paraId="74520A48" w14:textId="00987CE3" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="632254213"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session5_MediaContent2"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Audio 7</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="436"/>
+    </w:p>
+    <w:p w14:paraId="58BBD669" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B7CBF9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:divId w:val="432358333"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="437" w:name="Session5_Transcript3"/>
+      <w:bookmarkEnd w:id="437"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Audio 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6418ED6A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:divId w:val="432358333"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Transcript</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B58F32B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Repeat the following words paying special attention to the final [e] sound.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E759589" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>estudiante</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF6653C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>aprende</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A969F0A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>vive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F602038" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>calle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C0D929" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>dirige</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3257EB69" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>6.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>abre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71EEFC19" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>barre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784A4CEE" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>cantante</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55763E6C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t>9.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344587BB" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="remark"/>
+        <w:divId w:val="973288953"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>donde</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="438" w:name="Back_To_Session5_MediaContent3"/>
+    <w:p w14:paraId="6A74EA3F" w14:textId="4FDB21B3" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="432358333"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "" \l "Session5_MediaContent3"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Back to - Audio 8</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="438"/>
+    </w:p>
+    <w:p w14:paraId="3542BB2F" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C22B1A" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:divId w:val="961035490"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="439" w:name="Session7_Transcript1"/>
       <w:bookmarkEnd w:id="439"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Video 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E89B81" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="73FC500C" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:divId w:val="1179004379"/>
+        <w:divId w:val="961035490"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Transcript</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A29DC5" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="3197C0C4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dictionaries are very useful tools for language learners. In this short screencast you will be acquainted with some of the information you can find in a dictionary. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348B7CC9" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="25CAE1F7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t>There are 2 main types of dictionaries – monolingual and bilingual dictionaries.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="663F0C59" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="734B947F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Monolingual dictionaries explain the meanings of the words in the same language. That is a monolingual Spanish dictionary explains the possible meanings of a word or expression in Spanish. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC9B0AA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="358CCF30" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">At this point in your studies, you are more likely to use a bilingual dictionary. A bilingual dictionary translates words and expressions from one language to another, for example from Spanish to English or the other way round. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="238B26AD" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...11 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="75F5326F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Nowadays most dictionaries we use are online dictionaries. You might be familiar with, for instance, the Collins online dictionary, or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>WordReference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Both are monolingual and bilingual dictionaries. The Cambridge, the Oxford, the Merriam-Webster dictionaries are also widely used. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9CCFE6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">In the OU library you can find useful dictionary and encyclopaedia resources to help you with your language learning. Let us look at it now. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350FEB35" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="4CE082E5" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to the Open University Library webpage and there choose the Library Resources. On the right hand side you can see ‘Dictionaries’ – click on that and scroll a bit down. You can see, for example, the Oxford dictionaries here. Click on that. Choose your language – in this case we will choose Spanish and we will see, for example, Spanish to English. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBF2752" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="5C0A6AF3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Let’s look at the word </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>café.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4654512D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="16B5CB5D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you search the word </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">café </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">you will see that it has 2 entries. Let’s look at it. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBB03C4" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="57477584" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The first one says it’s an adjective. It says ‘usually invariable’. Invariable means it has only 1 form for both masculine and feminine. In this case we can see that it has 2 meanings, this adjective, invariable adjective: </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">marrónclaro </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>marrónclaro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>Vestido marrón</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>whichis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> coffee before a noun, but an adjective, like coffee coloured, for example: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Vestido</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>marrón</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">vestidocafé – </w:t>
+        <w:t>vestidocafé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">coffee coloured dress. Or it simply means brown. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">Ojos café </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">means someone has brown eyes. This was one entry. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="408C3691" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="6B7434C6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t>The other entry is a masculine noun which also has 2 basic meanings. One meaning:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1633A3" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="64197861" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>cultivo, bebida</w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>cultivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>bebida</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> – this is a drink, simply a coffee </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C7E1B0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="402C032B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t>And you can see that you find also examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5329DEE0" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="738271F8" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>me sirvió un</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>café</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> – he gave me a coffee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08580B39" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="6E5B1FC4" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">And the other meaning is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">café, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">like a cafeteria, you know the place where you can drink a coffee, for example. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B34700" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Now let’s go to WordReference and let’s check the same word, </w:t>
+    <w:p w14:paraId="38DE98F7" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Now let’s go to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>WordReference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and let’s check the same word, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>café,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> in WordReference. </w:t>
-[...4 lines deleted...]
-        <w:divId w:val="1179004379"/>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>WordReference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9F11D3" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">So our word is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>café</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and we will look it up in the Spanish-English dictionary. As you can see there are many options, bilingual and as well as monolingual options. For example, Spanish definition is basically a monolingual dictionary. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D47975" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="477B9A2D" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">So, let’s look at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">café </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">and what we can see is that it has 2 entries again, not surprisingly. You can also see that WordReference shows the morphological category or categories of the word in abbreviated form. So here we can see ‘nm’ – ‘n’ standing for noun, and ‘m’ is masculine, so </w:t>
-      </w:r>
+        <w:t xml:space="preserve">and what we can see is that it has 2 entries again, not surprisingly. You can also see that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>WordReference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> shows the morphological category or categories of the word in abbreviated form. So here we can see ‘nm’ – ‘n’ standing for noun, and ‘m’ is masculine, so </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>nombre masculine</w:t>
+        <w:t>nombre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> masculine</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – it’s a masculine noun. Or it can be an adjective, just as in the previous dictionary obviously. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37443015" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6BD697F9" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If you had here an ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>fm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">’ it would be a feminine noun, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>nombre feminine.</w:t>
-[...4 lines deleted...]
-        <w:divId w:val="1179004379"/>
+        <w:t>nombre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> feminine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22910D51" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t>OK, so what are the meanings? The noun is:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59805A42" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="31B89898" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">bebida preparada por infusión </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>bebida</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>preparada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>infusión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– in English coffee </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C138612" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="11C2D397" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t>and here again you can see examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="040B3031" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="7A3C0F8F" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>¿Te gusta el café negro o con leche?</w:t>
+        <w:t>¿</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Te</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>gusta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> café negro o con leche?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – do you like your coffee black or with cream?, for example. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C447E80" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="6D2DDAA1" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">And you can also see there is an adjective which means </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>marrón</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, brown or coffee-coloured. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB5BEE8" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="13295218" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Here you also have some information of the geographical distribution of the uses of these words, in the sense of brown, it’s normally used in Mexico, Chile, Ecuador, Uruguay etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19698BEC" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="333F2315" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You can also find information about </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>inflexiones</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> different forms of the word. So here can you say masculine plural is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>cafés</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. So you can see that the plural of the word is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>cafés</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012994B6" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="1831B798" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To choose the right translation you should be able to identify the context of the word in the situation you want to use it. For example, it could be difficult to know what the meaning of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">café </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is without the context. So it can have obviously various meanings. So to choose the right one you might need to see examples of usage which dictionaries normally give or present. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333AB188" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...9 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="465D0953" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>WordReference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> also includes information on how a word or an expression is pronounced. There are 3 different varieties in the </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">case of Spanish – you can choose the variety spoken in Mexico and Central America, Spain, and Argentina and Uruguay area. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3B9D73" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">And you can also choose the playback rate so you can play the word in a normal speed or a bit slower or very slowly. So if you click on </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>Escuchar</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> you can listen to the word you looked for. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0C1452" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Also a very useful feature of WordReference is that you can have different expressions with the word </w:t>
+    <w:p w14:paraId="5C143EFC" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Also a very useful feature of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>WordReference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> is that you can have different expressions with the word </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>café americano, café con leche</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. You know like Americano, or coffee with milk etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D747B1D" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="0FC12D48" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">And in some cases you can also have forums so it shows you forum discussions where users exchange information about different words or different queries to each other. And it shows you all the forum entries where the word </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">café </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">appeared. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A3BB9C" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="00F2CD92" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Students sometime confuse an online dictionary with a web-based translation tool. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6132BA" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="7DC5062B" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t>As for the differences between web-based translation tools and dictionaries, the following should be noted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E3E85B" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="0A8A9F4E" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A dictionary contains all the different possible meanings of a term, while a web-based translation tool chooses only one of these. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D55BC49" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...1 lines deleted...]
-        <w:divId w:val="1179004379"/>
+    <w:p w14:paraId="030E1FC6" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The context is a key factor in translation – the linguistic context and the cultural knowledge of both the source and target languages must always be considered. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D24EC1A" w14:textId="77777777" w:rsidR="006D154A" w:rsidRDefault="006D154A">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4FE59764" w14:textId="77777777" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
+      <w:pPr>
+        <w:divId w:val="961035490"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>You might want to use machine translation to check your work but be careful – they do make mistakes!</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="440" w:name="Back_To_Session7_MediaContent1"/>
-    <w:p w14:paraId="7C826208" w14:textId="7D5F3CC4" w:rsidR="006D154A" w:rsidRDefault="006D154A">
+    <w:p w14:paraId="35EDB478" w14:textId="3EAF84CD" w:rsidR="00523ACA" w:rsidRDefault="00523ACA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1179004379"/>
+        <w:divId w:val="961035490"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "" \l "Session7_MediaContent1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Back to - Video 2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="440"/>
     </w:p>
-    <w:sectPr w:rsidR="006D154A" w:rsidSect="00B0629B">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId25"/>
+    <w:sectPr w:rsidR="00523ACA" w:rsidSect="004F782C">
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="596D1C24" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B" w:rsidP="00B0629B">
+    <w:p w14:paraId="44E206DB" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C" w:rsidP="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1ECA3DA4" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B" w:rsidP="00B0629B">
+    <w:p w14:paraId="40B99656" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C" w:rsidP="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -31303,306 +33402,306 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{B655EB9F-8F20-41F3-8535-11E1B989DF0E}"/>
-    <w:embedItalic r:id="rId2" w:subsetted="1" w:fontKey="{A8D9F80F-1B64-4886-86FA-BAA881DEB9FF}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{21EBE205-C324-4779-88C0-28A37FE06A1E}"/>
+    <w:embedItalic r:id="rId2" w:subsetted="1" w:fontKey="{078D0F89-F289-40E4-B50F-1FBD6C66BE2B}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedItalic r:id="rId3" w:subsetted="1" w:fontKey="{45B33B18-2B3D-47A3-9E5E-1E715DC92988}"/>
+    <w:embedItalic r:id="rId3" w:subsetted="1" w:fontKey="{FE7F9037-F497-4223-B7FB-0152531B5A69}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="04A305A2" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRPr="00B0629B" w:rsidRDefault="00B0629B" w:rsidP="00B0629B">
+  <w:p w14:paraId="0D5E2AC2" w14:textId="77777777" w:rsidR="004F782C" w:rsidRPr="004F782C" w:rsidRDefault="004F782C" w:rsidP="004F782C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> Page \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>15</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NumPages \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>16</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
-      <w:t>10th December 2025</w:t>
+      <w:t>23rd February 2026</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3A8C12DF" w14:textId="6577852D" w:rsidR="00B0629B" w:rsidRPr="00B0629B" w:rsidRDefault="00B0629B" w:rsidP="00B0629B">
+  <w:p w14:paraId="58EAB3AE" w14:textId="3DC87BFF" w:rsidR="004F782C" w:rsidRPr="004F782C" w:rsidRDefault="004F782C" w:rsidP="004F782C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidRPr="00B0629B">
+      <w:r w:rsidRPr="004F782C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>https://www.open.edu/openlearn/languages/introduction-spanish/content-section-0</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A3E9ED5" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B" w:rsidP="00B0629B">
+    <w:p w14:paraId="3A3ED9E1" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C" w:rsidP="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F8B41C7" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRDefault="00B0629B" w:rsidP="00B0629B">
+    <w:p w14:paraId="292FF7AA" w14:textId="77777777" w:rsidR="004F782C" w:rsidRDefault="004F782C" w:rsidP="004F782C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5957CA53" w14:textId="77777777" w:rsidR="00B0629B" w:rsidRPr="00B0629B" w:rsidRDefault="00B0629B" w:rsidP="00B0629B">
+  <w:p w14:paraId="600A0D02" w14:textId="77777777" w:rsidR="004F782C" w:rsidRPr="004F782C" w:rsidRDefault="004F782C" w:rsidP="004F782C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                               </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4861F799" wp14:editId="39DAA4AA">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D125929" wp14:editId="5E77A4A3">
           <wp:extent cx="1638300" cy="533400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="9" name="Picture 9"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="9" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1638300" cy="533400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="54EF43A7" w14:textId="17F9C41F" w:rsidR="00B0629B" w:rsidRPr="00B0629B" w:rsidRDefault="00B0629B" w:rsidP="00B0629B">
+  <w:p w14:paraId="2A804D64" w14:textId="7CA1FF08" w:rsidR="004F782C" w:rsidRPr="004F782C" w:rsidRDefault="004F782C" w:rsidP="004F782C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B0629B">
+    <w:r w:rsidRPr="004F782C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Introduction to Spanish </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0B7379BD"/>
+    <w:nsid w:val="07480B2F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5298130C"/>
+    <w:tmpl w:val="67FEE89C"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="7"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -31667,166 +33766,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16CD669D"/>
+    <w:nsid w:val="0EA86829"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BCE2CEBE"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="F98CF93E"/>
+    <w:tmpl w:val="7B50258C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -31928,54 +33914,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25416436"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16B420E6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="610A51EA"/>
+    <w:tmpl w:val="86C0E91C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -32041,54 +34027,203 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18371D90"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BF106710"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="287A0EFA"/>
+    <w:nsid w:val="24F501CA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="823A835A"/>
+    <w:tmpl w:val="B9348DBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -32191,53 +34326,505 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="29D63E14"/>
+    <w:nsid w:val="2C172402"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="79588958"/>
+    <w:tmpl w:val="535C618E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CC23A64"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AF0CE53C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D8D7ABA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="26BA27DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="424D3833"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6E040B4A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4919160B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A3CE94B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -32339,56 +34926,56 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2E1E7234"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E7D63FB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1430DAFC"/>
+    <w:tmpl w:val="D7B4A5B6"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="3"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -32452,54 +35039,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="31182525"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F873E3C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="48681FCE"/>
+    <w:tmpl w:val="809AFD3E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -32601,54 +35188,465 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="36481BCC"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5488314D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="38823B74"/>
+    <w:tmpl w:val="2E606978"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56110BBE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5BB0C910"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C445AC4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C6E61FAC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E9B3C5E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="40AE9DDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -32750,54 +35748,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A226B9A"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62715A86"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="67C69BA6"/>
+    <w:tmpl w:val="30D6E4C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -32863,54 +35861,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="42434711"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="688349EA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2CF63974"/>
+    <w:tmpl w:val="C2BE8A08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -33012,56 +36010,56 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="43A13B89"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69B45E94"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6FACA28E"/>
+    <w:tmpl w:val="3A321C0A"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -33125,280 +36123,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4F09640D"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CEB40F6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3802F348"/>
-[...225 lines deleted...]
-    <w:tmpl w:val="8FE8492E"/>
+    <w:tmpl w:val="D05E3564"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -33500,280 +36272,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="583A7F38"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F4F6D5A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CF220AF8"/>
-[...225 lines deleted...]
-    <w:tmpl w:val="81BEBA4A"/>
+    <w:tmpl w:val="CADE2942"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -33875,205 +36421,56 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5DC05958"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A3D5BD4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AB206CAA"/>
+    <w:tmpl w:val="23ACF3BC"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...148 lines deleted...]
-      <w:start w:val="1"/>
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -34137,56 +36534,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6F0E4A4B"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B85006C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BB96D91A"/>
+    <w:tmpl w:val="B71E733A"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -34250,510 +36647,213 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-[...297 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="729309935">
+  <w:num w:numId="1" w16cid:durableId="1977565257">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="825709682">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1224297050">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1955743807">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1378120121">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="598492520">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="582496868">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="443421768">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1219825374">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2025551596">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="55009483">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="273053435">
-[...30 lines deleted...]
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="12" w16cid:durableId="1112436154">
+    <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="541791456">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="13" w16cid:durableId="1184249628">
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1931505253">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="14" w16cid:durableId="1022974471">
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="2047873158">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="15" w16cid:durableId="1884292094">
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1715690480">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="16" w16cid:durableId="1583250248">
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="5"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="2022316836">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="17" w16cid:durableId="999773644">
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="6"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="462191372">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="18" w16cid:durableId="19359195">
+    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="7"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="742727827">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="19" w16cid:durableId="404303894">
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1681470741">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="20" w16cid:durableId="1413773183">
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="777406439">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="21" w16cid:durableId="587924863">
+    <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1182623780">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="22" w16cid:durableId="1856453089">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1573276473">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="23" w16cid:durableId="781538911">
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:saveSubsetFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006D154A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DD27D8"/>
+    <w:rsidRoot w:val="00523ACA"/>
+    <w:rsid w:val="004F782C"/>
+    <w:rsid w:val="00523ACA"/>
+    <w:rsid w:val="00A664E0"/>
+    <w:rsid w:val="00B841A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="73AB8A16"/>
+  <w14:docId w14:val="510E8EB9"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D19290C5-B711-41A5-97F6-8FA6C0DCC7FE}"/>
+  <w15:docId w15:val="{E7F8FB33-929E-4B42-957F-E511781482E2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -36334,6601 +38434,6601 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="heading10">
     <w:name w:val="heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="chess1">
     <w:name w:val="chess1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="navbutton">
     <w:name w:val="nav_button"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B0629B"/>
+    <w:rsid w:val="004F782C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B0629B"/>
+    <w:rsid w:val="004F782C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B0629B"/>
+    <w:rsid w:val="004F782C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B0629B"/>
+    <w:rsid w:val="004F782C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B0629B"/>
+    <w:rsid w:val="004F782C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="7101973">
+    <w:div w:id="22943324">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="109326716">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2136020593">
+        <w:div w:id="1313871724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="272596163">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1790777096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="410009964">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="386731606">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="501239683">
+            <w:div w:id="1779106977">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1341082369">
+        <w:div w:id="1864513603">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="54403194">
+            <w:div w:id="219827525">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="477378576">
+            <w:div w:id="5914021">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1177035478">
+                <w:div w:id="950477802">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1836921107">
-[...3 lines deleted...]
-                      <w:marBottom w:val="0"/>
+                    <w:div w:id="1575437289">
+                      <w:marLeft w:val="240"/>
+                      <w:marRight w:val="240"/>
+                      <w:marTop w:val="240"/>
+                      <w:marBottom w:val="240"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
-                      <w:divsChild>
-[...38 lines deleted...]
-                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1894925758">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="240"/>
+                      <w:marBottom w:val="240"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="785001336">
+                <w:div w:id="1356810759">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="60"/>
+                  <w:marBottom w:val="60"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                    <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                    <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1754666353">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2014841340">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1202400475">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="183633328">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="240"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1414085601">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="240"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="944925717">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="693460110">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1095633555">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2011643450">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1850170866">
+                    <w:div w:id="1522549781">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="580598556">
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1290941029">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1426531050">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2112774703">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1193955125">
+                <w:div w:id="898590802">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="651832805">
+                    <w:div w:id="1355887236">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1035035880">
+                    <w:div w:id="102698296">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1407386892">
+                <w:div w:id="1668509335">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="990911586">
+                    <w:div w:id="1119882671">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1534229161">
+                    <w:div w:id="1871382191">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="367142793">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1356886774">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2113624795">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1102723171">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1231115895">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="639388162">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="90250324">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1009412268">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1141850870">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="9764909">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1635676325">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1363440390">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1167673444">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="136991768">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2045908009">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="839464183">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="445543845">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1680614700">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="2030329378">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1518887713">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="316692472">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="132984782">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1794517483">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="528834053">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1627852025">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="367336023">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2127503782">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="106507320">
+        <w:div w:id="1718434335">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2075732429">
+            <w:div w:id="1213033349">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1407191498">
+            <w:div w:id="1245411566">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="983857052">
+                <w:div w:id="413284972">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="552041452">
+                    <w:div w:id="1355958775">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1086655127">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1801534743">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="774447996">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="715161295">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1839300110">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="361638412">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="175921329">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2122605117">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1418746679">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1587225583">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="225068003">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="182866133">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="515581574">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="93064026">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1559513979">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1806388568">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1033961677">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1124347442">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="247547298">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1951086896">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1883446099">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1420558853">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1369840393">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2089300133">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1056512891">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="995298574">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1110050061">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2100517477">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="161897308">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="174000380">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1168865576">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1520005808">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="769937305">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1967464778">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="240068901">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1938708146">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="432358333">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="973288953">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="527109632">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="373388623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="236525911">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="543755590">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2080127389">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1183982615">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1694914646">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="609626131">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="743990930">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1568108516">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="112023287">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1047097644">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="240"/>
+                              <w:marBottom w:val="240"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1467167275">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="517432089">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1588268686">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2080327572">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="134567739">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1068113755">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="125323069">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2127851211">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="117601683">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="532113218">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="462692991">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2144538975">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1948193937">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1934051427">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1369257030">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="435709732">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="209001558">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="688675763">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="240"/>
                       <w:marBottom w:val="240"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1060329710">
+                        <w:div w:id="1804730967">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1316105203">
+                        <w:div w:id="1543471008">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="279185195">
+                        <w:div w:id="1343823521">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="233122579">
+                        <w:div w:id="325019834">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="167839997">
+                        <w:div w:id="1134299490">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1298802877">
+                        <w:div w:id="1992908838">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="117115153">
+    <w:div w:id="546069766">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="781144841">
+        <w:div w:id="1834376000">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1012028091">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1153596748">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1763187055">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="192153296">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1531869166">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="415516693">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1949777784">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1966542133">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1087389578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="737438675">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="627905148">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1038549143">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="677315236">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1666669866">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="697662887">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="618141912">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="844779946">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="277880020">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="252588667">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="608970572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="437607947">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1604075242">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="611324515">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1635601872">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1383824838">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="930162195">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="723985192">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1325166805">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1168442842">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="263072332">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="817235220">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="552355021">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1408723136">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1112168028">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="643857761">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="111900667">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="309989928">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1578858335">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="497236133">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1028798664">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1417941987">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="305555377">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="298876258">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1498302263">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1722627803">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="76875302">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1172454214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="646130572">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="566116031">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1023869365">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="280190216">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="704523245">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="327834362">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1363551482">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="349570572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2078359076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2057922747">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1029335207">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2094664926">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="495996598">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1868250324">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="151871147">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1546134673">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="883562449">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="730730962">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1073048812">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1214074213">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="293828118">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1045106052">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="318272287">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="434716947">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="506481681">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1230195341">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="722869464">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="848063344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="71586834">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1759137305">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1049572314">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1354183445">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1130249328">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1886091458">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1233930868">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1671910672">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1439983259">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1641493407">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1377661878">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="687485993">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="779765514">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1332563795">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1829590178">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1762412378">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1839954107">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="918101066">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1685589076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1658219153">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1957102815">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:left w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+                <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A4A400"/>
+                <w:right w:val="single" w:sz="24" w:space="6" w:color="A4A400"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1662540277">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1036321011">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1889759154">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="748229183">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="139007349">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1032271244">
+              <w:marLeft w:val="120"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:left w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+                <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C10031"/>
+                <w:right w:val="single" w:sz="12" w:space="6" w:color="C10031"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="255091646">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="595863088">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1306736251">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="632254213">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1900286481">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="736368173">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="741100386">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1975862717">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1898971421">
+            <w:div w:id="268704990">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="260181683">
+        <w:div w:id="812403057">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="366106335">
+            <w:div w:id="123499055">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1630353949">
+            <w:div w:id="1971089440">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1001658144">
+                <w:div w:id="407194682">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="854458683">
+                    <w:div w:id="1604611637">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1349911890">
-[...13 lines deleted...]
-                          <w:marRight w:val="240"/>
+                        <w:div w:id="791248734">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
                           <w:marTop w:val="240"/>
                           <w:marBottom w:val="240"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2052535795">
+                <w:div w:id="1974214306">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="727000776">
+                    <w:div w:id="2024932648">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1657372440">
+                    <w:div w:id="1566254472">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="568535954">
+                <w:div w:id="236938020">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1325863181">
+                    <w:div w:id="975182843">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="581380763">
-[...151 lines deleted...]
-                    <w:div w:id="1297490665">
+                    <w:div w:id="2017803902">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="918827687">
+        <w:div w:id="1877935718">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2032955842">
+            <w:div w:id="186526069">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1299921165">
+            <w:div w:id="1291352759">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="919485353">
+                <w:div w:id="2022704711">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="826283439">
+                    <w:div w:id="879785655">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1239250553">
+                        <w:div w:id="1877423242">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1975869690">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="120"/>
+                              <w:marBottom w:val="120"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1913159459">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="573591656">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1372151417">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1774013685">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1670910841">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="336884088">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="910189147">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1967158907">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1927182215">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="746653900">
+                      <w:marLeft w:val="120"/>
+                      <w:marRight w:val="120"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="120"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="342780369">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="21981050">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="95486102">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2030908314">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="771630564">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="699163585">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1743524359">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="256445224">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1050422863">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="120"/>
+                          <w:marBottom w:val="120"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                            <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="2048411412">
+                      <w:marLeft w:val="240"/>
+                      <w:marRight w:val="240"/>
+                      <w:marTop w:val="240"/>
+                      <w:marBottom w:val="240"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="809984896">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="914241264">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="929461517">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="961035490">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1426148809">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="655764749">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1467121642">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1422411545">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2126387851">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2147122480">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="644504344">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1048841220">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1091852807">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="695156755">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1466041206">
+                          <w:marLeft w:val="240"/>
+                          <w:marRight w:val="240"/>
+                          <w:marTop w:val="240"/>
+                          <w:marBottom w:val="240"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1429350414">
+                          <w:marLeft w:val="240"/>
+                          <w:marRight w:val="240"/>
+                          <w:marTop w:val="240"/>
+                          <w:marBottom w:val="240"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="2072925811">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1797136257">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="573127981">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="460615616">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="485049477">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1146432679">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="282275003">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="927159309">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="174005347">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1908572112">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="160238176">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="152764863">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="229656557">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1978754674">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1436899401">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="156963399">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2030519895">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="421418173">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1085801371">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1409231148">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1696693165">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="609820033">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="60712935">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="344287456">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="127474789">
+        <w:div w:id="1515457846">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1437481709">
+            <w:div w:id="1485969261">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="975989911">
+            <w:div w:id="1295065876">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="720137276">
+        <w:div w:id="1225946221">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1304578949">
+            <w:div w:id="1480076586">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="2110737147">
+            <w:div w:id="28378948">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="426654674">
+                <w:div w:id="1068310397">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1019163387">
+                    <w:div w:id="1087077855">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1280994710">
+                        <w:div w:id="1254781741">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1336229539">
+                    <w:div w:id="2076196643">
                       <w:marLeft w:val="240"/>
                       <w:marRight w:val="240"/>
                       <w:marTop w:val="240"/>
                       <w:marBottom w:val="240"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1509640534">
+        <w:div w:id="1174615623">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1543244795">
+            <w:div w:id="888226344">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1211189943">
+            <w:div w:id="72360527">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="500244818">
+                <w:div w:id="1446387564">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="831944861">
+                    <w:div w:id="325286564">
                       <w:marLeft w:val="240"/>
                       <w:marRight w:val="240"/>
                       <w:marTop w:val="240"/>
                       <w:marBottom w:val="240"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="319700386">
+                    <w:div w:id="446705975">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="240"/>
                       <w:marBottom w:val="240"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1876966074">
+                    <w:div w:id="1963687350">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="240"/>
                       <w:marBottom w:val="240"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="189028834">
+                        <w:div w:id="676613045">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1215891960">
+                        <w:div w:id="2147356427">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="2026207226">
+                        <w:div w:id="695959290">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1765490803">
+                        <w:div w:id="1602496363">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="89593772">
+                        <w:div w:id="1418794693">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1008144310">
+                        <w:div w:id="2132282512">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="966853757">
+                        <w:div w:id="1758793982">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="768232553">
+                        <w:div w:id="1532767155">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="68121514">
+                        <w:div w:id="1982541673">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1825972598">
+                        <w:div w:id="1609660759">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1076979870">
+                        <w:div w:id="799109326">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="506216498">
+                        <w:div w:id="765661625">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="332340982">
-[...11 lines deleted...]
-    <w:div w:id="395007321">
+    <w:div w:id="1471285492">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1754005638">
-[...1333 lines deleted...]
-        <w:div w:id="1667590438">
+        <w:div w:id="809828541">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="736829645">
+            <w:div w:id="371614825">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="155918915">
+        <w:div w:id="1304964455">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="174349589">
+            <w:div w:id="1304703115">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="443117766">
+            <w:div w:id="1314139635">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1941184074">
+                <w:div w:id="1487749300">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="364715350">
+                    <w:div w:id="2084132789">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="45034706">
-[...1665 lines deleted...]
-                        <w:div w:id="2083595499">
+                        <w:div w:id="1471097325">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="120"/>
                           <w:marBottom w:val="120"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
                             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                             <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-      </w:divsChild>
-[...25 lines deleted...]
-        <w:div w:id="1128353108">
+        <w:div w:id="2120054905">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1608653624">
+            <w:div w:id="1480882657">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1647123541">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1884437788">
+                <w:div w:id="56244147">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="986938504">
+                    <w:div w:id="1439830447">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="240"/>
+                      <w:marBottom w:val="240"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="423963735">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="246042068">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1556504324">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1276794778">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1502239909">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1375033679">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1546678631">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="797601543">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1666124816">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="213391983">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="527329855">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1304699317">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="240"/>
+                      <w:marBottom w:val="240"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1336302786">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="552041662">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="988022654">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="2046052894">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="178814482">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="60"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                            <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1534731632">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="326445304">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="735208337">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1762412143">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="240"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1780107313">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1072235779">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="120"/>
+              <w:marBottom w:val="120"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:left w:val="single" w:sz="6" w:space="31" w:color="CCCCCC"/>
+                <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+                <w:right w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="356126503">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="240"/>
+              <w:marBottom w:val="240"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1336111796">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="140737903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2040542402">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="843204791">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="265699921">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="692730663">
+                    <w:div w:id="941958668">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1011225286">
+                <w:div w:id="228154533">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2036807293">
+                    <w:div w:id="919950534">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1907032202">
+                    <w:div w:id="1533106176">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="471020542">
+                <w:div w:id="91977983">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1322932716">
+                    <w:div w:id="1258950530">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1388919216">
+                    <w:div w:id="191917397">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1144665774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="839079243">
+              <w:marLeft w:val="240"/>
+              <w:marRight w:val="240"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1935745288">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1764454227">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="240"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1638684876">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1757359667">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1523277378">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="513304870">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="227885467">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1905211480">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="762412467">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1762483389">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="140973340">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1714234077">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="974332259">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1244990125">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="310212838">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1529487140">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1966278780">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="2003072848">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1559248278">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="775363897">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="834807822">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="999188458">
+                    <w:div w:id="928545259">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="427696448">
+                    <w:div w:id="1648127887">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="338118290">
+                <w:div w:id="967586780">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="641733991">
+                    <w:div w:id="823739384">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="787166158">
+                    <w:div w:id="354037801">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1989939262">
+                    <w:div w:id="995885568">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="835341501">
+                <w:div w:id="1975714040">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1804349148">
+                    <w:div w:id="223218957">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="876359158">
+                    <w:div w:id="1107433777">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1180849960">
+                    <w:div w:id="24912481">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="614946082">
+                <w:div w:id="1612938166">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="28461568">
+                    <w:div w:id="530994589">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="2051487416">
+                    <w:div w:id="145435407">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="922833307">
+                    <w:div w:id="1796019993">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1134106016">
+                    <w:div w:id="836922251">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="977803417">
+                <w:div w:id="872040501">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="512496141">
+                    <w:div w:id="746998714">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="2035885634">
+                    <w:div w:id="1319504997">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1463842220">
+                    <w:div w:id="463280825">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1889141551">
+                    <w:div w:id="1090397068">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="758673037">
+                <w:div w:id="1616057030">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1010449729">
+                    <w:div w:id="804349535">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1847161822">
+                    <w:div w:id="2006475400">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1222404068">
+                    <w:div w:id="490873414">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1311137613">
+                    <w:div w:id="1903952618">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1786388480">
+                <w:div w:id="1804809204">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="790171661">
+                    <w:div w:id="1097168244">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1509909624">
+                    <w:div w:id="296185990">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="2006518758">
+                <w:div w:id="148905430">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1034383951">
+                    <w:div w:id="688680486">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1503087193">
+                    <w:div w:id="1493176194">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1320966456">
+                    <w:div w:id="1840003682">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1402101581">
+                    <w:div w:id="1698693952">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="648217513">
+                    <w:div w:id="1075130400">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="42337456">
+                    <w:div w:id="1503817895">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1745910760">
+                    <w:div w:id="1410347186">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="704335677">
+                    <w:div w:id="560600649">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="2088919770">
+                    <w:div w:id="1791702080">
                       <w:marLeft w:val="120"/>
                       <w:marRight w:val="120"/>
                       <w:marTop w:val="120"/>
                       <w:marBottom w:val="120"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1686709436">
+                <w:div w:id="1796563941">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="45448754">
+                    <w:div w:id="860897961">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1685210636">
+                    <w:div w:id="1926378876">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="60"/>
                       <w:marBottom w:val="60"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                         <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="899291046">
+    <w:div w:id="1789858880">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1820003176">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1870946563">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1952392350">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1876771188">
+        <w:div w:id="1229612919">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1560019016">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="807356371">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1556118379">
+            <w:div w:id="1848596400">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="19867603">
+            <w:div w:id="1278365222">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2134404469">
+                <w:div w:id="1816995056">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="401373196">
+                    <w:div w:id="548225421">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="361248342">
-[...3 lines deleted...]
-                          <w:marBottom w:val="0"/>
+                        <w:div w:id="347490657">
+                          <w:marLeft w:val="240"/>
+                          <w:marRight w:val="240"/>
+                          <w:marTop w:val="240"/>
+                          <w:marBottom w:val="240"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1355375874">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="240"/>
+                          <w:marBottom w:val="240"/>
+                          <w:divBdr>
+                            <w:top w:val="single" w:sz="12" w:space="0" w:color="808080"/>
+                            <w:left w:val="single" w:sz="12" w:space="0" w:color="808080"/>
+                            <w:bottom w:val="single" w:sz="12" w:space="0" w:color="808080"/>
+                            <w:right w:val="single" w:sz="12" w:space="0" w:color="808080"/>
+                          </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="1497575688">
+                            <w:div w:id="779030858">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
-                              <w:marTop w:val="120"/>
-                              <w:marBottom w:val="120"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
                               <w:divBdr>
-                                <w:top w:val="single" w:sz="6" w:space="0" w:color="CCCCCC"/>
-[...11 lines deleted...]
-                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
-                              <w:divsChild>
-[...12 lines deleted...]
-                              </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="729571517">
+                <w:div w:id="1800417689">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="783424674">
+                    <w:div w:id="631328142">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1895894552">
-[...3 lines deleted...]
-                      <w:marBottom w:val="120"/>
+                    <w:div w:id="1461916806">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
                       <w:divBdr>
-                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...14 lines deleted...]
-                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1818109599">
+                <w:div w:id="1657680635">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="349264270">
+                    <w:div w:id="1115834803">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1090543721">
-[...3 lines deleted...]
-                      <w:marBottom w:val="120"/>
+                    <w:div w:id="1932202278">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
                       <w:divBdr>
-                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...14 lines deleted...]
-                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1241018312">
+                <w:div w:id="1098982928">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1408918143">
+                    <w:div w:id="1848985202">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1013413327">
-[...3 lines deleted...]
-                      <w:marBottom w:val="120"/>
+                    <w:div w:id="589312375">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="60"/>
+                      <w:marBottom w:val="60"/>
                       <w:divBdr>
-                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...14 lines deleted...]
-                        <w:right w:val="single" w:sz="6" w:space="6" w:color="000000"/>
+                        <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
+                        <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="863206196">
+        <w:div w:id="1837961173">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="262038627">
+            <w:div w:id="2113667602">
               <w:marLeft w:val="240"/>
               <w:marRight w:val="240"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1353796001">
+            <w:div w:id="1697849953">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="6" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2039238650">
+                <w:div w:id="1060589866">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1378898329">
+                    <w:div w:id="2062509338">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="240"/>
                       <w:marBottom w:val="240"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1022974656">
+                        <w:div w:id="1756130037">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="541677991">
+                        <w:div w:id="1360206386">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="264968247">
+                        <w:div w:id="1915315113">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="337466691">
+                        <w:div w:id="2136437379">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="247152554">
+                        <w:div w:id="1170675943">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="1831361298">
+                        <w:div w:id="1901404301">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="60"/>
                           <w:marBottom w:val="60"/>
                           <w:divBdr>
                             <w:top w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:left w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:bottom w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                             <w:right w:val="single" w:sz="6" w:space="6" w:color="C7C7C7"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="948317759">
-[...1036 lines deleted...]
-    </w:div>
   </w:divs>
   <w:encoding w:val="unicode"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/modules/l106" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.ac.uk/conditions" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/modules/l106" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/modules/l106" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/about-openlearn/frequently-asked-questions-on-openlearn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/free-courses?LKCAMPAIGN=ebook_&amp;MEDIA=ol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/languages/introduction-spanish/content-section-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/modules/l106" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/modules/l106" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.ac.uk/courses/modules/l106" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/about-openlearn/frequently-asked-questions-on-openlearn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.edu/openlearn/free-courses?LKCAMPAIGN=ebook_&amp;MEDIA=ol" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/deed.en" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.collinsdictionary.com%2Fdictionary%2Fenglish-spanish&amp;data=05%7C02%7Cdale.harry%40open.ac.uk%7C677cb26a2ae64f36cc2408de6a4dfab3%7C0e2ed45596af4100bed3a8e5fd981685%7C0%7C0%7C639065080317772189%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=GIPsVQIkyP2MsXq1lqlrjU9QUAAtoAWG030L%2FgQ%2BGwk%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/languages/introduction-spanish/content-section-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.open.ac.uk/conditions" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearn/languages/introduction-spanish/content-section-0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\AaaF\local_assets\global_docx.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -43202,81 +45302,81 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>global_docx</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>46679</Characters>
+  <Pages>104</Pages>
+  <Words>7714</Words>
+  <Characters>49016</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2333</Lines>
-  <Paragraphs>1753</Paragraphs>
+  <Lines>2450</Lines>
+  <Paragraphs>1772</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>The Open University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>54356</CharactersWithSpaces>
+  <CharactersWithSpaces>54958</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Introduction to Spanish</dc:title>
   <dc:subject/>
   <dc:creator>The Open University</dc:creator>
   <cp:keywords/>
   <dc:description>Comments</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="UnitURL">
     <vt:lpwstr>https://www.open.edu/openlearn/languages/introduction-spanish/content-section-0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DateProcessed">
-    <vt:lpwstr>10th December 2025</vt:lpwstr>
+    <vt:lpwstr>23rd February 2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ItemID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ItemTitle">
     <vt:lpwstr>Introduction to Spanish</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="OuLogo">
     <vt:lpwstr>\\stcn-file-live\system\other\oulogo.jpg</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="BrandLogo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Copyright">
     <vt:lpwstr>Unless otherwise stated, copyright © 2025 The Open University, all rights reserved.</vt:lpwstr>
   </property>
 </Properties>
 </file>