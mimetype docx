--- v0 (2025-11-22)
+++ v1 (2026-02-03)
@@ -1,87 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Medics&amp;Me Safeguarding Policy Statement</w:t>
+        <w:t xml:space="preserve">Medics &amp; Me Safeguarding Policy Statement</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>1</wp:posOffset>
+              <wp:posOffset>2</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6463665" cy="824230"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="5" name="image2.png"/>
+            <wp:docPr id="8" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect b="87241" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6463665" cy="824230"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -101,72 +102,72 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distB="0" distT="0" distL="0" distR="0">
-            <wp:extent cx="2307471" cy="2278807"/>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="3447098" cy="2086535"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="Logo, company name&#10;&#10;Description automatically generated" id="6" name="image1.png"/>
+            <wp:docPr id="9" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Logo, company name&#10;&#10;Description automatically generated" id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2307471" cy="2278807"/>
+                      <a:ext cx="3447098" cy="2086535"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
@@ -220,6766 +221,6993 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Written: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">December 2020</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Last Reviewed: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">February 2023</w:t>
+        <w:t xml:space="preserve">October 2025</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Due for review: </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-        </w:rPr>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">February 2024</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">October 2026</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.kj61ewjedxz5" w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contents:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-444093730"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique w:val="1"/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:fldChar w:fldCharType="begin"/>
+            <w:instrText xml:space="preserve"> TOC \h \u \z \t "Heading 1,1,Heading 2,2,Heading 3,3,Heading 4,4,Heading 5,5,Heading 6,6,"</w:instrText>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_heading=h.wl1bs7gkeulm">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Purpose and Scope of This Policy Statement</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.1soe3dvde4e7">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Definitions of Terms &amp; Legal framework</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">5</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.pcb9whdggcld">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Context of our work with children and young people</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">8</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.k5g5bjga51zj">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">We believe that:</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">8</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.i1eogmyati4v">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">We recognise that:</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">9</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.jbg6j2la9ygr">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">We will seek to keep children and young people safe by:</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">10</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.q8k7nkl69of7">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Key contacts for concerns:</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">11</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.pamqye7f82fb">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication and supervision</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">13</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.570jey2hmvos">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reasons to report:</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">14</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.qwrikwbg5yj0">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reporting process</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">15</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="none" w:pos="12000"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1155cc"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.nrdpb96oo6vy">
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="1155cc"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APPENDIX TWO</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">16</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.iefpuz4m9xpk" w:id="1"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.wl1bs7gkeulm" w:id="2"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Purpose and Scope of This Policy Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduction:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Medics&amp;Me is a widening access organisation for the medicine application process. The organisation works with children at secondary schools in order to provide support for the medical school application process. In order to do this, Medics&amp;Me provides each applicant with a personal medical student mentor. As well as providing online webinars which include opportunities for applicants to meet and ask questions of qualified doctors and webinars about specific aspects of the medical school application process. In addition to this, Medics&amp;Me provides a curriculum of resources to groups of medical applicants at secondary school, which aims to build the key skills required to get into medicine. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+        <w:t xml:space="preserve">Medics&amp;Me is a widening access organisation for the medicine application process. The organisation works with children at secondary schools in order to provide support for the medical school application process. In order to do this, Medics&amp;Me provides each applicant with a personal medical student mentor. Medics&amp;Me provides online webinars which include opportunities for applicants to meet and ask questions of qualified doctors and webinars about specific aspects of the medical school application process. In addition to this, Medics&amp;Me provides a curriculum of resources to groups of medical applicants at secondary school, which aims to build the key skills required to get into medicine. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Medics&amp;Me is committed to promoting the safety and well-being of all patients, staff, and volunteers. This policy outlines our approach to safeguarding and protecting the welfare of those we work with, and outlines the procedures we have in place to respond to any concerns or allegations of abuse or harm.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+        <w:t xml:space="preserve">Medics&amp;Me is committed to promoting the safety and well-being of all young people, staff, and volunteers. This policy outlines our approach to safeguarding and protecting the welfare of those we work with, and the procedures we have in place to respond to any concerns or allegations of abuse or harm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Medics&amp;Me will take appropriate action to respond to and prevent safeguarding incidents and will comply with relevant legislation and guidance, including the Children Act 1989 and 2004, the Care Act 2014 and the Human Rights Act 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Scope:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This policy applies to all Medics&amp;Me volunteers, and any other person working on behalf of Medics&amp;Me, including partner organisations. It also applies to mentees and anyone else who may come into contact with Medics&amp;Me.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Policy Statement:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Medics&amp;Me takes the issue of safeguarding very seriously and is committed to creating a safe and secure environment for everyone who uses our services. We will:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Promote a culture of safeguarding that values and respects all individuals, and is aware of the potential for abuse.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide training and support to all staff and volunteers to enable them to recognise and respond to safeguarding concerns.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Have clear and accessible procedures in place for reporting and responding to safeguarding concerns.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure that all safeguarding concerns are investigated promptly and thoroughly, and that appropriate action is taken to protect those at risk of harm.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Respect the confidentiality of all parties involved in safeguarding concerns, while also being transparent about our actions and decisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Regularly review and update our safeguarding policies and procedures to ensure that they remain effective and in line with best practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
-[...45 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">P</w:t>
-[...532 lines deleted...]
-        <w:t xml:space="preserve">Safeguarding Vulnerable Groups Act 2006</w:t>
+        <w:t xml:space="preserve">The purpose of our safeguarding policy is to ensure we:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
-      <w:pPr>
-[...2717 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Safeguard from harm all young people involved in Medics &amp; Me, including young people related to our volunteers, who are not directly receiving our services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="360" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b w:val="0"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rovide volunteers, as well as children and young people and their families</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">They are seen interacting with a child or young person on social media, or have photos of them on their phone.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+        <w:t xml:space="preserve">overarching principles that guide our approach to child protection. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="360" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This policy applies to anyone working on behalf of Medics &amp; Me, including student volunteers, school links, mentees and guest speakers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The safety and wellbeing of all children, young people and adults involved with Medics &amp; Me is essential. All Medics &amp; Me volunteers working for us are responsible for safeguarding. We believe all the children and young people we work with have the right to be treated equally and with respect, regardless of their background or personal circumstances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This policy covers all activities run by Medics &amp; Me in the UK</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="360" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="360" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.1soe3dvde4e7" w:id="3"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Definitions of Terms &amp; Legal framework</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Child/Young Person</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anyone who has not yet reached their 18th birthday. The fact that a child has reached 16 years of age, is living independently or is in further education, is a member of the armed forces, is in hospital or in custody in the secure estate, does not change their status or entitlements to services or protection.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abuse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A form of maltreatment of a child. Somebody may abuse or neglect a child by inflicting harm, or by failing to act to prevent harm. Children may be abused in a family or in an institutional or community setting by those known to them or, more rarely, by others. Abuse can take place wholly online, or technology may be used to facilitate offline abuse. Children may be abused by an adult or adults, or another child or children.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TYPES OF ABUSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Emotional abuse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The persistent emotional maltreatment of a child such as to cause severe and persistent adverse effects on the child’s emotional development. It may involve conveying to a child that they are worthless or unloved, inadequate, or valued only insofar as they meet the needs of another person. It may include not giving the child opportunities to express their views, deliberately silencing them or ‘making fun’ of what they say or how they communicate. It may feature age or developmentally inappropriate expectations being imposed on children. These may include interactions that are beyond a child’s developmental capability, as well as overprotection and limitation of exploration and learning, or preventing the child participating in normal social interaction. It may involve seeing or hearing the ill-treatment of another. It may involve serious bullying (including cyber bullying), causing children frequently to feel frightened or in danger, or the exploitation or corruption of children. Some level of emotional abuse is involved in all types of maltreatment of a child, though it may occur alone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neglect</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The persistent failure to meet a child’s basic physical and/or psychological needs, likely to result in the serious impairment of the child’s health or development. Neglect may occur during pregnancy as a result of maternal substance abuse. Once a child is born, neglect may involve a parent or carer failing to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide adequate food, clothing and shelter (including exclusion from home or abandonment)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protect a child from physical and emotional harm or danger</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure adequate supervision (including the use of inadequate caregivers)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure access to appropriate medical care or treatment</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It may also include neglect of, or unresponsiveness to, a child’s basic emotional needs.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physical abuse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A form of abuse which may involve hitting, shaking, throwing, poisoning, burning or scalding, drowning, suffocating or otherwise causing physical harm to a child. Physical harm may also be caused when a parent or carer fabricates the symptoms of, or deliberately induces, illness in a child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sexual abuse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Involves forcing or enticing a child or young person to take part in sexual activities, not necessarily involving a high level of violence, whether or not the child is aware of what is happening. The activities may involve physical contact, including assault by penetration (for example, rape or oral sex) or non-penetrative acts such as masturbation, kissing, rubbing and touching outside of clothing. They may also include non-contact activities, such as involving children in looking at, or in the production of, sexual images, watching sexual activities, encouraging children to behave in sexually inappropriate ways, or grooming a child in preparation for abuse. Sexual abuse can take place online, and technology can be used to facilitate offline abuse. Sexual abuse is not solely perpetrated by adult males. Women can also commit acts of sexual abuse, as can other children.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Legal Framework</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This policy has been drawn up based on legislation, policy and guidance that seeks to protect children in England, Wales and Scotland namely:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Children Acts 1989 and 2004</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Children and Social Work Act 2017</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data Protection Act 2018 – General Data Protection Regulation (GDPR)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Equality Act 2010</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">United Nations Convention on the Rights of the Child 1991</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Human Rights Act 1998</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Safeguarding Vulnerable Groups Act 2006</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Working Together to Safeguard Children 2018</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sexual Offences Act 2003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protection of Freedoms Act 2012</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Care Act 2014</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Counter Terrorism and Security Act 2015</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keeping Children Safe In Education 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This policy should be read alongside other relevant guidelines and procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.pcb9whdggcld" w:id="4"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Context of our work with children and young people</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medics &amp; Me supports people from widening participation backgrounds, including children and young adults who are considering applying to medicine/healthcare, university students and doctors. Some specific groups we work with may have additional safeguarding needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We work with young people online, through social media accounts, blogs, our website and e-mentoring platforms; we also run face to face &amp; virtual events such as workshops and talks. Mentors and mentees also communicate via email using their Medics&amp;Me email address and the school email address of the mentee. The programme in every school is overseen by a </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SCHOOLS LEAD</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and these are led by our </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MENTORING LEAD</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Activities have varying frequency. We run one-off events and long-term programmes with members attending regularly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Activities which may be delivered in schools or university spaces are covered by the schools’ own safeguarding procedures, and we comply with these as required. Additional training is provided for Medics&amp;Me volunteers who organise and run in-person events.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.k5g5bjga51zj" w:id="5"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We believe that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">They are seen exchanging contact details or meeting them alone outside of the activity.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+        <w:t xml:space="preserve">Children and young people should never experience abuse of any kind.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">They have private conversations away from the main group without other people present.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+        <w:t xml:space="preserve">We have a responsibility to promote the welfare of all children and young people, to keep them safe and to operate in a way that protects them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="none"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A child centred approach is fundamental to safeguarding and promoting the welfare of every child.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="360" w:before="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.i1eogmyati4v" w:id="6"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We recognise that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">They are seen giving gifts to them.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+        <w:t xml:space="preserve">The welfare of children is paramount in all the work we do and in all the decisions we take.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
-        <w:spacing w:after="360" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">They are seen kissing, hugging or touching them.</w:t>
+        <w:t xml:space="preserve">Working in partnership with children, young people, their parents, carers and other agencies (including the schools </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they attend) is essential in promoting young people’s welfare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All children, regardless of age, disability, gender reassignment, race, religion or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">belief, sex, or sexual orientation have an equal right to protection from all types</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of harm or abuse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Some children are additionally vulnerable because of the impact of previous</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">experiences, their level of dependency, communication needs or other issues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Extra safeguards may be needed to keep children</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who are additionally</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vulnerable</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">safe from abuse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.jbg6j2la9ygr" w:id="7"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We will seek to keep children and young people safe by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valuing, listening to and respecting them. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appointing </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suitable qualified </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nominated safeguarding leads.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adopting child protection and safeguarding best practice through our policies, procedures and code of conduct for staff and volunteers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Making sure all staff and volunteers understand and follow the safeguarding and child protection procedures</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; through bespoke training packages designed for Medics&amp;Me.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensuring children, young people and their families know about the organisation's safeguarding and child protection policies and what to do if they have a concern</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Building a safeguarding culture where staff, volunteers and children know how they are expected to behave and feel comfortable about sharing concerns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Developing and implementing an effective online safety policy and related procedures </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providing effective management for staff and volunteers through supervision, support, training and quality assurance measures so that all staff and volunteers know about and follow our policies, procedures and behaviour codes confidently and competently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recruiting and selecting staff and volunteers safely, ensuring all necessary checks are made – All mentors who volunteer for Medics&amp;Me are UK medical students, who have been subjected to enhanced DBS checks and are governed by policies set out in the General Medical Council’s ‘Tomorrow’s Doctors’. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="360" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recording and storing and using information professionally and securely, in line with our data protection policy (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:vertAlign w:val="baseline"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://medicsandme.wixsite.com/website-1/about-5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) and data protection legislation and guidance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.q8k7nkl69of7" w:id="8"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Key contacts for concerns:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:u w:val="single"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Safeguarding Leads for Medics &amp; Me are responsible for overseeing safeguarding, and are the Designated Safeguarding Officers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Child protection concerns which involve a potential allegation against any Medics &amp; Me volunteer/staff member/collaborator or student must be reported directly to a DSL, as they have the necessary authority to carry out further actions or support members when required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To report a concern, please review our escalation flow chart and risk traffic lights. Our safeguarding reporting form can be found here: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://docs.google.com/forms/d/1spEJ7ANHuHl1a_rEpgLilBqOqeV2Qa2XOfiFksoC2DI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The details for the DSLs are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">safeguarding@medicsandme.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table1"/>
+        <w:tblW w:w="10170.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblBorders>
+          <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
+          <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
+          <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
+          <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
+          <w:insideH w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
+          <w:insideV w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2295"/>
+        <w:gridCol w:w="7875"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="2295"/>
+            <w:gridCol w:w="7875"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maisha Hayat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">maisha.hayat@medicsandme.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Safeguarding Team on Medics&amp;Me Whatsapp Community</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hannah Roberts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hannah.roberts@medicsandme.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Safeguarding Team on Medics&amp;Me Whatsapp Community</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rose Starmer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">rose.starmer@medicsandme.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Safeguarding Team on Medics&amp;Me Whatsapp Community</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you feel that you need to escalate your concerns, you can contact one of the founders:</w:t>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Megan Pode</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Founder and Chair of Trustees (m</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">egan.pode@medicsandme.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Frank Hartley</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Co-founder and Director of Operations (f</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">rank.hartley@medicsandme.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lauren Wilson </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Director (l</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">auren.wilson@medicsandme.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rhiannon Craig</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Director (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">rhiannon.craig@medicsandme.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Safeguarding concerns are treated in confidence and shared only with the essential people as per the policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you wish to discuss concerns in relation to children and young people externally, please contact your local authority (use the following link to find your local council website: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://www.gov.uk/find-local-council</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can also contact NSPCC’s 24hr advice and support service on 0808 800 5000 or email them at help@nspcc.org.uk for expert guidance on handling safeguarding issues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="0" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.pamqye7f82fb" w:id="9"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication and supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contact with children, young people and teachers attending widening participation activities is run through dedicated Medics &amp; Me inboxes, hosted by Google.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Everyone working on activities is instructed not to share personal contact details or interact on social media with children and young people, and their parents/carers. This includes personal mobile phones, home phone numbers, personal email accounts, personal social media accounts. Medics&amp;Me maintains social media accounts on Facebook, Twitter and Instagram.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mentors are briefed to read the following document on induction: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="34b6c3"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://learning.nspcc.org.uk/media/1079/safeguarding-standards-and-guidance.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.570jey2hmvos" w:id="10"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reasons to report:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medics &amp; Me staff or students are not responsible for investigating or deciding if abuse is occurring, but it is always our responsibility to report concerns via the policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You should report anything that you find concerning or abnormal, including but not limited to concerns related to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Possible signs of abuse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Serious aggression or inappropriate behaviour towards other children and young people or Medics &amp; Me volunteers.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Possible signs that an adult in an activity may have an inappropriate relationship with a child or young person.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="360" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Concerns that you or another staff member might be open to allegations of inappropriate conduct.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.qwrikwbg5yj0" w:id="11"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Reporting process</w:t>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you are concerned that a student or volunteer had acted inappropriately, it is critical to report the incident to either you </w:t>
-      </w:r>
+        <w:t xml:space="preserve">If you are concerned that a student or volunteer had acted inappropriately, it is critical to report the incident to the designated safeguarding contacts:</w:t>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="000000"/>
-[...35 lines deleted...]
-      <w:hyperlink r:id="rId16">
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hannah Roberts -</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Safeguarding Lead (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:color w:val="000000"/>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">ntara.Sureshkumar@medicsandme.com</w:t>
+          <w:t xml:space="preserve">hannah.roberts@medicsandme.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">)</w:t>
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="000000"/>
-[...45 lines deleted...]
-      <w:hyperlink r:id="rId17">
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maisha Hayat -</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Safeguarding Lead (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:color w:val="000000"/>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">egan.pode@medicsandme.com</w:t>
+          <w:t xml:space="preserve">maisha.hayat@medicsandme.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
-        <w:br w:type="textWrapping"/>
-      </w:r>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-      <w:hyperlink r:id="rId18">
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rose Starmer</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Safeguarding Lead (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:color w:val="000000"/>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">rank.hartley@medicsandme.com</w:t>
+          <w:t xml:space="preserve">rose.starmer@medicsandme.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">)</w:t>
-[...17 lines deleted...]
-      <w:hyperlink r:id="rId19">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:color w:val="000000"/>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">auren.wilson@medicsandme.com</w:t>
+          <w:t xml:space="preserve">safeguarding@medicsandme.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">)</w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
+        <w:t xml:space="preserve"> </w:t>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distB="0" distT="0" distL="0" distR="0">
                 <wp:extent cx="6187913" cy="2708514"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                <wp:docPr id="4" name=""/>
+                <wp:docPr id="7" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
-                          <a:off x="0" y="0"/>
+                          <a:off x="2247425" y="2425725"/>
                           <a:ext cx="6187913" cy="2708514"/>
-                          <a:chOff x="0" y="0"/>
-                          <a:chExt cx="5660500" cy="2472250"/>
+                          <a:chOff x="2247425" y="2425725"/>
+                          <a:chExt cx="6192550" cy="2708550"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wpg:grpSp>
                         <wpg:cNvGrpSpPr/>
                         <wpg:grpSpPr>
                           <a:xfrm>
-                            <a:off x="0" y="0"/>
-                            <a:ext cx="5655725" cy="2472250"/>
+                            <a:off x="2252044" y="2425743"/>
+                            <a:ext cx="6187913" cy="2708514"/>
                             <a:chOff x="0" y="0"/>
-                            <a:chExt cx="5655725" cy="2472250"/>
+                            <a:chExt cx="5660500" cy="2472250"/>
                           </a:xfrm>
                         </wpg:grpSpPr>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="3" name="Shape 3"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
-                              <a:ext cx="5655725" cy="2472250"/>
+                              <a:ext cx="5660500" cy="2472250"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
                               <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                 <w:pPr>
                                   <w:spacing w:after="0" w:before="0" w:line="240"/>
                                   <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
+                        <wpg:grpSp>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="5655725" cy="2472250"/>
+                              <a:chOff x="0" y="0"/>
+                              <a:chExt cx="5655725" cy="2472250"/>
+                            </a:xfrm>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="5" name="Shape 5"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="5655725" cy="2472250"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="6" name="Shape 6"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1587" y="915939"/>
+                                <a:ext cx="601335" cy="640387"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="roundRect">
+                                <a:avLst>
+                                  <a:gd fmla="val 10000" name="adj"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:schemeClr val="accent1"/>
+                              </a:solidFill>
+                              <a:ln cap="flat" cmpd="sng" w="12700">
+                                <a:solidFill>
+                                  <a:schemeClr val="lt1"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                                <a:headEnd len="sm" w="sm" type="none"/>
+                                <a:tailEnd len="sm" w="sm" type="none"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="7" name="Shape 7"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="19200" y="933552"/>
+                                <a:ext cx="566109" cy="605161"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                                      <w:b w:val="0"/>
+                                      <w:i w:val="0"/>
+                                      <w:smallCaps w:val="0"/>
+                                      <w:strike w:val="0"/>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="12"/>
+                                      <w:vertAlign w:val="baseline"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Concern or complaint about mentor or mentee</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="22850" lIns="22850" spcFirstLastPara="1" rIns="22850" wrap="square" tIns="22850">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="8" name="Shape 8"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="663057" y="1161567"/>
+                                <a:ext cx="127483" cy="149131"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rightArrow">
+                                <a:avLst>
+                                  <a:gd fmla="val 60000" name="adj1"/>
+                                  <a:gd fmla="val 50000" name="adj2"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFBCA7"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="9" name="Shape 9"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="663057" y="1191393"/>
+                                <a:ext cx="89238" cy="89479"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="10" name="Shape 10"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="843458" y="915939"/>
+                                <a:ext cx="601335" cy="640387"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="roundRect">
+                                <a:avLst>
+                                  <a:gd fmla="val 10000" name="adj"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:schemeClr val="accent1"/>
+                              </a:solidFill>
+                              <a:ln cap="flat" cmpd="sng" w="12700">
+                                <a:solidFill>
+                                  <a:schemeClr val="lt1"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                                <a:headEnd len="sm" w="sm" type="none"/>
+                                <a:tailEnd len="sm" w="sm" type="none"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="11" name="Shape 11"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="861071" y="933552"/>
+                                <a:ext cx="566109" cy="605161"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                                      <w:b w:val="0"/>
+                                      <w:i w:val="0"/>
+                                      <w:smallCaps w:val="0"/>
+                                      <w:strike w:val="0"/>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="12"/>
+                                      <w:vertAlign w:val="baseline"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Report and Discuss with Schools Lead or Designated safeguarding Lead	</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="22850" lIns="22850" spcFirstLastPara="1" rIns="22850" wrap="square" tIns="22850">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="12" name="Shape 12"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1504927" y="1161567"/>
+                                <a:ext cx="127483" cy="149131"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rightArrow">
+                                <a:avLst>
+                                  <a:gd fmla="val 60000" name="adj1"/>
+                                  <a:gd fmla="val 50000" name="adj2"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFBCA7"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="13" name="Shape 13"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1504927" y="1191393"/>
+                                <a:ext cx="89238" cy="89479"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="14" name="Shape 14"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1685328" y="915939"/>
+                                <a:ext cx="601335" cy="640387"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="roundRect">
+                                <a:avLst>
+                                  <a:gd fmla="val 10000" name="adj"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:schemeClr val="accent1"/>
+                              </a:solidFill>
+                              <a:ln cap="flat" cmpd="sng" w="12700">
+                                <a:solidFill>
+                                  <a:schemeClr val="lt1"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                                <a:headEnd len="sm" w="sm" type="none"/>
+                                <a:tailEnd len="sm" w="sm" type="none"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="15" name="Shape 15"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1702941" y="933552"/>
+                                <a:ext cx="566109" cy="605161"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                                      <w:b w:val="0"/>
+                                      <w:i w:val="0"/>
+                                      <w:smallCaps w:val="0"/>
+                                      <w:strike w:val="0"/>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="12"/>
+                                      <w:vertAlign w:val="baseline"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Notes and evidence securely Recorded and stored</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="22850" lIns="22850" spcFirstLastPara="1" rIns="22850" wrap="square" tIns="22850">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="16" name="Shape 16"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="2346797" y="1161567"/>
+                                <a:ext cx="127483" cy="149131"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rightArrow">
+                                <a:avLst>
+                                  <a:gd fmla="val 60000" name="adj1"/>
+                                  <a:gd fmla="val 50000" name="adj2"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFBCA7"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="17" name="Shape 17"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="2346797" y="1191393"/>
+                                <a:ext cx="89238" cy="89479"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="18" name="Shape 18"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="2527198" y="915939"/>
+                                <a:ext cx="601335" cy="640387"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="roundRect">
+                                <a:avLst>
+                                  <a:gd fmla="val 10000" name="adj"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:schemeClr val="accent1"/>
+                              </a:solidFill>
+                              <a:ln cap="flat" cmpd="sng" w="12700">
+                                <a:solidFill>
+                                  <a:schemeClr val="lt1"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                                <a:headEnd len="sm" w="sm" type="none"/>
+                                <a:tailEnd len="sm" w="sm" type="none"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="19" name="Shape 19"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="2544811" y="933552"/>
+                                <a:ext cx="566109" cy="605161"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                                      <w:b w:val="0"/>
+                                      <w:i w:val="0"/>
+                                      <w:smallCaps w:val="0"/>
+                                      <w:strike w:val="0"/>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="12"/>
+                                      <w:vertAlign w:val="baseline"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Investigation warranted?</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="22850" lIns="22850" spcFirstLastPara="1" rIns="22850" wrap="square" tIns="22850">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="20" name="Shape 20"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="3188668" y="1161567"/>
+                                <a:ext cx="127483" cy="149131"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rightArrow">
+                                <a:avLst>
+                                  <a:gd fmla="val 60000" name="adj1"/>
+                                  <a:gd fmla="val 50000" name="adj2"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFBCA7"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="21" name="Shape 21"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="3188668" y="1191393"/>
+                                <a:ext cx="89238" cy="89479"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="22" name="Shape 22"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="3369068" y="915939"/>
+                                <a:ext cx="601335" cy="640387"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="roundRect">
+                                <a:avLst>
+                                  <a:gd fmla="val 10000" name="adj"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:schemeClr val="accent1"/>
+                              </a:solidFill>
+                              <a:ln cap="flat" cmpd="sng" w="12700">
+                                <a:solidFill>
+                                  <a:schemeClr val="lt1"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                                <a:headEnd len="sm" w="sm" type="none"/>
+                                <a:tailEnd len="sm" w="sm" type="none"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="23" name="Shape 23"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="3386681" y="933552"/>
+                                <a:ext cx="566109" cy="605161"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                                      <w:b w:val="0"/>
+                                      <w:i w:val="0"/>
+                                      <w:smallCaps w:val="0"/>
+                                      <w:strike w:val="0"/>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="12"/>
+                                      <w:vertAlign w:val="baseline"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">DSL lead to contact school, services or police as appropriate</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="22850" lIns="22850" spcFirstLastPara="1" rIns="22850" wrap="square" tIns="22850">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="24" name="Shape 24"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="4030538" y="1161567"/>
+                                <a:ext cx="127483" cy="149131"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rightArrow">
+                                <a:avLst>
+                                  <a:gd fmla="val 60000" name="adj1"/>
+                                  <a:gd fmla="val 50000" name="adj2"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFBCA7"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="25" name="Shape 25"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="4030538" y="1191393"/>
+                                <a:ext cx="89238" cy="89479"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="26" name="Shape 26"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="4210938" y="915939"/>
+                                <a:ext cx="601335" cy="640387"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="roundRect">
+                                <a:avLst>
+                                  <a:gd fmla="val 10000" name="adj"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:schemeClr val="accent1"/>
+                              </a:solidFill>
+                              <a:ln cap="flat" cmpd="sng" w="12700">
+                                <a:solidFill>
+                                  <a:schemeClr val="lt1"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                                <a:headEnd len="sm" w="sm" type="none"/>
+                                <a:tailEnd len="sm" w="sm" type="none"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="27" name="Shape 27"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="4228551" y="933552"/>
+                                <a:ext cx="566109" cy="605161"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                                      <w:b w:val="0"/>
+                                      <w:i w:val="0"/>
+                                      <w:smallCaps w:val="0"/>
+                                      <w:strike w:val="0"/>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="12"/>
+                                      <w:vertAlign w:val="baseline"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Initial assessment made by external evidence and assessment of need</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="22850" lIns="22850" spcFirstLastPara="1" rIns="22850" wrap="square" tIns="22850">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="28" name="Shape 28"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="4872408" y="1161567"/>
+                                <a:ext cx="127483" cy="149131"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rightArrow">
+                                <a:avLst>
+                                  <a:gd fmla="val 60000" name="adj1"/>
+                                  <a:gd fmla="val 50000" name="adj2"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFBCA7"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="29" name="Shape 29"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="4872408" y="1191393"/>
+                                <a:ext cx="89238" cy="89479"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="30" name="Shape 30"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="5052809" y="915939"/>
+                                <a:ext cx="601335" cy="640387"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="roundRect">
+                                <a:avLst>
+                                  <a:gd fmla="val 10000" name="adj"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:schemeClr val="accent1"/>
+                              </a:solidFill>
+                              <a:ln cap="flat" cmpd="sng" w="12700">
+                                <a:solidFill>
+                                  <a:schemeClr val="lt1"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                                <a:headEnd len="sm" w="sm" type="none"/>
+                                <a:tailEnd len="sm" w="sm" type="none"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="left"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:cNvPr id="31" name="Shape 31"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="5070422" y="933552"/>
+                                <a:ext cx="566109" cy="605161"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                                  <w:pPr>
+                                    <w:spacing w:after="0" w:before="0" w:line="215.9999942779541"/>
+                                    <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:textDirection w:val="btLr"/>
+                                  </w:pPr>
+                                  <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                                      <w:b w:val="0"/>
+                                      <w:i w:val="0"/>
+                                      <w:smallCaps w:val="0"/>
+                                      <w:strike w:val="0"/>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="12"/>
+                                      <w:vertAlign w:val="baseline"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Safeguarding assessment by external services</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="22850" lIns="22850" spcFirstLastPara="1" rIns="22850" wrap="square" tIns="22850">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </wpg:grpSp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
-                          <wps:cNvPr id="4" name="Shape 4"/>
+                          <wps:cNvPr id="32" name="Shape 32"/>
                           <wps:spPr>
                             <a:xfrm>
-                              <a:off x="1587" y="915939"/>
-[...42 lines deleted...]
-                              <a:ext cx="566109" cy="605161"/>
+                              <a:off x="0" y="878375"/>
+                              <a:ext cx="5655600" cy="400200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
-                            <a:ln>
-[...48 lines deleted...]
-                            </a:solidFill>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
                               <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                 <w:pPr>
                                   <w:spacing w:after="0" w:before="0" w:line="240"/>
                                   <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
-                          <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
-[...898 lines deleted...]
-                          <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="22850" lIns="22850" spcFirstLastPara="1" rIns="22850" wrap="square" tIns="22850">
+                          <wps:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
-                      <wps:wsp>
-[...30 lines deleted...]
-                      </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:drawing>
               <wp:inline distB="0" distT="0" distL="0" distR="0">
                 <wp:extent cx="6187913" cy="2708514"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                <wp:docPr id="4" name="image3.png"/>
+                <wp:docPr id="7" name="image3.png"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="image3.png"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId20"/>
+                        <a:blip r:embed="rId25"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6187913" cy="2708514"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.nrdpb96oo6vy" w:id="12"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APPENDIX </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Definitions of Terms</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
+        <w:t xml:space="preserve">Useful Contacts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CEOP www.ceop.police.uk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NSPCC Helpline Tel: 0808 800 5000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="000000"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Useful Links</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Working Together to Safeguard Children 2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...681 lines deleted...]
-      <w:hyperlink r:id="rId21">
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:color w:val="34b6c3"/>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://assets.publishing.service.gov.uk/media/669e7501ab418ab055592a7b/Working_together_to_safeguard_children_2023.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NSPCC Safeguarding and Child Protection Standards for the Voluntary and Community Sector</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1155cc"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">https://learning.nspcc.org.uk/media/1079/safeguarding-standards-and-guidance.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
-[...35 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keeping Children Safe in Education 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="1155cc"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId28">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:color w:val="1155cc"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://assets.publishing.service.gov.uk/media/66ce094e8e33f28aae7e1f6d/Keeping_children_safe_in_education_2024_part_one.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="1155cc"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
-[...92 lines deleted...]
-    </w:p>
     <w:sectPr>
-      <w:footerReference r:id="rId22" w:type="default"/>
-      <w:footerReference r:id="rId23" w:type="first"/>
+      <w:footerReference r:id="rId29" w:type="default"/>
+      <w:footerReference r:id="rId30" w:type="first"/>
       <w:pgSz w:h="16839" w:w="11907" w:orient="portrait"/>
       <w:pgMar w:bottom="1584" w:top="1080" w:left="864" w:right="864" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
       <w:titlePg w:val="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Courier New"/>
   <w:font w:name="Noto Sans Symbols">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
   </w:font>
   <w:font w:name="Gill Sans">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-[...46 lines deleted...]
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
+    <w:pPr>
+      <w:pStyle w:val="Title"/>
+      <w:spacing w:after="0" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Charity No: 1200310</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
+    <w:pPr>
+      <w:pStyle w:val="Title"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans" w:cs="Gill Sans" w:eastAsia="Gill Sans" w:hAnsi="Gill Sans"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+      <w:t xml:space="preserve">For yearly review by the DSL team.</w:t>
+    </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="▪"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="▪"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="▪"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7065,886 +7293,557 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="5">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...109 lines deleted...]
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="▪"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="▪"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-[...109 lines deleted...]
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
-[...219 lines deleted...]
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
-[...7 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="666660"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-GB"/>
+        <w:lang w:val="en_GB"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="360" w:line="264" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Table Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="160" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="454541"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="0" w:before="40" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:color w:val="bf5b00"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -7962,226 +7861,104 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="340" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:color w:val="ff7a00"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="340" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="ff7a00"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="340" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="ff7a00"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:color="ff7a00" w:space="22" w:sz="48" w:val="single"/>
       </w:pBdr>
       <w:spacing w:after="400" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="454541"/>
       <w:sz w:val="60"/>
       <w:szCs w:val="60"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-    <w:name w:val="Normal"/>
-[...135 lines deleted...]
-    </w:rPr>
+    <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden w:val="1"/>
     <w:unhideWhenUsed w:val="1"/>
     <w:qFormat w:val="1"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="340"/>
       <w:contextualSpacing w:val="1"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b w:val="1"/>
       <w:i w:val="1"/>
       <w:iCs w:val="1"/>
       <w:color w:val="ff7a00" w:themeColor="accent1"/>
       <w:sz w:val="20"/>
     </w:rPr>
@@ -8239,72 +8016,50 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden w:val="1"/>
     <w:unhideWhenUsed w:val="1"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden w:val="1"/>
     <w:unhideWhenUsed w:val="1"/>
     <w:tblPr>
       <w:tblInd w:w="0.0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden w:val="1"/>
     <w:unhideWhenUsed w:val="1"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b w:val="1"/>
       <w:color w:val="454541" w:themeColor="text2" w:themeTint="0000E6"/>
       <w:kern w:val="28"/>
       <w:sz w:val="60"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b w:val="1"/>
       <w:color w:val="454541" w:themeColor="text2" w:themeTint="0000E6"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
@@ -8354,72 +8109,50 @@
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden w:val="1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:color w:val="ff7a00" w:themeColor="accent1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden w:val="1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:i w:val="1"/>
       <w:iCs w:val="1"/>
       <w:color w:val="ff7a00" w:themeColor="accent1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="21"/>
-    </w:rPr>
-[...20 lines deleted...]
-      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:semiHidden w:val="1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="ff7a00" w:themeColor="accent1"/>
       <w:sz w:val="34"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden w:val="1"/>
     <w:unhideWhenUsed w:val="1"/>
     <w:qFormat w:val="1"/>
     <w:rPr>
       <w:i w:val="1"/>
       <w:iCs w:val="1"/>
@@ -8722,68 +8455,125 @@
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden w:val="1"/>
     <w:rsid w:val="00B345F1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:color w:val="7f3c00" w:themeColor="accent1" w:themeShade="00007F"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden w:val="1"/>
     <w:rsid w:val="00B345F1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:color w:val="bf5b00" w:themeColor="accent1" w:themeShade="0000BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Table1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tcPr/>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tcPr/>
+    </w:tblStylePr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="ff7a00"/>
       <w:sz w:val="34"/>
       <w:szCs w:val="34"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Table1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Megan.pode@medicsandme.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Antara.Sureshkumar@medicsandme.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.nspcc.org.uk/media/1079/safeguarding-standards-and-guidance.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lauren.wilson@medicsandme.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Frank.hartley@medicsandme.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicsandme.wixsite.com/website-1/about-5" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nspcc.org.uk/what-is-child-abuse/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.nspcc.org.uk/media/1079/safeguarding-standards-and-guidance.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Megan.pode@medicsandme.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Antara.Sureshkumar@medicsandme.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lauren.wilson@medicsandme.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Frank.hartley@medicsandme.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.nspcc.org.uk/media/1079/safeguarding-standards-and-guidance.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maisha.hayat@medicsandme.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hannah.roberts@medicsandme.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safeguarding@medicsandme.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rose.starmer@medicsandme.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicsandme.wixsite.com/website-1/about-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/669e7501ab418ab055592a7b/Working_together_to_safeguard_children_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/66ce094e8e33f28aae7e1f6d/Keeping_children_safe_in_education_2024_part_one.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.nspcc.org.uk/media/1079/safeguarding-standards-and-guidance.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safeguarding@medicsandme.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/1spEJ7ANHuHl1a_rEpgLilBqOqeV2Qa2XOfiFksoC2DI" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hannah.roberts@medicsandme.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maisha.hayat@medicsandme.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Megan.pode@medicsandme.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rose.starmer@medicsandme.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lauren.wilson@medicsandme.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Frank.hartley@medicsandme.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/find-local-council" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rhiannon.craig@medicsandme.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/GillSans-regular.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/GillSans-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Journal">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="31312E"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FDFBF9"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FF7A00"/>
       </a:accent1>
@@ -9012,45 +8802,45 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion1">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjRL7cx5oydnohvx7DufY+dWBw6lg==">AMUW2mUWEGg1Jgvcu7wZ8dD5gaQA082BRLV8ularDs3KdSBw/HUo8QS96b50oKK/zbt+nxfalOCzd5clwfn3lE/QI90oH+44u6bVccCdY3b9FQ6UMSFU3sA=</go:docsCustomData>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgiCEjSTsMFza65Xs4Hp06lmSJ5fw==">CgMxLjAyDmgua2o2MWV3amVkeHo1Mg5oLmllZnB1ejRtOXhwazIOaC53bDFiczdna2V1bG0yDmguMXNvZTNkdmRlNGU3Mg5oLnBjYjl3aGRnZ2NsZDIOaC5rNWc1YmpnYTUxemoyDmguaTFlb2dteWF0aTR2Mg5oLmpiZzZqMmxhOXlncjIOaC5xOGs3bmtsNjlvZjcyDmgucGFtcXllN2Y4MmZiMg5oLjU3MGpleTJobXZvczIOaC5xd3Jpa3diZzV5ajAyDmgubnJkcGI5Nm9vNnZ5OAByITFHVC1KcWl4MEFScE9IT1NIM3BMTHU3UFc2eFJoRjYzWQ==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Frank Hartley</dc:creator>
 </cp:coreProperties>
 </file>