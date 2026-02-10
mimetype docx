--- v0 (2025-11-19)
+++ v1 (2026-02-10)
@@ -17,56 +17,65 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="35546DB9" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:divId w:val="698167282"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Quick-start guide</w:t>
+        <w:t>Quick-start</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guide</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B4F84D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="2123256283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">This quick-start guide takes you through the simplest route to build a course on </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -1480,51 +1489,73 @@
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23B152E5" w14:textId="71AE77E1" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:divId w:val="668020078"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc198215090"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1. Introduction to the quick-start guide</w:t>
+        <w:t xml:space="preserve">1. Introduction to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>quick-start</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="64C5E0F3" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="668020078"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>What is a course? </w:t>
       </w:r>
@@ -1906,51 +1937,73 @@
           <w:p w14:paraId="2BBBA707" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00455E56">
             <w:pPr>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>It might be a setting that you need to check has been set or something about your course content.</w:t>
+              <w:t xml:space="preserve">It might be a setting that you need to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>check</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> has been set or something about your course content.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="590389E4" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00455E56">
             <w:pPr>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2060,51 +2113,95 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">What is it that you want your course to teach? What will your learners be able to do at the end of it that they couldn't do before? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C4BD2DE" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="880285778"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">Before you write your course it'll helpful to first consider a couple of things: </w:t>
+        <w:t xml:space="preserve">Before you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>write</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your course it'll </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>helpful</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to first consider a couple of things: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23E54E0A" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="880285778"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2207,51 +2304,73 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">What do you want to teach your learners? You'll need to create some </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>learning outcomes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>: a sentence that starts 'By the end of this course you should be able to ...', and then a list of bullet points. Generally, three to five bullet points is a good guide to follow.</w:t>
+        <w:t xml:space="preserve">: a sentence that starts 'By the end of this course you should be able to ...', and then a list of bullet points. Generally, three to five bullet points </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a good guide to follow.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32165677" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="924" w:right="482" w:hanging="357"/>
         <w:divId w:val="880285778"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2407,79 +2526,123 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Look again at the list of learning outcomes you made. Could they be put into a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>logical order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>? Once you have a coherent list of four learning outcomes, for example, you could turn those into four sections of your course. (Here, we'll call them sections – but you could think of them as weeks, or topics, or something else. However you prefer to refer to them, make sure that you refer to them the same way throughout your course.)</w:t>
+        <w:t xml:space="preserve">? Once you have a coherent list of four learning outcomes, for example, you could turn those into four sections of your course. (Here, we'll call them sections – but you could think of them as weeks, or topics, or something else. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>However</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you prefer to refer to them, make sure that you refer to them the same way throughout your course.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29369DE5" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="880285778"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">What do your learners need to know in order to meet each one of those learning outcomes? </w:t>
+        <w:t xml:space="preserve">What do your learners need to know </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meet each one of those learning outcomes? </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Each section should be of roughly equal length</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> both in terms of course content and how long it takes the learner to get through it. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F541204" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
@@ -2603,128 +2766,238 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Your course needs to be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>accessible</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t> so that all learners are able to use it.</w:t>
+        <w:t xml:space="preserve"> so that all learners </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>are able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use it.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74BA43B3" w14:textId="3FE22FFE" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="880285778"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">In this quick-start guide we'll be building a course where the learners need to get a certain grade in a quiz to pass. At the start of your course you need to </w:t>
+        <w:t xml:space="preserve">In this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>quick-start</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guide we'll be building a course where the learners need to get a certain grade in a quiz to pass. At the start of your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>course</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you need to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>tell your learners what tasks they need to do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t> in order to pass your course. </w:t>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pass your course. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C40FB5" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="880285778"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">At the end of the course it's a good idea to give your learners the chance to </w:t>
+        <w:t xml:space="preserve">At the end of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>course</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it's a good idea to give your learners the chance to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>demonstrate what they've learnt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> and earn recognition for it. The quiz we set up in this quick-start guide will have five multiple choice questions. What questions should you ask? Or to put it another way (and to tie it back neatly to the start of the course): what questions would your learners need to answer correctly to meet the course's learning outcomes?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -2872,51 +3145,73 @@
         <w:lastRenderedPageBreak/>
         <w:t>3. Setting up your course</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="424CB41D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1889293050"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you want to create a course, you'll need to sign in to </w:t>
+        <w:t xml:space="preserve">If you want to create a course, you'll need to sign </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>OpenLearn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> Create. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13A6A43D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
@@ -3135,51 +3430,73 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a list of boxes and options. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="312F2123" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1889293050"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">We'll go through the options you need to fill in. The other options are optional if you want to go into more detail of designing your course. </w:t>
+        <w:t xml:space="preserve">We'll go through the options you need to fill in. The other options are optional if you want to go into more detail </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> designing your course. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78171614" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1889293050"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3233,51 +3550,73 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Add the name of your course in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Course full name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Ideally, it should be fairly short: we recommend 50 characters or fewer. </w:t>
+        <w:t xml:space="preserve">. Ideally, it should be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>fairly short</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: we recommend 50 characters or fewer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2FACE7" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1889293050"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3333,102 +3672,128 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Choose something from the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Primary subject</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> drop-down that best describes the subject area of your course. (You can add options from the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Other subjects</w:t>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subjects</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Primary skill</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Other skills</w:t>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skills</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> lists, but these are optional.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60831B75" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1889293050"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -3444,51 +3809,73 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">If you're not associated with any of the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>organisations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the drop-down list you don't need to choose a </w:t>
+        <w:t xml:space="preserve"> in the drop-down </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you don't need to choose a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Provider</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20C14C2B" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
@@ -3553,51 +3940,75 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Unless you have a firm idea of how long the course will take to study you can type '1' in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Duration (hours)</w:t>
+        <w:t>Duration (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>hours</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> box. (You can always amend this later.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E1257D3" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1889293050"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -3724,75 +4135,95 @@
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C76DC80" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00957963">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Before you move on</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F3D39DE" w14:textId="76F612C2" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00957963">
+          <w:p w14:paraId="0F3D39DE" w14:textId="165B779B" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00957963">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>Have you responded to all the options that are required (as denoted by the exclamation mark icon?</w:t>
+              <w:t>Have you responded to all the options that are required (as denoted by the exclamation mark icon</w:t>
+            </w:r>
+            <w:r w:rsidR="0095004B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3DED9B86" w14:textId="77777777" w:rsidR="00DC6C1C" w:rsidRDefault="00DC6C1C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en"/>
         </w:rPr>
@@ -3844,51 +4275,95 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Having filled in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Resource metadata form</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>, you're now in the back-end of your course's homepage.</w:t>
+        <w:t xml:space="preserve">, you're now </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>back-end</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of your course's homepage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="547CEAE9" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1507205078"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">You just need to make a few more adjustments before you start to add course content. </w:t>
       </w:r>
     </w:p>
@@ -4408,59 +4883,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> button at the top of the box. After that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26F9A3F3" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="924" w:right="482" w:hanging="357"/>
         <w:divId w:val="1507205078"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">click on the </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>click</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Choose File</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> button and navigate to where the image you want to use is saved on your computer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52137126" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
@@ -4590,59 +5077,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> field</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FD259F8" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="924" w:right="482" w:hanging="357"/>
         <w:divId w:val="1507205078"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">click on </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>click</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Upload this file</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> to confirm. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D26838" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
@@ -5350,51 +5849,73 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Description</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>, add some text that goes into a little more detail about what the course covers. Perhaps you could add some background about the topic. It should be longer than the course summary you previously created when you set up your course. </w:t>
+        <w:t xml:space="preserve">, add some text that goes into a little more detail about what the course covers. Perhaps you could add some </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>background</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> about the topic. It should be longer than the course summary you previously created when you set up your course. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B52E343" w14:textId="609AF10F" w:rsidR="00F77F34" w:rsidRDefault="00F77F34">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1517960770"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk198290173"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Then click on </w:t>
       </w:r>
@@ -6524,51 +7045,73 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Chapter 6:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A conclusion where you sum up what's been learnt in this section, with a note about how this leads on to the next section.</w:t>
+        <w:t xml:space="preserve"> A conclusion where you sum up what's been learnt in this section, with a note about how this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>leads on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the next section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3275FFB0" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="2052606200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Clicking on the </w:t>
       </w:r>
       <w:r>
@@ -6761,60 +7304,73 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C3388D5" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="2052606200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">This opens a new page, </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Add new chapter</w:t>
+        <w:t>Add</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> new chapter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>, which is where you can start adding some text. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="005806E2" w:rsidRPr="005806E2" w14:paraId="4A2AD50C" w14:textId="77777777" w:rsidTr="00423E8B">
         <w:trPr>
           <w:trHeight w:val="1527"/>
         </w:trPr>
@@ -6993,156 +7549,542 @@
         </w:rPr>
         <w:t>Having set up a Moodle book you are presented with a new page: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Add new chapter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F5E48A" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
-      <w:pPr>
+    <w:p w14:paraId="22F5E48A" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="007474AC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:ind w:right="238"/>
+        <w:divId w:val="897209799"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On this page, add a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Chapter title</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>. (Since this is the start of the book you could type 'Introduction' here.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69276BC1" w14:textId="0BFAB9A9" w:rsidR="007474AC" w:rsidRPr="007474AC" w:rsidRDefault="005F33F2" w:rsidP="007474AC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:ind w:right="238"/>
+        <w:divId w:val="897209799"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Then add text to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Content</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> field. </w:t>
+      </w:r>
+      <w:r w:rsidR="007474AC" w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The editor includes icons for various formatting functions. You can click on the </w:t>
+      </w:r>
+      <w:r w:rsidR="007474AC" w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Reveal or hide additional toolbar items</w:t>
+      </w:r>
+      <w:r w:rsidR="007474AC" w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> icon (three dots at the end of the first row) to reveal a second row of functions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285DB4B0" w14:textId="77777777" w:rsidR="007474AC" w:rsidRPr="007474AC" w:rsidRDefault="007474AC" w:rsidP="007474AC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:ind w:right="238"/>
+        <w:divId w:val="897209799"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A96D18B" wp14:editId="76F17CFC">
+            <wp:extent cx="4860000" cy="952126"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:docPr id="1025153848" name="Picture 1" descr="A screenshot of the TinyMCE editor's functions."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1025153848" name="Picture 1" descr="A screenshot of the TinyMCE editor's functions."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId13"/>
+                    <a:srcRect l="3868" t="18199" r="4709" b="39649"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4860000" cy="952126"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE99B28" w14:textId="77777777" w:rsidR="007474AC" w:rsidRPr="007474AC" w:rsidRDefault="007474AC" w:rsidP="007474AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-        <w:ind w:left="567" w:right="238" w:hanging="357"/>
+        <w:ind w:right="238"/>
         <w:divId w:val="897209799"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Top row:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Source code Pro, Undo, Redo, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Align</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> left, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Align</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> centre, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Align</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> right, Justify, Reveal or hide additional toolbar items.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F2117D" w14:textId="77777777" w:rsidR="007474AC" w:rsidRPr="007474AC" w:rsidRDefault="007474AC" w:rsidP="007474AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-        <w:ind w:left="567" w:right="238" w:hanging="357"/>
+        <w:ind w:right="238"/>
         <w:divId w:val="897209799"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Middle row:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bold, Italic, Font colour, Background colour, Font size, Ordered list, HTML Transcript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6295DEF2" w14:textId="77777777" w:rsidR="007474AC" w:rsidRPr="007474AC" w:rsidRDefault="007474AC" w:rsidP="007474AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-        <w:ind w:left="567" w:right="238" w:hanging="357"/>
+        <w:ind w:right="238"/>
+        <w:divId w:val="897209799"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Bottom row:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Image, Multimedia, Insert H5P content, Image description, Link, Unlink, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Embed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> media, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glossary auto-link, Preview, Import Word file, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Left</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to right, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Right</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to left, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Decrease</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007474AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indent, Increase indent, Bulleted list, Numbered list. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0378CE90" w14:textId="576D75ED" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="007474AC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:ind w:right="238"/>
         <w:divId w:val="897209799"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">When you've finished click on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -7181,93 +8123,115 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">This generates a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Table of contents</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at the top of the left-hand side of the screen. The title of the first chapter will appear here and the content will appear in the main area of the screen. </w:t>
+        <w:t xml:space="preserve"> at the top of the left-hand side of the screen. The title of the first chapter will appear </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>here</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the content will appear in the main area of the screen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="292CBF27" w14:textId="0570C2F7" w:rsidR="005F33F2" w:rsidRDefault="00EA4730">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="897209799"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51F43C25" wp14:editId="54983087">
             <wp:extent cx="2030730" cy="786765"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="440961112" name="Picture 5" descr="One chapter in a Moodle book's table of contents."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="440961112" name="Picture 5" descr="One chapter in a Moodle book's table of contents."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2030730" cy="786765"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -7489,51 +8453,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FC575DA" wp14:editId="3A418B79">
             <wp:extent cx="1998980" cy="914400"/>
             <wp:effectExtent l="0" t="0" r="1270" b="0"/>
             <wp:docPr id="2065706284" name="Picture 6" descr="Two chapters in a Moodle book's table of contents."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2065706284" name="Picture 6" descr="Two chapters in a Moodle book's table of contents."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1998980" cy="914400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -7687,50 +8651,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="897209799"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>hide or reveal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> a chapter by clicking on the eye icon </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F99304D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="897209799"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -7881,51 +8846,95 @@
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>Later on you'll want to test your learners in a quiz. As you add course content think about what you'll want to test your learners on.</w:t>
+              <w:t xml:space="preserve">Later </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you'll want to test your learners in a quiz. As you add course </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>content</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> think about what you'll want to test your learners on.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C32D722" w14:textId="2282CA8E" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="005806E2">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -8125,51 +9134,95 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Bad practice:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Don't reproduce links in full in the text. Often they can be very long, and anyone using a screen reader would have it read out in full ('Aitch tee </w:t>
+        <w:t xml:space="preserve"> Don't reproduce links in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>full in the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> text. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Often</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they can be very long, and anyone using a screen reader would have it read out in full ('Aitch tee </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>tee</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> pee ess colon slash </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -8207,174 +9260,137 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Say you wanted to add a link to the BBC's website in the following sentence:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D099880" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="352266470"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="542C4A14" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Now</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>explore</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the BBC website. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542C4A14" w14:textId="34EB04B4" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="800151532"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">You would need to highlight the text 'the BBC website' and click on the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Link</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> icon above. </w:t>
-[...70 lines deleted...]
-        </w:drawing>
+        <w:t xml:space="preserve"> icon. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BBE11F8" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="800151532"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">This takes you to a </w:t>
       </w:r>
       <w:r>
@@ -8661,51 +9677,73 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27883CF6" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="800151532"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>So far we've focused on adding text to your course content. Now you're going to look at adding images and videos.</w:t>
+        <w:t xml:space="preserve">So </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>far</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we've focused on adding text to your course content. Now you're going to look at adding images and videos.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="005806E2" w:rsidRPr="005806E2" w14:paraId="1AB651CC" w14:textId="77777777" w:rsidTr="005806E2">
         <w:trPr>
           <w:trHeight w:val="898"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5248A2E1" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00D36F8D">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -8829,51 +9867,73 @@
         <w:lastRenderedPageBreak/>
         <w:t>7.3. Adding an image to your Moodle book</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="1C4C652A" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">So far we've looked at adding text to the course. At some point you'll probably want to add an image. </w:t>
+        <w:t xml:space="preserve">So </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>far</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we've looked at adding text to the course. At some point you'll probably want to add an image. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D1CDDB" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">There are two types of images that you can add: figures and decorative images. </w:t>
       </w:r>
     </w:p>
@@ -9049,51 +10109,73 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>It could also be a photo, for example if you direct your learners to look at one.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE4837A" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">As noted when you looked at adding links, some of your learners may rely on a screen reader. If you're adding a figure, you'll need to add some descriptive text (known as </w:t>
+        <w:t xml:space="preserve">As </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>noted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when you looked at adding links, some of your learners may rely on a screen reader. If you're adding a figure, you'll need to add some descriptive text (known as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>alt text</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>) so that your learners don't miss out on the information that it contains. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C94C753" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
@@ -9218,51 +10300,73 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>your course's subject matter doesn't naturally have much imagery as part of the learning – some areas may not lend themselves well to this – then it may be beneficial to add decorative images to break up the text and improve the visual appeal of your course.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1165C127" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Decorative images are photos that complement the text but must not overwhelm it, so they are best used sparingly. They can reflect what's in the text or you may prefer something tangential: if the text is about growing a business you could use a photo of nature, for example.</w:t>
+        <w:t xml:space="preserve">Decorative images are photos that complement the text but must not overwhelm it, so they are best used sparingly. They can reflect what's in the text or you may prefer something tangential: if the text is about growing a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>business</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you could use a photo of nature, for example.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07AFB456" w14:textId="00C4BFB3" w:rsidR="005F33F2" w:rsidRDefault="00EA4730">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
@@ -9313,51 +10417,73 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA5FF6F" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>A decorative image isn't intended to teach your learners anything specific in the same way that a figure does, so you don't need to add alt text to it.</w:t>
+        <w:t xml:space="preserve">A decorative image isn't intended to teach your learners anything specific in the same way that a figure does, so you don't need to add </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>alt text</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to it.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D454E5E" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">A decorative image could be something from your own camera roll but should not include holiday snaps. You can also download royalty-free stock images from sites like </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
@@ -9412,197 +10538,159 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="76DC4E87" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>How to add an image</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBD7DD6" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+    <w:p w14:paraId="7CBD7DD6" w14:textId="129E88E2" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">To add an image place the cursor at the point in the course content where you want to add an image and click on the </w:t>
+        <w:t xml:space="preserve">To add an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>image</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> place the cursor at the point in the course content where you want to add an image and click on the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Insert or edit image</w:t>
+        <w:t>Image</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> icon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C91710F" w14:textId="44C2998C" w:rsidR="005F33F2" w:rsidRDefault="00EA4730">
+    <w:p w14:paraId="42AAF8BB" w14:textId="7AC27F67" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:noProof/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">This will open a new pop-up window with the heading </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009B02FE">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Image properties</w:t>
+        <w:t>Insert i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>mage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34150530" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -10078,51 +11166,73 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>If the image you're adding is a figure you should also add a figure number and a caption underneath it, as in the example above. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="071455C3" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1975714283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Having added images you may also want to embed a video. </w:t>
+        <w:t xml:space="preserve">Having added </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>images</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you may also want to embed a video. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="005806E2" w:rsidRPr="005806E2" w14:paraId="7434D78C" w14:textId="77777777" w:rsidTr="005806E2">
         <w:trPr>
           <w:trHeight w:val="1663"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DD67E08" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00322934">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -10145,51 +11255,73 @@
           </w:p>
           <w:p w14:paraId="58ADE63A" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00322934">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>Make sure that your figures have alt text added.</w:t>
+              <w:t xml:space="preserve">Make sure that your figures have </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>alt</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> text added.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22661983" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00322934">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
@@ -10199,51 +11331,73 @@
           </w:p>
           <w:p w14:paraId="5E22B2DE" w14:textId="41ED7348" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00322934">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>Whether you're adding figures or decorative images, keep a note of where the images come from – even if you created them. You will need to add these details in the acknowledgements.</w:t>
+              <w:t xml:space="preserve">Whether you're adding figures or decorative images, keep a note of where the images come from – even if you created them. You will need to add these details </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the acknowledgements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C7D5A7B" w14:textId="77777777" w:rsidR="00DC6C1C" w:rsidRDefault="00DC6C1C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
@@ -10297,615 +11451,614 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>A good way of enhancing your course content is to add a video.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73097E2D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>For storage reasons, rather than uploading videos into your Moodle book you need to embed them from the site that they're on. In order to embed a video you'll need to copy its embed code from where it's hosted.</w:t>
+        <w:t xml:space="preserve">For storage reasons, rather than uploading videos into your Moodle book you need to embed them from the site that they're on. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>In order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> embed a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>video</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you'll need to copy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>embed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> code from where it's hosted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E3A7198" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">On a video platform like YouTube or TED the embed code can be found as one of the options when you click on the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Share</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> button on the video's page. The embed code is a string of HTML code that you can copy from the video platform.</w:t>
+        <w:t xml:space="preserve"> button on the video's page. The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>embed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> code is a string of HTML code that you can copy from the video platform.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3324A7C4" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Then you need to paste it into your Moodle book.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2044D1FD" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+    <w:p w14:paraId="6D0B5A96" w14:textId="77777777" w:rsidR="009B02FE" w:rsidRPr="009B02FE" w:rsidRDefault="009B02FE" w:rsidP="009B02FE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...52 lines deleted...]
-    <w:p w14:paraId="0B388AD7" w14:textId="79B21E47" w:rsidR="005F33F2" w:rsidRDefault="00EA4730">
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To embed a video, place the cursor at the point in the course content where you want to add a video and click on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Embed media</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> icon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679F1B4F" w14:textId="77777777" w:rsidR="009B02FE" w:rsidRPr="009B02FE" w:rsidRDefault="009B02FE" w:rsidP="009B02FE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...58 lines deleted...]
-    <w:p w14:paraId="133308DD" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This will open a new pop-up window with the heading </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Content properties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE7986A" w14:textId="77777777" w:rsidR="009B02FE" w:rsidRPr="009B02FE" w:rsidRDefault="009B02FE" w:rsidP="009B02FE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-    <w:p w14:paraId="27E7C6F3" w14:textId="1E696C0E" w:rsidR="005F33F2" w:rsidRDefault="00EA4730">
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Copy and paste the URL of a video into the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Enter URL:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> field. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CEF7DF" w14:textId="77777777" w:rsidR="009B02FE" w:rsidRPr="009B02FE" w:rsidRDefault="009B02FE" w:rsidP="009B02FE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...58 lines deleted...]
-    <w:p w14:paraId="01C828C1" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assuming the URL is valid, if you click on another field in this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it should automatically populate with the title of the video in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Describe this content (optional):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> field and dimensions will appear in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Size</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fields. You can adjust this information as preferred. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B49F9B" w14:textId="5707E5ED" w:rsidR="009B02FE" w:rsidRDefault="009B02FE" w:rsidP="009B02FE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-    <w:p w14:paraId="76D02ABC" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Save content</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B02FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B493EB" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Scroll down to the point in the text where you want to add the video and paste in the embed code. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B045819" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+        <w:t>Your video may already have subtitles. If any of your learners are unable to listen to the video it's best practice to add a transcript of what is said. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9B7A3D" w14:textId="4AD6A96E" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">Click on the </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">To add a transcript, click on the </w:t>
+      </w:r>
+      <w:r w:rsidR="009B02FE">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>HTML</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="60B493EB" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+        <w:t>Source code Pro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> icon and scroll down to where you embedded the video. Hit the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> key on your keyboard to create a blank line in the code. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09AD1DCD" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Your video may already have subtitles. If any of your learners are unable to listen to the video it's best practice to add a transcript of what is said. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A9B7A3D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+        <w:t>Copy the following code and paste it onto the blank line:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515CF852" w14:textId="549BA4E4" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="009B02FE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:divId w:val="1721510670"/>
-[...86 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+        <w:ind w:left="720"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidR="008A7C29">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -10972,91 +12125,157 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidR="008A7C29">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>&lt;p&gt;The first paragraph of the transcript.&lt;/p&gt;</w:t>
+        <w:t xml:space="preserve">&lt;p&gt;The first paragraph of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>transcript.&lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>/p&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>&lt;p&gt;The second paragraph of the transcript.&lt;/p&gt;</w:t>
+        <w:t xml:space="preserve">&lt;p&gt;The second paragraph of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>transcript.&lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>/p&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>&lt;p&gt;The third paragraph of the transcript.&lt;/p&gt;</w:t>
+        <w:t xml:space="preserve">&lt;p&gt;The third paragraph of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>transcript.&lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>/p&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -11178,51 +12397,50 @@
     <w:p w14:paraId="690EF59E" w14:textId="28640BBD" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>If you have a transcript and it's already arranged into paragraphs you just need to add '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>&lt;p&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>' and '</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -11267,51 +12485,62 @@
     <w:p w14:paraId="7DF1A96D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="001F0738">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>If you're relying on an automatically generated transcript (from YouTube, for example), note that you will probably need to carefully edit it to make sure that the text is accurate and makes sense. It needs to be easy to read: several lines from an automatically generated transcript should be combined into one paragraph and you will need to make sure that the timing codes are removed. </w:t>
+        <w:t xml:space="preserve">If you're relying on an automatically generated transcript (from YouTube, for example), note that you will probably need to carefully edit it to make sure that the text is accurate and makes sense. It needs to be easy to read: several lines from an automatically generated </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>transcript should be combined into one paragraph and you will need to make sure that the timing codes are removed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AFDC48B" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Once you're happy that your video and transcript are in place, click on the </w:t>
       </w:r>
       <w:r>
@@ -11326,59 +12555,71 @@
         <w:t>Save changes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t> button and confirm that they've been added to the course correctly. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3469CB68" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1721510670"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>So you've completed your Moodle book. Now let's move on to adding resources to your course.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>So</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you've completed your Moodle book. Now let's move on to adding resources to your course.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="005806E2" w:rsidRPr="005806E2" w14:paraId="35CC05DA" w14:textId="77777777" w:rsidTr="00C85528">
         <w:trPr>
           <w:trHeight w:val="993"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73F58FFF" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="0023361B">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -11523,87 +12764,111 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>an article or book chapter that would be too long to include in a Moodle book could be supplied as a PDF</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F05361" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="583145547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>if you've included a video of a lecture with a slide presentation you may want to include the slides separately as a PowerPoint file</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you've included a video of a lecture with a slide presentation you may want to include the slides separately as a PowerPoint file</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BBB95FF" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="583145547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>you could provide a Word template that your learners may find useful or could complete as part of a task.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> could provide a Word template that your learners may find useful or could complete as part of a task.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3675FE60" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="583145547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to the homepage and click on the </w:t>
       </w:r>
       <w:r>
@@ -11689,51 +12954,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CBCD255" wp14:editId="09886718">
             <wp:extent cx="1073785" cy="956945"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1027488286" name="Picture 13" descr="Moodle File icon."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1027488286" name="Picture 13" descr="Moodle File icon."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24">
+                    <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1073785" cy="956945"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -11741,51 +13006,73 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7363D8B2" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="583145547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">This opens up a new page called </w:t>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>opens up</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a new page called </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>New File</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587D07A5" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
@@ -12193,59 +13480,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> button at the top of the box. After that you should:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58CAE5A1" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="924" w:right="482" w:hanging="357"/>
         <w:divId w:val="583145547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">click on the </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>click</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Choose File</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> button and navigate to where the file you want to use is saved on your computer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AD845B3" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
@@ -12375,59 +13674,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> field</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A092F7D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="924" w:right="482" w:hanging="357"/>
         <w:divId w:val="583145547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">click on </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>click</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Upload this file</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> to confirm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D6FBB5B" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
@@ -12471,51 +13782,73 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52737018" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="583145547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you want to delete a resource click on the three dots to the right of the resource and select the </w:t>
+        <w:t xml:space="preserve">If you want to delete a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>resource</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> click on the three dots to the right of the resource and select the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Delete</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> option.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A020FC" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
@@ -12584,51 +13917,73 @@
           <w:p w14:paraId="24BC5586" w14:textId="4E0AC1A7" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00EA4730">
             <w:pPr>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t>Keep a note of where the resource come from – even if you created it. You will need to add these details in your references and acknowledgements sections.</w:t>
+              <w:t xml:space="preserve">Keep a note of where the resource come from – even if you created it. You will need to add these details </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your references and acknowledgements sections.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BAAA2CD" w14:textId="77777777" w:rsidR="00DC6C1C" w:rsidRDefault="00DC6C1C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en"/>
         </w:rPr>
@@ -12682,74 +14037,415 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Now that you've added the course content it's a good idea to test your learners on what they've learnt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43CB7A5B" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1920403359"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>You're going to make a simple quiz with five multiple choice questions. If your learners answer four of them correctly they'll get a statement of participation (which you'll create later).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7021D4F7" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
+        <w:t xml:space="preserve">You're going to make a simple quiz with five multiple choice questions. If your learners answer four of them </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>correctly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they'll get a statement of participation (which you'll create later).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7021D4F7" w14:textId="2756763D" w:rsidR="005F33F2" w:rsidRDefault="00D74EA2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1920403359"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>First you need to set up the quiz; then you need to add some questions to it. </w:t>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="005F33F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>ou need to set up the quiz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="005F33F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>then add some questions to it. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But before you do that you need to ensure that </w:t>
+      </w:r>
+      <w:r w:rsidR="001E3BB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>your learners’ progress is tracked.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B82751" w14:textId="77777777" w:rsidR="00D74EA2" w:rsidRPr="00D74EA2" w:rsidRDefault="00D74EA2" w:rsidP="00D74EA2">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1920403359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Go to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Administration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t> block on the left-hand side of the screen and click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Settings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C90F64" w14:textId="77777777" w:rsidR="00D74EA2" w:rsidRPr="00D74EA2" w:rsidRDefault="00D74EA2" w:rsidP="00D74EA2">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1920403359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>This will take you to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Edit course settings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t> screen, which includes many of the features that you added in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>resource metadata form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61FAD761" w14:textId="1C6AA8A3" w:rsidR="00D74EA2" w:rsidRDefault="00D74EA2">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1920403359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Completion tracking</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, make sure that </w:t>
+      </w:r>
+      <w:r w:rsidR="001E3BB7" w:rsidRPr="001E3BB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Enable completion tracking</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3BB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is set to ‘Yes’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043A676F" w14:textId="25F1FE04" w:rsidR="00D74EA2" w:rsidRDefault="001E3BB7">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1920403359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Click on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3BB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Save and display</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41868C1A" w14:textId="1DEFADC4" w:rsidR="00D74EA2" w:rsidRDefault="00D74EA2">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:divId w:val="1920403359"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Now you can set up the quiz. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF3F4C0" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1920403359"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">On the course homepage, go to the last section of your course and click on the </w:t>
       </w:r>
       <w:r>
@@ -12812,51 +14508,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="783E0A38" wp14:editId="6BA275CA">
             <wp:extent cx="893445" cy="914400"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="1385881021" name="Picture 14" descr="Moodle Quiz icon."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1385881021" name="Picture 14" descr="Moodle Quiz icon."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="893445" cy="914400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -12864,51 +14560,73 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B343663" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1920403359"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">This opens up a new page called </w:t>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>opens up</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a new page called </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>New Quiz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D175141" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
@@ -13544,50 +15262,51 @@
           <w:trHeight w:val="1297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="570EA882" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00E601AD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Before you move on</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68635FB0" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00E601AD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -13694,51 +15413,73 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Having clicked on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Save and display</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> you should now see the front page of your quiz a screen with the title you gave it:</w:t>
+        <w:t xml:space="preserve"> you should now see the front page of your quiz </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>a screen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the title you gave it:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A330E85" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:divId w:val="1626616928"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
@@ -13963,93 +15704,128 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">, click on the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Create a new question ...</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> button. This opens a pop-up box, </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Choose a question type to add</w:t>
+        <w:t>Choose</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a question type to add</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="411DB995" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1692561096"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">There are different types of questions to choose from, but for now, you're going to use just one: a multiple choice question where only one option is correct. You'll need to think of five questions that suit this format. </w:t>
+        <w:t xml:space="preserve">There are different types of questions to choose from, but for now, you're going to use just one: a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>multiple choice</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> question where only one option is correct. You'll need to think of five questions that suit this format. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C655F39" w14:textId="212326B5" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1692561096"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Scroll down to </w:t>
       </w:r>
       <w:r>
@@ -14718,60 +16494,73 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>You now need to create four more questions. To do this:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3768A4C2" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1692561096"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>EITHER:</w:t>
+        <w:t>EITHER</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> Click on the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Create a new question ...</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15714,62 +17503,64 @@
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:divId w:val="38172956"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D525E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008D525E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>General</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008D525E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> keep the </w:t>
       </w:r>
       <w:r w:rsidRPr="008D525E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Completion requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="008D525E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15876,51 +17667,73 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The quiz you created should appear under this heading with an unticked </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D525E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>tickbox</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D525E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> next to it. If you called it 'Final quiz', it should say 'Quiz - Final quiz'. Tick the </w:t>
+        <w:t xml:space="preserve"> next to it. If you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D525E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>called</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D525E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it 'Final quiz', it should say 'Quiz - Final quiz'. Tick the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D525E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>tickbox</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D525E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F4B7DA" w14:textId="489A3163" w:rsidR="008D525E" w:rsidRPr="008D525E" w:rsidRDefault="008D525E" w:rsidP="008D525E">
@@ -16279,51 +18092,73 @@
     <w:p w14:paraId="4B04241A" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="38172956"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">When your learners complete your course they'll be sent a statement of participation via email. Edit the text in the </w:t>
+        <w:t xml:space="preserve">When your learners complete your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>course</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they'll be sent a statement of participation via email. Edit the text in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Email text</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> box to the message that you want to send them. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E9DD06" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
@@ -16465,51 +18300,51 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> that is in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Provider name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> field. Adding an image here works in the same way as </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>adding a course image</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76A11BF9" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
@@ -16623,51 +18458,73 @@
           </w:p>
           <w:p w14:paraId="57B36CCB" w14:textId="77777777" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00014623">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
-              <w:t xml:space="preserve">You may want to keep 'Dear %%username%%,' in the </w:t>
+              <w:t>You may want to keep '</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>Dear %%</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve">username%%,' in the </w:t>
             </w:r>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Email text</w:t>
             </w:r>
             <w:r w:rsidRPr="005806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> box but you should replace the rest of the text. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="609378B3" w14:textId="19619884" w:rsidR="005806E2" w:rsidRPr="005806E2" w:rsidRDefault="005806E2" w:rsidP="00014623">
             <w:pPr>
@@ -17008,99 +18865,121 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="747E322C" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="84230817"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>The Open University uses Harvard referencing and we recommend that you so the same. </w:t>
+        <w:t xml:space="preserve">The Open University uses Harvard referencing and we recommend that you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>so</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the same. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2857A557" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="84230817"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>As well as adding a reference list at the end, this will mean going back through your course and adding in-text citations to the reference list whenever you refer to some else's ideas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="456ECF0D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="84230817"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">You should follow the guidance in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>the OU's quick guide to Harvard referencing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more details on how to do this. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4709F466" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
@@ -17122,51 +19001,73 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Acknowledgements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F1BC41" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="84230817"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Before you complete your course you need to: </w:t>
+        <w:t xml:space="preserve">Before you complete your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>course</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you need to: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BCFE33A" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="84230817"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -17201,74 +19102,118 @@
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>make sure that they're acknowledged appropriately.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03B38949" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="84230817"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>When we say 'third-party', that means anyone apart from you. So if all the text, images and information in your course were created by you, you don't need to acknowledge them.</w:t>
+        <w:t xml:space="preserve">When we say 'third-party', that means anyone apart from you. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>So</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if all the text, images and information in your course were created by you, you don't need to acknowledge them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A65C43" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="84230817"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>If your course includes figures (such as graphs or pie charts), are they your own work? Even if you created the figure, is the data that you used to create it your own?</w:t>
+        <w:t xml:space="preserve">If your course includes figures (such as graphs or pie charts), are they your own work? Even if you created the figure, is the data that you used to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>create it</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your own?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E2E31CB" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="84230817"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">If you're producing the course for your place of work or for an </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -17294,75 +19239,75 @@
         <w:t xml:space="preserve"> that you're a member of, you must check whether you're allowed to use their content in your course – and if you are, what wording should be used to acknowledge it?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D38FCD6" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="84230817"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">If your course has decorative images, are they all your own work? Royalty-free stock image sites like </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Unsplash</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Pexels</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> state that you are not required to acknowledge the creators of any images you download and use, but that it is appreciated. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E4883B8" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
@@ -17408,53 +19353,75 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Any content that has a Creative Commons </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is free to re-use but you must acknowledge the content creator. The Creative Commons website features </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId30" w:history="1">
+        <w:t xml:space="preserve"> is free to re-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but you must acknowledge the content creator. The Creative Commons website features </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>a list of rules about re-using Creative Commons material</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">, depending on which </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17964,60 +19931,73 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1483038169"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Have your set your course's </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Educational level</w:t>
+        <w:t>Educational</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> level</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D128E5D" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1483038169"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -18062,102 +20042,128 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1483038169"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">It's not mandatory, but it may be useful to choose something in </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Other subjects</w:t>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subjects</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Primary skill</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Other skills</w:t>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skills</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> – have you done this?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D23B24" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="00DC6C1C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="567" w:right="238" w:hanging="357"/>
         <w:divId w:val="1483038169"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -18908,61 +20914,63 @@
         <w:t>Have you added an acknowledgements page to the end of your course?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="311BBA4C" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1483038169"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">If you've considered any of the further options in the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>In depth</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> boxes, make sure that none of the additional changes you've made stop you from answering 'Yes' to any of the questions above. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FC6C3C3" w14:textId="7BD8D762" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1483038169"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19082,71 +21090,96 @@
         <w:t>Declarations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> section and open it. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52F9CE39" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1483038169"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Tick </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Tick</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>I agree to moderate learner contributions in collaborative forums</w:t>
-      </w:r>
+        <w:t xml:space="preserve">I agree to moderate learner contributions in collaborative </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>forums</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>I agree to comply with The Open University website accessibility statement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -19244,81 +21277,107 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F7B305" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRDefault="005F33F2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:divId w:val="1483038169"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Clicking on either </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Save and return</w:t>
+        <w:t>Save</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and return</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Save and display</w:t>
+        <w:t>Save</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and display</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> will automatically send our team an email to let us know that your course is ready for us to check. We'll get in touch with you at the email address you used to set up your </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>OpenLearn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -20438,50 +22497,163 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A630DC8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3221C5A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DE640C5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="34529618"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20586,51 +22758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24190A21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="83B06176"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20735,51 +22907,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25137BF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="025E29AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20884,51 +23056,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25457DD1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3576402C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21033,51 +23205,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25561381"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF161F94"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21146,51 +23318,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AFF2E31"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7D0C9C24"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21295,51 +23467,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B116392"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37C84E38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21444,51 +23616,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B871285"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="71C89BCA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21593,51 +23765,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CCE0E01"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0EAC074"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21742,51 +23914,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CE17EF9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B8EA6DFE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21891,51 +24063,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D863505"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="777C2A1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22040,51 +24212,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DA71EF9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EA5ECE60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22189,51 +24361,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31025CED"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6F6281E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22338,51 +24510,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="332F4914"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A3569376"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22487,51 +24659,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34683A88"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7960F3C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22636,51 +24808,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DBF084F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CBD64B8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22785,51 +24957,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E755E74"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C1C05500"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22934,51 +25106,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F68370C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2B98ABE6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23083,51 +25255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42A328C1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="73FCED12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23232,51 +25404,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47B94924"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6F7088A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23381,51 +25553,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BBB0529"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="34BA5140"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23530,51 +25702,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D0B6B43"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6C0EC9AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23679,51 +25851,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56541696"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="66566860"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23828,51 +26000,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="633D7352"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5424FE2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6341787D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="436CDD52"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23977,51 +26262,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68A955D8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FE9EBBD0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24126,51 +26411,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6906598E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E32EF3D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24275,51 +26560,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A1D3611"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F2C046A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24424,51 +26709,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E5D3879"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="696237B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24573,51 +26858,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731707F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="71B6CF6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24722,51 +27007,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73585025"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CE46F862"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24871,51 +27156,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76C82CA5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DF6E2180"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25020,51 +27305,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78065619"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="74FA25F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="120"/>
         </w:tabs>
         <w:ind w:left="120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25169,51 +27454,51 @@
         </w:tabs>
         <w:ind w:left="5160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5880"/>
         </w:tabs>
         <w:ind w:left="5880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7871586B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="88D012B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25318,51 +27603,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A3B69AD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B05A1328"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25467,51 +27752,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B3B4D1F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B094B3D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25616,51 +27901,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CEB1982"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A3744A3E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25765,51 +28050,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DE3394D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E04C660A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25918,215 +28203,230 @@
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="314578238">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="835220637">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="414016938">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1612593566">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1044796074">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1505121977">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="656111958">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1609115253">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="762531249">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="559168216">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="202448993">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="379089040">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="432940567">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1225335316">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2041395840">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1389760533">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1395662118">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="264968220">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1552184655">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1537087401">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="141696315">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="731661349">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1210069229">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="505941844">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="321586521">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1400518983">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1430463361">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="462692552">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="141241401">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1225025739">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="505941844">
-[...19 lines deleted...]
-  </w:num>
   <w:num w:numId="31" w16cid:durableId="321204183">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="434248623">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1334718178">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="690031499">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1590388400">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1411610625">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1454061439">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1417748388">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="387994259">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="687826454">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1436631960">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="847016296">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1282297115">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1657562472">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1555850155">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1919435623">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC2DF7"/>
     <w:rsid w:val="00010F35"/>
     <w:rsid w:val="000A2978"/>
+    <w:rsid w:val="000C7110"/>
+    <w:rsid w:val="001E3BB7"/>
     <w:rsid w:val="001F0738"/>
+    <w:rsid w:val="002612D9"/>
     <w:rsid w:val="002C464E"/>
     <w:rsid w:val="00381CAD"/>
     <w:rsid w:val="003877E3"/>
     <w:rsid w:val="00452653"/>
     <w:rsid w:val="004F2D20"/>
     <w:rsid w:val="005806E2"/>
     <w:rsid w:val="005F33F2"/>
     <w:rsid w:val="0067729D"/>
+    <w:rsid w:val="007474AC"/>
     <w:rsid w:val="00773F22"/>
+    <w:rsid w:val="007D6562"/>
     <w:rsid w:val="00821DE5"/>
     <w:rsid w:val="008A7C29"/>
     <w:rsid w:val="008D525E"/>
     <w:rsid w:val="00930BFA"/>
+    <w:rsid w:val="0095004B"/>
+    <w:rsid w:val="009B02FE"/>
     <w:rsid w:val="00BA7665"/>
+    <w:rsid w:val="00C0300B"/>
+    <w:rsid w:val="00D74EA2"/>
     <w:rsid w:val="00DC0361"/>
     <w:rsid w:val="00DC6C1C"/>
     <w:rsid w:val="00EA4730"/>
     <w:rsid w:val="00EC5699"/>
     <w:rsid w:val="00F77F34"/>
     <w:rsid w:val="00FC2DF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -26198,51 +28498,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -26932,51 +29232,50 @@
   </w:style>
   <w:style w:type="character" w:styleId="HTMLVariable">
     <w:name w:val="HTML Variable"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="notes">
     <w:name w:val="notes"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pass">
     <w:name w:val="pass"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="fail">
     <w:name w:val="fail"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
@@ -32385,50 +34684,85 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC6C1C"/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="005806E2"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="007474AC"/>
+    <w:pPr>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="245"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="007474AC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007474AC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1232961009">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1874415934">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -33084,51 +35418,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1327709889">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="unicode"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearncreate/mod/book/view.php?id=227698&amp;chapterid=35749" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearncreate/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www5.open.ac.uk/library/referencing-and-plagiarism/quick-guide-to-harvard-referencing-cite-them-right" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/share-your-work/cclicenses/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www5.open.ac.uk/library/referencing-and-plagiarism/quick-guide-to-harvard-referencing-cite-them-right" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearncreate/mod/book/view.php?id=227698&amp;chapterid=35749" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.open.edu/openlearncreate/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/share-your-work/cclicenses/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -33741,76 +36075,76 @@
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81154BE2-CBEA-41CD-8979-58A905AAFDBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d4082632-6162-4bcc-afbc-f69414e078c4"/>
     <ds:schemaRef ds:uri="7df34f7f-d9fb-4761-8e43-eeea110f20d4"/>
     <ds:schemaRef ds:uri="e4476828-269d-41e7-8c7f-463a607b843c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>35528</Characters>
+  <Pages>27</Pages>
+  <Words>7767</Words>
+  <Characters>35112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>296</Lines>
-  <Paragraphs>83</Paragraphs>
+  <Lines>627</Lines>
+  <Paragraphs>451</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Quick-start guide | OLCreate</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>The Open University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41677</CharactersWithSpaces>
+  <CharactersWithSpaces>42428</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Quick-start guide | OLCreate</dc:title>
   <dc:subject/>
   <dc:creator>Caroline.Steggles</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5715720A7EF7D4A97D7D38F0337E90B</vt:lpwstr>
   </property>